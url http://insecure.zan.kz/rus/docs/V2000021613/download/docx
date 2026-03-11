--- v0 (2025-12-21)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cb1093d" w14:textId="cb1093d">
+    <w:p w14:paraId="47c4745" w14:textId="47c4745">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1140,90 +1140,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Государственная услуга оказывается местными исполнительными органами районов, городов областного значения, областей, городов Нур-Султана, Алматы и Шымкента (далее – услугодатель) через призывные комиссии.</w:t>
+      3. Государственная услуга оказывается местными исполнительными органами районов, городов областного значения, областей, городов Астаны, Алматы и Шымкента (далее – услугодатель) через призывные комиссии посредством использования информационной системы "Государственная база "Е-лицензирование".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра обороны РК от 12.08.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 527</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра обороны РК от 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3193,721 +3193,443 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> к Правилам оказания</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
-          </w:p>
-[...127 lines deleted...]
-              <w:t>от призыва"</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Предоставление</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсрочки от призыва"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z617" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказом Министра обороны РК от 03.10.2022 </w:t>
+      Сноска. Приложение 2 – в редакции приказа Министра обороны РК от 13.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 869</w:t>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z617" w:id="40"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z619" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование государственной услуги "Предоставление отсрочки от призыва"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование подвида государственной услуги:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...317 lines deleted...]
-              <w:t>12) членам экипажей судов, имеющим соответствующее образование;</w:t>
+1) гражданам, занятым уходом за членами семьи, нуждающимися в посторонней помощи и не находящимися на полном государственном обеспечении, при отсутствии близких родственников или других лиц, проживающих на территории Республики Казахстан вместе с ними или отдельно, обязанных по закону содержать указанных членов семьи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) гражданам, имеющим на своем иждивении ребенка (детей), воспитываемого без матери;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) гражданам, имеющим на своем иждивении лиц, у которых они находились на воспитании и содержании не менее двух лет в связи со смертью своих родителей или лишением их родительских прав, или осуждением судом к лишению свободы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) гражданам, состоящим в браке и имеющие одного и более детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) гражданам, получающим образование, на период обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) по состоянию здоровья;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) педагогам, осуществляющим профессиональную деятельность в дошкольных организациях образования, организациях среднего (начального, основного среднего, общего среднего), технического и профессионального, послесреднего образования, специализированных, специальных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей, организациях дополнительного образования для детей, а также в методических кабинетах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) врачам, имеющим соответствующее образование, постоянно работающим по специальности в сельской местности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) депутатам Парламента Республики Казахстан или местных представительных органов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) лицам, в отношении которых ведется дознание, предварительное следствие или уголовные дела рассматриваются судами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) членам летных экипажей гражданских воздушных судов, инженерам, механикам и техникам гражданской авиации, имеющим соответствующее образование;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) членам экипажей судов, имеющим соответствующее образование;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13) лицам, проходящим первоначальную профессиональную подготовку в организациях образования правоохранительных органов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3994,51 +3716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МИО областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения</w:t>
+МИО областей, городов Астаны, Алматы и Шымкента, районов и городов областного значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4070,52 +3792,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4333,51 +4055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная)</w:t>
+Электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4431,70 +4153,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z632" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение призывной комиссии о предоставлении отсрочки от призыва или мотивированный ответ об отказе в оказании государственных услуг.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4543,51 +4263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством РК</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4677,152 +4397,120 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z633" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодателя – с понедельника по пятницу с 9.00 до 18.30, перерыв на обед с 13.00 до 14.30, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан в период проведения призыва граждан на воинскую службу:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
-[...81 lines deleted...]
-              <w:t>2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, днем приема заявления является следующий рабочий день).</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с 1 марта по 30 июня;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с 1 сентября по 30 декабря;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, днем приема заявления является следующий рабочий день).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес места оказания государственной услуги размещен на портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4872,1322 +4560,972 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги </w:t>
+              <w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z637" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) гражданам, занятым уходом за членами семьи, нуждающимися в посторонней помощи и не находящимися на полном государственном обеспечении, при отсутствии близких родственников или других лиц, проживающих на территории Республики Казахстан вместе с ними или отдельно, обязанных по закону содержать указанных членов семьи:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
-[...1229 lines deleted...]
-              <w:t>Сведения о данных документа, удостоверяющего личность, о рождении ребенка (детей), о смерти супруги, о браке услугополучателя, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия акта обследования семейного положения (выдается местным органом военного управления);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия документа, подтверждающего о нахождении на иждивении призывника следующих членов семьи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отец, мать, жена, а также дедушка и бабушка при отсутствии родителей призывника, достигшие пенсионного возраста или являющиеся инвалидами первой или второй группы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+братья, сестры, являющиеся инвалидами первой или второй группы, или не достигшие восемнадцатилетнего возраста, при отсутствии родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мать (отец), которая (который), кроме призывника, имеет одного и более детей, являющихся лицами с инвалидностью первой или второй группы или не достигших восемнадцатилетнего возраста, и воспитывает их без супруга (супруги);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мать (отец), которая (который) имеет на своем иждивении одного и более одиноких родственников (отца, мать, брата, сестру), являющихся нетрудоспособными по возрасту или лицами с инвалидностью первой или второй группы, и содержит их без супруга (супруги);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один из родителей, который содержит на своем иждивении второго, являющегося лицом с инвалидностью первой или второй группы, и воспитывает, кроме призывника, одного и более детей до восемнадцати лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один из членов семьи, имеющий инвалидность, и в которой призывник является единственным ребенком мужского пола;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) гражданам, имеющим на своем иждивении ребенка (детей), воспитываемого без матери:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия акта обследования семейного положения (выдается местным органом военного управления);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия постановления местного исполнительного органа об опекунстве (только для граждан, признанных опекунами над детьми-сиротами или детьми, оставшимися без попечения родителей);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) гражданам, имеющим на своем иждивении лиц, у которых они находились на воспитании и содержании не менее двух лет в связи со смертью своих родителей или лишением их родительских прав, или осуждением судом к лишению свободы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия акта обследования семейного положения (выдается местным органом военного управления);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия постановления местного исполнительного органа об опекунстве;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) гражданам, состоящим в браке и имеющие одного и более детей:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия акта обследования семейного положения (выдается местным органом военного управления);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) гражданам, получающим образование, на период обучения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+электронная копия справки из организации образования, подтверждающая обучение, а для граждан, обучающихся за рубежом, нотариально засвидетельствованный перевод на государственном или русском языке либо нотариально засвидетельствованная подлинность подписи переводчика, сделавшего перевод на государственный или русский язык, в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О нотариате" справки из организации образования, подтверждающая обучение, прикрепляется к заявлению услугополучателем;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) по состоянию здоровья:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия выписки из книги протоколов районной (городской) медицинской комиссии о признании призывника временно негодным к воинской службе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) педагогам, осуществляющим профессиональную деятельность в дошкольных организациях образования, организациях среднего (начального, основного среднего, общего среднего), технического и профессионального, после среднего образования, специализированных, специальных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей, организациях дополнительного образования для детей, а также в методических кабинетах:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия справки, подтверждающая место работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) врачам, имеющим соответствующее образование, постоянно работающим по специальности в сельской местности:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия справки, подтверждающая место работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) депутатам Парламента Республики Казахстан или местных представительных органов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия документа, подтверждающий депутатскую деятельность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) лицам, в отношении которых ведется дознание, предварительное следствие или уголовные дела рассматриваются судами:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия справки, из органов дознания и предварительного следствия о призывниках, в отношении которых ведется дознание или предварительное следствие и судов о призывниках, в отношении которых судом рассматриваются уголовные дела, а также о вступивших в законную силу в их отношении приговорах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) членам летных экипажей гражданских воздушных судов, инженерам, механикам и техникам гражданской авиации, имеющим соответствующее образование:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия справки, подтверждающая место работы с отметкой о наличии соответствующего образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) членам экипажей судов, имеющим соответствующее образование:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия справки, подтверждающая место работы с отметкой о наличии соответствующего образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) лицам, проходящим первоначальную профессиональную подготовку в организациях образования правоохранительных органов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия справки из организации образования правоохранительных органов, подтверждающая обучение.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о данных документа, удостоверяющего личность, о рождении ребенка (детей), о смерти супруги, о браке услугополучателя, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При подаче услугополучателем всех необходимых документов через портал – в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6238,175 +5576,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z682" w:id="45"/>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">2) несоответствие услугополучателем и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным в </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) несоответствие услугополучателем и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным в </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе и статусе военнослужащих" и настоящих Правил;</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе и статусе военнослужащих.</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе и статусе военнослужащих" и настоящих Правил.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6438,146 +5726,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+              <w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z684" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Период проведения призыва граждан на срочную воинскую службу и приема заявлений на оказание государственной услуги – с 1 марта по 30 июня и с 1 сентября по 30 декабря.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
-[...53 lines deleted...]
-              <w:t>Адрес оказания государственной услуги размещен на интернет-ресурсе услугодателя – сайт МИО, а также на интернет-ресурсе: www.gov4c.kz.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочной службы услугодателя, Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес оказания государственной услуги размещен на интернет-ресурсе услугодателя – сайт МИО, а также на интернет-ресурсе: www.gov4c.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информацию о порядке оказания государственной услуги можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
@@ -6856,68 +6122,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z207" w:id="47"/>
+    <w:bookmarkStart w:name="z207" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Заключение о предоставлении отсрочки от призыва на воинскую службу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра обороны РК от 12.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7366,68 +6632,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z209" w:id="48"/>
+    <w:bookmarkStart w:name="z209" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Уведомление об отказе в оказании государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 - в редакции приказа Министра обороны РК от 12.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7688,326 +6954,326 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 5 ноября 2020 года № 605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="49"/>
+    <w:bookmarkStart w:name="z128" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги "Освобождение граждан от призыва на воинскую службу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z129" w:id="50"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z129" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z130" w:id="51"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z130" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания государственной услуги "Освобождение граждан (далее – услугополучатель) от призыва на воинскую службу" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок оказания государственной услуги "Освобождение граждан от призыва на воинскую службу" (далее – государственная услуга).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z131" w:id="52"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z131" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Освобождение от призыва на воинскую службу предоставляется решением районной (города областного значения) призывной комиссии в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе и статусе военнослужащих".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z132" w:id="53"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z132" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Государственная услуга оказывается местными исполнительными органами районов, городов областного значения, областей, городов Нур-Султана, Алматы и Шымкента (далее – услугодатель) через призывные комиссии.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+      3. Государственная услуга оказывается местными исполнительными органами районов, городов областного значения, областей, городов Астаны, Алматы и Шымкента (далее – услугодатель) через призывные комиссии посредством использования информационной системы "Государственная база "Е-лицензирование".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра обороны РК от 12.08.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 527</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра обороны РК от 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="54"/>
+    <w:bookmarkStart w:name="z133" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z134" w:id="55"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z134" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Для получения государственной услуги физические лица направляют услугодателю через веб-портал "электронного правительства" www.egov.kz и абонентское устройство сотовой связи (далее – портал) заявление в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) услугополучателя, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, или запрос, удостоверенный одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z135" w:id="56"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z135" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При подаче документов через портал к заявлению на оказание государственной услуги прикрепляются электронные копии документов указанных в перечне основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8026,90 +7292,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="57"/>
+    <w:bookmarkStart w:name="z136" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Требования к оказанию государственной услуги, включающие характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в форме перечня основных требований к оказанию государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8128,110 +7394,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="58"/>
+    <w:bookmarkStart w:name="z137" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При подаче услугополучателем всех необходимых документов посредством портала – в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z138" w:id="59"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z138" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, регистрация заявлений и выдача результатов оказания услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z139" w:id="60"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z139" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Государственная услуга оказывается в течение 6 (шести) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8250,190 +7516,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="61"/>
+    <w:bookmarkStart w:name="z140" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Перечень членов призывной комиссии, которые участвуют в процессе оказания государственной услуги:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z141" w:id="62"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z141" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) председатель призывной комиссии – заместитель руководителя местного исполнительного органа (акима) района (города), областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z142" w:id="63"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z142" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) члены комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z143" w:id="64"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z143" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       начальник местного органа военного управления района (города), областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z144" w:id="65"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z144" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представитель соответствующего территориального подразделения органов внутренних дел района (города), областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z145" w:id="66"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z145" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заместитель руководителя местного органа государственного управления здравоохранением района (города), областей, городов республиканского значения и столицы (главный врач) – председатель медицинской комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z146" w:id="67"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z146" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Услугодатель в день поступления документов осуществляет их прием, регистрацию и передачу для исполнения председателю призывной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель призывной комиссии заявление услугополучателя с приложенными электронными копиями документов в течение одного рабочего дня направляет на рассмотрение членам комиссии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8602,150 +7868,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="68"/>
+    <w:bookmarkStart w:name="z147" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, предусмотрены пунктом 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z148" w:id="69"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z148" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации, согласно подпункту 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z149" w:id="70"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z149" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Заключение председателя призывной комиссии об освобождении от призыва на воинскую службу в течении одного рабочего дня направляется в "личный кабинет" услугополучателя на портале в форме электронного документа, удостоверенного ЭЦП, а также в местный орган военного управления по месту жительства и воинского учета услугополучателя для заполнения протокола призывной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8764,126 +8030,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="71"/>
+    <w:bookmarkStart w:name="z150" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования действий (бездействия) должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции приказа Министра обороны РК от 12.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 527</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="72"/>
+    <w:bookmarkStart w:name="z151" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Жалоба по вопросам оказания государственных услуг услугополучателем подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9561,108 +8827,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z689" w:id="73"/>
+    <w:bookmarkStart w:name="z689" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z690" w:id="74"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z690" w:id="68"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и статусе военнослужащих" прошу освободить от призыва на воинскую службу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9949,452 +9215,386 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 2 </w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги "Освобождение граждан</w:t>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Освобождение граждан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от призыва на воинскую службу"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z691" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказом Министра обороны РК от 03.10.2022 </w:t>
+      Сноска. Приложение 2 – в редакции приказа Министра обороны РК от 13.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 869</w:t>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z691" w:id="75"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z697" w:id="76"/>
-[...33 lines deleted...]
-              <w:t>"Освобождение граждан от призыва на воинскую службу"</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование государственной услуги "Освобождение граждан от призыва на воинскую службу"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование подвида государственной услуги:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...121 lines deleted...]
-              <w:t xml:space="preserve">5) проходившие службу в специальных государственных органах Республики Казахстан, за исключением случаев, предусмотренных </w:t>
+1) признанные негодными к воинской службе по состоянию здоровья;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) не призванные на законных основаниях на срочную воинскую службу, по достижении двадцати семи лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) граждане у которых один из родственников (отец, мать, брат или сестра) погиб, умер или стал инвалидом первой или второй группы при исполнении служебных обязанностей в период прохождения воинской службы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) прошедшие воинскую (альтернативную) службу в другом государстве;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) проходившие службу в специальных государственных органах Республики Казахстан, за исключением случаев, предусмотренных </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 51 Закона Республики Казахстан "О специальных государственных органах Республики Казахстан";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...27 lines deleted...]
-7) священнослужители зарегистрированных религиозных объединений.</w:t>
+6) имеющие ученую степень;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) священнослужители зарегистрированных религиозных объединений.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10463,51 +9663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МИО областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения</w:t>
+МИО областей, городов Астаны, Алматы и Шымкента, районов и городов областного значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10539,52 +9739,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10802,51 +10002,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная)</w:t>
+Электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10900,70 +10100,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z704" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение призывной комиссии о предоставлении отсрочки от призыва или мотивированный ответ об отказе в оказании государственных услуг.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11012,51 +10210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством РК</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11146,152 +10344,120 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z705" w:id="78"/>
-[...100 lines deleted...]
-              <w:t>2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, днем приема заявления является следующий рабочий день).</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) услугодателя – с понедельника по пятницу с 9.00 до 18.30, перерыв на обед с 13.00 до 14.30, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан в период проведения призыва граждан на воинскую службу:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с 1 марта по 30 июня;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с 1 сентября по 30 декабря;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, днем приема заявления является следующий рабочий день).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес места оказания государственной услуги размещен на портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11341,690 +10507,488 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги </w:t>
+              <w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z709" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) признанные негодными к воинской службе по состоянию здоровья:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
-[...277 lines deleted...]
-              <w:t xml:space="preserve">электронная копия справки или военного билета с отметкой о прохождении воинской (альтернативной) службы в другом государстве (нотариально засвидетельствованный перевод на государственном или русском языке либо нотариально засвидетельствованная подлинность подписи переводчика сделавшего перевод на государственный или русский язык, в соответствии со </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия выписки из книги протоколов районной (городской) призывной комиссии, электронная копия выписки из решения областной (города республиканского значения и столицы) призывной комиссии о признании призывника негодным к воинской службе в мирное время, ограниченно годными в военное время;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) не призванные на законных основаниях на срочную воинскую службу, по достижении двадцати семи лет:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) у которых один из родственников (отец, мать, брат или сестра) погиб, умер или стал инвалидом первой или второй группы при исполнении служебных обязанностей в период прохождения воинской службы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия выписки из приказа руководства воинской части (учреждения) или Центрального архива Министерства обороны Республики Казахстан о гибели или получении инвалидности в период прохождения воинской службы близких родственников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) прошедшие воинскую (альтернативную) службу в другом государстве;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+электронная копия справки или военного билета с отметкой о прохождении воинской (альтернативной) службы в другом государстве (нотариально засвидетельствованный перевод на государственном или русском языке либо нотариально засвидетельствованная подлинность подписи переводчика, сделавшего перевод на государственный или русский язык, в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 80</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О нотариате");</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">5) проходившие службу в специальных государственных органах Республики Казахстан, за исключением случаев, предусмотренных </w:t>
+              <w:t xml:space="preserve">
+5) проходившие службу в специальных государственных органах Республики Казахстан, за исключением случаев, предусмотренных </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 51 Закона Республики Казахстан "О специальных государственных органах Республики Казахстан";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...233 lines deleted...]
-              <w:t>Сведения о данных документа, удостоверяющего личность услугополучателя, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия документа, подтверждающего прохождение службы в специальных государственных органах Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) имеющие ученую степень:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия диплома, подтверждающая ученую степень;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) священнослужители зарегистрированных религиозных объединений:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление на оказание государственной услуги в форме электронного документа, удостоверенного ЭЦП услугополучателя или одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия справки, подтверждающая статус священнослужителя, выданная религиозным объединением.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о данных документа, удостоверяющего личность услугополучателя, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При подаче услугополучателем всех необходимых документов через портал – в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12075,175 +11039,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z730" w:id="80"/>
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе и статусе военнослужащих" и настоящих Правил;</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие нормативных правовых актов по вопросу призыва граждан на срочную воинскую службу предусмотренных </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе и статусе военнослужащих.</w:t>
+2) несоответствие услугополучателем и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе и статусе военнослужащих" и настоящих Правил.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12275,146 +11189,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+              <w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z732" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Период проведения призыва граждан на срочную воинскую службу и приема заявлений на оказание государственной услуги – с 1 марта по 30 июня и с 1 сентября по 30 декабря.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
-[...53 lines deleted...]
-              <w:t>Адрес оказания государственной услуги размещен на интернет-ресурсе услугодателя – сайт МИО, а также на интернет-ресурсе: www.gov4c.kz.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочной службы услугодателя, Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес оказания государственной услуги размещен на интернет-ресурсе услугодателя – сайт МИО, а также на интернет-ресурсе: www.gov4c.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информацию о порядке оказания государственной услуги можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
@@ -12824,108 +11716,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z737" w:id="82"/>
+    <w:bookmarkStart w:name="z737" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение об освобождении от призыва на воинскую службу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z738" w:id="83"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z738" w:id="71"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О воинской службе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и статусе военнослужащих" Вам предоставлено освобождение от призыва</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13406,108 +12298,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z202" w:id="84"/>
+    <w:bookmarkStart w:name="z202" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Уведомление об отказе в оказании государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z203" w:id="85"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z203" w:id="73"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с пунктом 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам Вам отказано в </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">предоставлении  освобождения от призыва на воинскую службу в мирное время ввиду </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>