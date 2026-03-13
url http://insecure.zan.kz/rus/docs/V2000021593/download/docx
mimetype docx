--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1b7e92c" w14:textId="1b7e92c">
+    <w:p w14:paraId="d69eed4" w14:textId="d69eed4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Инструкции о присвоении, использовании и аннулировании Национальным Банком Республики Казахстан банковских идентификационных кодов, а также присвоении и аннулировании кодов банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций, и кодов филиалов банков и организаций, осуществляющих отдельные виды банковских операций, их структуре, формировании и ведении Справочника банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правления Национального Банка Республики Казахстан от 27 октября 2020 года № 128. Зарегистрировано в Министерстве юстиции Республики Казахстан 5 ноября 2020 года № 21593</w:t>
+        <w:t>Постановление Правления Национального Банка Республики Казахстан от 27 октября 2020 года № 128. Зарегистрировано в Министерстве юстиции Республики Казахстан 5 ноября 2020 года № 21593.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -150,94 +150,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящее постановление вводится в действие с 16 декабря 2020 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии со </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан от 24 ноября 2015 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам неработающих кредитов и активов банков второго уровня, оказания финансовых услуг и деятельности финансовых организаций и Национального Банка Республики Казахстан" Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 22)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца четвертого части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -426,137 +478,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее постановление вводится в действие с 16 декабря 2020 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель Национального Банка </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -738,254 +809,378 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Инструкция о присвоении, использовании и аннулировании Национальным Банком Республики Казахстан банковских идентификационных кодов, а также присвоении и аннулировании кодов банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций, и кодов филиалов банков и организаций, осуществляющих отдельные виды банковских операций, их структуре, формировании и ведении Справочника банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций (далее – Инструкция) разработана в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан от 30 марта 1995 года "О Национальном Банке Республики Казахстан" и детализирует присвоение, использование и аннулирование Национальным Банком Республики Казахстан (далее – Национальный Банк) банковских идентификационных кодов, а также присвоение и аннулирование кодов банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций, и кодов филиалов банков и организаций, осуществляющих отдельные виды банковских операций, их структуру, формирование и ведение Справочника банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций (далее – Справочник банков).</w:t>
+      1. Инструкция о присвоении, использовании и аннулировании Национальным Банком Республики Казахстан банковских идентификационных кодов, а также присвоении и аннулировании кодов банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций, и кодов филиалов банков и организаций, осуществляющих отдельные виды банковских операций, их структуре, формировании и ведении Справочника банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций, (далее – Инструкция) разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 22)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца четвертого части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и детализирует присвоение, использование и аннулирование Национальным Банком Республики Казахстан (далее – Национальный Банк) банковских идентификационных кодов, а также присвоение и аннулирование кодов банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций, и кодов филиалов банков и организаций, осуществляющих отдельные виды банковских операций, их структуру, формирование и ведение Справочника банков, филиалов банков-нерезидентов Республики Казахстан и организаций, осуществляющих отдельные виды банковских операций (далее – Справочник банков).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В Инструкции используются понятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 26 июля 2016 года "О платежах и платежных системах", а также следующие понятия:</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах", а также следующие понятия: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z85" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование банка – полное наименование банка, организации, осуществляющей отдельные виды банковских операций (далее – банк), филиала банка-нерезидента Республики Казахстан, филиала банка. Допускается использование сокращенного наименования в соответствии с учредительными документами банка, филиала банка-нерезидента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkStart w:name="z86" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) код банка, код филиала банка-нерезидента Республики Казахстан, код филиала банка – уникальный номер, состоящий из трех цифровых разрядов, присваиваемый Национальным Банком банкам, филиалам банков-нерезидентов Республики Казахстан, филиалам банков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z87" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) справочник банков – систематизированный перечень банков, филиалов банков-нерезидентов Республики Казахстан, содержащий их банковские идентификационные коды, коды банков, коды филиалов банков-нерезидентов Республики Казахстан, коды филиалов банков и другие реквизиты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkStart w:name="z88" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) банковский идентификационный код – последовательность символов, предназначенная для идентификации банка, филиала банка-нерезидента Республики Казахстан, являющегося участником платежной системы Национального Банка, при предъявлении указаний о переводе либо выплате денег;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      5) статус – реквизит, позволяющий определить текущий статус;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) индивидуальный идентификационный код – соответствующий номер корреспондентского счета банка, филиала банка-нерезидента Республики Казахстан, открытый в Национальном Банке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      6) индивидуальный идентификационный код – соответствующий номер корреспондентского счета банка, филиала банка-нерезидента Республики Казахстан, открытый в Национальном Банке;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тип клиента – институциональная единица, которая группируется в соответствии с основным видом осуществляемой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...15 lines deleted...]
-      7) тип клиента – институциональная единица, которая группируется в соответствии с основным видом осуществляемой деятельности.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) статус – реквизит, позволяющий определить текущий статус.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Национальный Банк присваивает, аннулирует и определяет использование банковских идентификационных кодов, присваивает и аннулирует коды банков, филиалов банков-нерезидентов Республики Казахстан, филиалов банков и устанавливает их структуру, а также формирует и ведет Справочник банков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1256,90 +1451,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Код банка, филиала банка-нерезидента Республики Казахстан, филиала банка является уникальным и не присваивается повторно другому банку, филиалу банка-нерезидента Республики Казахстан, филиалу банка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Аннулирование банковского идентификационного кода, банка, филиала банка-нерезидента Республики Казахстан и кода филиала банка</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В Заголовок главы 4 внесено изменение на казахском языке, текст на русском языке не изменяется, в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При расторжении договора корреспондентского счета, заключенного между Национальным Банком и банком или филиалом банка-нерезидента Республики Казахстан, и закрытии корреспондентского счета Национальный Банк аннулирует банковский идентификационный код и код банка, код филиала банка-нерезидента Республики Казахстан, и исключает их из Справочника банков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Национальный Банк аннулирует код филиала банка и исключает его из Справочника банков на основании письменного уведомления банка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 14 внесено изменение на казахском языке, текст на русском языке не изменяется, в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Структура банковского идентификационного кода</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>