--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4be196c" w14:textId="4be196c">
+    <w:p w14:paraId="8c22e08" w14:textId="8c22e08">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,54 +132,126 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 228 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 228 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -348,137 +420,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней со дня его официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр здравоохранения </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -693,54 +784,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящее Положение о Центральной комиссии по биоэтике (далее – Комиссия) разработан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 228 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяет статус и полномочия Комиссии.</w:t>
+        <w:t xml:space="preserve"> статьи 228 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяет статус и полномочия Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящем положении используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1133,780 +1286,1156 @@
         <w:t>
       4) координация деятельности локальной комиссии по биоэтике (далее – ЛКБ) и оценка соответствия их деятельности стандартам, утвержденным Комиссией;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) участие в разработке документов по вопросам биоэтики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      6) осуществление сертификации ЛКБ;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) исключен приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменением, внесенным приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Функции Комиссии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 2. Функции Комиссии</w:t>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Для реализации возложенных на нее задач Комиссия осуществляет следующие функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...15 lines deleted...]
-      7. Для реализации возложенных на нее задач Комиссия осуществляет следующие функции:</w:t>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение независимой экспертизы материалов, интервенционного клинического исследования в случае:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
-[...15 lines deleted...]
-      1) проведение независимой экспертизы материалов, интервенционного клинического исследования в случае:</w:t>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведения интервенционного клинического исследования в двух и более исследовательских центрах (по единому протоколу исследования);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
-[...15 lines deleted...]
-      проведения интервенционного клинического исследования в двух и более исследовательских центрах (по единому протоколу исследования);</w:t>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведения интервенционного клинического исследования лекарственных средств, медицинских изделий, произведенных за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...15 lines deleted...]
-      проведения интервенционного клинического исследования лекарственных средств, медицинских изделий, произведенных за пределами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведение экспертизы материалов неинтервенционного клинического исследования в двух и более исследовательских центрах (по единому протоколу исследования);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...15 lines deleted...]
-      2) проведение экспертизы материалов неинтервенционного клинического исследования в двух и более исследовательских центрах (по единому протоколу исследования);</w:t>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение анализа оценки актуальных вопросов современного здравоохранения, включая внедрение новых методов диагностики, лечения, профилактики и медицинской реабилитации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) утверждение стандартов, указанных в подпункте 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 228 Кодекса;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) осуществление сертификации ЛКБ на соответствие стандартам деятельности биоэтических комиссий; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществление методической помощи, консультирование ЛКБ по вопросам исследований, сбор и анализ информации об их деятельности, выдача сертификата соответствия стандартам деятельности биоэтических комиссий);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      5) осуществление сертификации локальных комиссий по биоэтике;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) взаимодействие с национальными и международными организациями по вопросам биоэтики научных исследований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      6) осуществление методической помощи, консультирование ЛКБ по вопросам исследований, сбор и анализ информации об их деятельности, выдача сертификата соответствия стандартам деятельности биоэтических комиссий);</w:t>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) публикация в специализированных медицинских журналах материалов о деятельности Комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      7) взаимодействие с национальными и международными организациями по вопросам биоэтики научных исследований;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) проведение информационно-разъяснительной работы по вопросам оценки исследований для специалистов системы здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      8) публикация в специализированных медицинских журналах материалов о деятельности Комиссии;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проведение совещаний, конференций, симпозиумов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      9) проведение информационно-разъяснительной работы по вопросам оценки исследований для специалистов системы здравоохранения;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) привлечение экспертов и консультантов, в том числе независимых, являющихся специалистами в различных областях для разъяснения вопросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      10) проведение совещаний, конференций, симпозиумов;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) разъяснение и консультирование по запросу заинтересованных лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...15 lines deleted...]
-      11) привлечение экспертов и консультантов, в том числе независимых, являющихся специалистами в различных областях для разъяснения вопросов;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) информирование в письменном виде уполномоченного органа, ЛКБ, исследователей о принятых решениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...15 lines deleted...]
-      12) разъяснение и консультирование по запросу заинтересованных лиц;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) проведение экспертизы заявлений исследовательских центров на создание биобанков, выдача заключений на создание биобанков, осуществление внешнего мониторинга деятельности биобанков один раз в 5 лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...15 lines deleted...]
-      13) информирование в письменном виде уполномоченного органа, ЛКБ, исследователей о принятых решениях;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Организационная деятельность</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
-[...15 lines deleted...]
-      14) проведение экспертизы заявлений исследовательских центров на создание биобанков, выдача заключений на создание биобанков, осуществление внешнего мониторинга деятельности биобанков один раз в 5 лет.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Состав комиссии утверждается решением уполномоченного органа и состоит из нечетного числа (не менее 9 (девяти) членов. Председатель и заместитель Председателя Комиссии избираются из числа членов Комиссии на первом заседании путем открытого голосования простым большинством голосов. При отсутствии Председателя его функции исполняет заместитель Председателя. Члены Комиссии участвуют в заседаниях Комиссии без права замены. Секретарь Комиссии не является членом Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 3. Организационная деятельность</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Для обеспечения деятельности Комиссии формируется секретариат Комиссии на базе Рабочего органа численностью не менее 2 человек, состоящего из руководителя и секретаря. Секретариат непосредственно подотчетен председателю Комиссии и является ответственным за подготовку повестки заседания, оформление протоколов заседаний, делопроизводство, хранение документов Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
-[...15 lines deleted...]
-      8. Состав Комиссии утверждается уполномоченным органом и состоит из не менее девяти человек. Комиссия состоит из председателя, заместителя председателя, секретаря и членов, которые избираются и (или) назначаются сроком на три года с правом переизбрания и (или) переназначаются на последующий срок, но не более двух сроков подряд. Члены Комиссии избирают председателя, который назначает заместителя председателя и секретаря. При отсутствии председателя, функции осуществляет заместитель председателя. Секретарь Комиссии не участвует в принятии решений.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рабочий орган предоставляет отдельное помещение для размещения секретариата Комиссии и документов Комиссии, обеспечивает секретариат необходимой оргтехникой, оказывает организационную поддержку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
-[...15 lines deleted...]
-      9. Для обеспечения деятельности Комиссии формируется секретариат Комиссии на базе Рабочего органа численностью не менее 2 человек. Секретарь непосредственно подотчетен председателю Комиссии и является ответственным за подготовку повестки заседания, оформление протоколов заседаний, делопроизводство, хранение документов Комиссии.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Состав Комиссии формируется на междисциплинарной основе и состоит из представителей медицинских, гуманитарных профессий, общественных организаций и специалистов в области права. Комиссия создает подкомиссии и рабочие группы для реализации возложенных на нее задач.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
-[...15 lines deleted...]
-      Рабочий орган предоставляет отдельное помещение для размещения секретариата Комиссии и документов Комиссии, обеспечивает секретариат необходимой оргтехникой.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Заседания Комиссии проводятся не реже одного раза в квартал и считаются правомочными при участии в них не менее двух третей от общего количества членов Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
-[...15 lines deleted...]
-      10. Состав Комиссии формируется на междисциплинарной основе и состоит из представителей медицинских, гуманитарных профессий, общественных организаций и специалистов в области права.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Дата, время проведения, повестка заседаний определяются Председателем Комиссии с учетом предложений ее членов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
-[...15 lines deleted...]
-      11. Заседания Комиссии проводятся не реже одного раза в квартал и считаются правомочными при участии в них не менее двух третей от общего количества членов Комиссии.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. При наличии кворума Комиссия принимает решение простым большинством голосов от числа присутствующих на заседании членов Комиссии путем открытого голосования. При равенстве голосов решающим является голос председательствующего Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
-[...15 lines deleted...]
-      12. Дата, время проведения, повестка заседаний определяются Председателем Комиссии с учетом предложений ее членов.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Комиссия принимает одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
-[...15 lines deleted...]
-      13. При наличии кворума Комиссия принимает решение простым большинством голосов от числа присутствующих на заседании членов Комиссии путем открытого голосования. При равенстве голосов решающим является голос председательствующего Комиссии.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) об одобрении проведения биомедицинского исследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
-[...15 lines deleted...]
-      14. Комиссия принимает одно из следующих решений:</w:t>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) о необходимости доработки материалов заявки на проведение биомедицинского исследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
-[...15 lines deleted...]
-      1) об одобрении проведения биомедицинского исследования;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) об отказе в проведения биомедицинского исследования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
-[...15 lines deleted...]
-      2) о необходимости доработки материалов заявки на проведение биомедицинского исследования;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Решения Комиссии оформляются протоколами, которые подписываются председателем и всеми членами Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
-[...15 lines deleted...]
-      3) об отказе в проведения биомедицинского исследования.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Апелляция заявителя, несогласного с результатами биоэтической экспертизы, рассматривается Комиссией с участием самого заявителя и привлечением независимых экспертов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2232,31 +2761,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>