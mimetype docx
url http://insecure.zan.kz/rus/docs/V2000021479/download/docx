--- v0 (2025-10-13)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ebd3151" w14:textId="ebd3151">
+    <w:p w14:paraId="d92578d" w14:textId="d92578d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -739,51 +739,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа и.о. Министра здравоохранения РК от 31.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-142</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра здравоохранения РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -4617,261 +4637,102 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...209 lines deleted...]
-L01AA06</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена приказом Министра здравоохранения РК от 04.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 159</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после его первого официального опубликования).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20325,162 +20186,270 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-D 80-D 84</w:t>
+D 80.0,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 80.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D81.0- D81.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D82.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D83.0, D84.0,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D84.1,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D84.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Отдельные нарушения, вовлекающие иммунный механизм</w:t>
+              <w:t xml:space="preserve">
+Отдельные нарушения, вовлекающие иммунный механизм </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Первичные иммунодефициты</w:t>
+              <w:t xml:space="preserve">
+Первичные иммунодефициты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Болезни крови, кроветворных органов и отдельные нарушения, вовлекающие иммунный механизм</w:t>
+              <w:t xml:space="preserve">
+Болезни крови, кроветворных органов и отдельные нарушения, вовлекающие иммунный механизм </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27089,51 +27058,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Боковой склероз амиотрофический, прогрессирующая спинальная мышечная атрофия</w:t>
+Боковой склероз амиотрофический, прогрессирующая спинальная мышечная атрофия - при наличии молекулярно генетического подтверждения в аккредитованной лаборатории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -27636,585 +27605,684 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N07XX02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...213 lines deleted...]
-N07XX09</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена приказом Министра здравоохранения РК от 04.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 159</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после его первого официального опубликования).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...95 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G70.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Миастения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденная или приобретенная миастения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нервные болезни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Натализумаб</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G71.0 –G71.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни нервно-мышечного синапса и мышц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мышечная дистрофия: аутосомная рецессивная типа Дюшенна или Беккера, лопаточно-перонеальная с ранними контрактурами (Эмери-Дрейфуса), дистальная плечелопаточно-лицевая, конечностно-поясная, глазных мышц, глазоглоточная (окулофарингеальная). Дистрофия миотоническая Штейнера. Миотония врожденная Томсена. Нейромиотония Исаакса. Парамиотония врожденная. Врожденная мышечная дистрофия: со специфическими морфологическими поражениями мышечного волокна. Болезнь центрального ядра, миниядерная, мультиядерная Диспропорция типов волокон. Миопатия миотубулярная (центроядерная), немалиновая (болезнь немалинового тела). Митохондриальная миопатия, не классифицированная в других рубриках- при наличии молекулярно генетического подтверждения в аккредитованной лаборатории.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первичные мышечные нарушения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первичные мышечные нарушения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первичные мышечные нарушения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефлазакорт H02AB13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AA23</w:t>
+H02AB13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -28276,87 +28344,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пэгинтерферон бета-1а</w:t>
+Аталурен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L03АВ13</w:t>
+M09AX03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -28418,740 +28486,820 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Окрелизумаб</w:t>
+Этеплирсен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AA36</w:t>
+M09AX06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...206 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Голодирсен</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+M09AX08</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...213 lines deleted...]
-Дефлазакорт</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е 74.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синдром дефицита Glut 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синдром дефицита транспортера глюкозы Glut I при наличии молекулярно генетического подтверждения в аккредитованной лаборатории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие уточненные нарушения обмена углеводов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тригептаноин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-H02AB13</w:t>
+A16AX17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Аталурен</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+J 84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+J 84.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+J 84.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+J 84.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+J 84.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие интерстициальные легочные болезни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерстициальная легочная болезнь, альвеолярные и парието-альвеолярные нарушения, альвеолярный протеиноз, легочный альвеолярный микролитиаз, диффузный легочный фиброз, фиброзирующий альвеолит криптогенный, синдром Хаммена-Рича, идиопатический легочный фиброз, лимфангиолейомио- матоз, интерстициальная пневмония уточненная, интерстициальная легочная болезнь неуточненная,интерстициальная пневмония без дополнительного уточнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни органов дыхания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пирфенидон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-M09AX03</w:t>
+L04AX05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -29213,87 +29361,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Этеплирсен</w:t>
+Циклоспорин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-M09AX06</w:t>
+L04AD01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -29355,678 +29503,371 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Голодирсен</w:t>
+Метотрексат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-M09AX08</w:t>
+L01BA01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...209 lines deleted...]
-Тригептаноин</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Метилпреднизолон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A16AX17</w:t>
+H02AB04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...286 lines deleted...]
-Пирфенидон</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Преднизолон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AX05</w:t>
+H02AB06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -30088,87 +29929,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Циклоспорин</w:t>
+Нинтеданиб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AD01</w:t>
+L01XE31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -30230,229 +30071,349 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Метотрексат</w:t>
+Азатиоприн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-L01BA01</w:t>
+              <w:t xml:space="preserve">
+L04AX01 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Метилпреднизолон</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I 27.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первичная легочная гипертензия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идиопатическая легочная артериальная гипертензия, наследственная ЛАГ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни системы кровообращения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Илопрост</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-H02AB04</w:t>
+B01AC11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -30514,87 +30475,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Преднизолон</w:t>
+Селексипаг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-H02AB06</w:t>
+B01AC27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -30656,87 +30617,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нинтеданиб</w:t>
+Бозентан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L01XE31</w:t>
+C02KX01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -30798,491 +30759,509 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азатиоприн</w:t>
+Мацитентан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-L04AX01 </w:t>
+              <w:t>
+C02KX04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...214 lines deleted...]
-Илопрост</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Силденафил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-B01AC11</w:t>
+G04BE03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Селексипаг</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+K 50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+K 51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неинфекционный энтерит и колит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезнь Крона, неспецифический язвенный колит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни органов пищеварения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адалимумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-B01AC27</w:t>
+L04AB04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -31344,229 +31323,367 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бозентан</w:t>
+Инфликсимаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C02KX01</w:t>
+L04AB02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Мацитентан</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+L 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+L 13.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Буллезные нарушения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пузырчатка, болезнь Дюринга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни кожи и подкожной клетчатки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Микофеноловая кислота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C02KX04</w:t>
+L04AA06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -31628,367 +31745,229 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Силденафил</w:t>
+Преднизолон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G04BE03</w:t>
+H02AB06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...232 lines deleted...]
-Адалимумаб</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дапсон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AB04</w:t>
+D10AX05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -32050,793 +32029,1005 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инфликсимаб</w:t>
+Дапсон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AB02</w:t>
+J04BA02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...232 lines deleted...]
-Микофеноловая кислота</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Афамеланотид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AA06</w:t>
+D02BB02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Преднизолон</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+M04.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Криопирин-ассоциированные периодические синдромы (CAPS)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Криопирин – связаные синдромы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аутовоспалительные синдромы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Канакинумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-H02AB06</w:t>
+L04AC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Дапсон</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+M06.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезнь Стилла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезнь Стилла, развившаяся у взрослых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни костно-мышечной системы и соединительной ткани</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Канакинумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-D10AX05</w:t>
+L04AC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Дапсон</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+M 08.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юношеский артрит с системным началом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ювенильный идиопатический артрит системный вариант</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни костно-мышечной системы и соединительной ткани</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Этанерцепт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-J04BA02</w:t>
+L04AB01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -32898,1005 +33089,919 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Афамеланотид</w:t>
+Адалимумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-D02BB02</w:t>
+L04AB04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...209 lines deleted...]
-Канакинумаб</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тоцилизумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AC08</w:t>
+L04AC07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...209 lines deleted...]
-Канакинумаб</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инфликсимаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AC08</w:t>
+L04AB02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...214 lines deleted...]
-Этанерцепт</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Канакинумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AB01</w:t>
+L04AC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Адалимумаб</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М 30.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М 31.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+M 31.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М 31.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М 32.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М 33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М 33.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М 34.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+M 35.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Системные поражения соединительной ткани</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Слизисто-кожный лимфонодулярный синдром (Кавасаки), Грануломатоз Вегенера, Синдром дуги аорты (Такаясу), Микроскопический полиангиит, Системная красная волчанка, Дерматомиозит у детей, Полимиозит, Прогрессирующий системный склероз, Болезнь Бехчета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни костно-мышечной системы и соединительной ткани</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нинтеданиб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AB04</w:t>
+L01XE31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -33958,87 +34063,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тоцилизумаб</w:t>
+Белимумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AC07</w:t>
+L04AA26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -34242,493 +34347,229 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Канакинумаб</w:t>
+Тоцилизумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AC08</w:t>
+L04AC07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...358 lines deleted...]
-Нинтеданиб</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ритуксимаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L01XE31</w:t>
+L01XC02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -34790,87 +34631,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Белимумаб</w:t>
+Гидроксихлорохин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AA26</w:t>
+P01BA02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -34932,87 +34773,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инфликсимаб</w:t>
+Азатиоприн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-L04AB02</w:t>
+              <w:t xml:space="preserve">
+L04AX01 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -35074,371 +34915,606 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тоцилизумаб</w:t>
+Метотрексат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L04AC07</w:t>
+L01BA01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Ритуксимаб</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q 78.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Незавершенный остеогенез</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Незавершенный остеогенез</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденные аномалии (пороки крови), деформации и хромосомные нарушения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ибандроновая кислота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L01XC02</w:t>
+M05BA06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Гидроксихлорохин</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q 80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденный ихтиоз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденный ихтиоз (разные формы), CHILD синдром</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденные аномалии (пороки крови), деформации и хромосомные нарушения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Изотретиноин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-P01BA02</w:t>
+D10BA01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -35500,748 +35576,881 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азатиоприн</w:t>
+Салициловая кислота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-L04AX01 </w:t>
+              <w:t>
+D01AE12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Метотрексат</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q 81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Буллезный эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Буллезный эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденные аномалии (пороки развития) деформации и хромосомные нарушения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диацереин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L01BA01</w:t>
+M01AX21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59</w:t>
-[...179 lines deleted...]
-Ибандроновая кислота</w:t>
+ 62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+E88.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденная генерализованная липодистрофия Берардинелли-Сейпа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Врожденная генерализованная липодистрофия Бирардинелли сейпа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезни эндокринной системы, расстройства питания и нарушения обмена веществ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Метрелептин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-M05BA06</w:t>
+A16AA07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
+63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q 80</w:t>
+G40.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+G40.9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Врожденный ихтиоз</w:t>
+Редкие и резистентные формы эпилепсии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Врожденный ихтиоз (разные формы), CHILD синдром</w:t>
+Раннее младенческие эпилептические энцефалопатии (инфантильные спазмы – Синдром Веста); Туберозный склероз (Болезнь Бурневилля); Синдром Ландау-Клеффнера; (Синдром Леннокса-Гасто); Симптоматическая ранняя миоклоническая энцефалопатия (Синдром Отахара); Ранняя миоклоническая эпилепсия; Эпилепсия с миоклоническими абсансами (синдром Тассинари); миоклонически-астатическими приступами (синдром Дузе) Синдром Драве- все подтвержденные генетические мутации;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Врожденные аномалии (пороки крови), деформации и хромосомные нарушения</w:t>
-[...35 lines deleted...]
-Изотретиноин</w:t>
+Болезни нервной системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адренокортикоидный гормон (АКТГ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-D10BA01</w:t>
+H01AA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -36303,899 +36512,513 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салициловая кислота</w:t>
+Тетракозактид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-D01AE12</w:t>
+H01AA02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...209 lines deleted...]
-Диацереин</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Этосуксимид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-M01AX21</w:t>
+N03AD01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...209 lines deleted...]
-Метрелептин</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вигабатрин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A16AA07</w:t>
+N03AG04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...250 lines deleted...]
-Адренокортикоидный гормон (АКТГ)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сультиам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-H01AA</w:t>
+N03AX03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37257,87 +37080,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тетракозактид</w:t>
+Лакосамид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-H01AA02</w:t>
+N03AX18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37399,87 +37222,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Этосуксимид</w:t>
+Мидазолам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N03AD01</w:t>
+N05CD08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37541,87 +37364,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вигабатрин</w:t>
+Перампанел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N03AG04</w:t>
+N03AX22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37683,87 +37506,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сультиам</w:t>
+Тиагабин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N03AX03</w:t>
+N03AG06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37825,87 +37648,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лакосамид</w:t>
+Руфинамид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N03AX18</w:t>
+N03AF03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37967,87 +37790,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мидазолам</w:t>
+Фенитоин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N05CD08</w:t>
+N03AF03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -38109,87 +37932,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перампанел</w:t>
+Стирипентол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N03AX22</w:t>
+N03AX17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -38251,87 +38074,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тиагабин</w:t>
+Клобазам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N03AG06</w:t>
+N05BA09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -38384,380 +38207,607 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Фенитоин</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q85.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нейрофиброматоз 1 типа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нейрофиброматоз I (первого) типа (нейрофиброматоз болезнь фон Реклингхаузена, синдром Реклингхаузена, NF-1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Новообразования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Селуметиниб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N03AF03</w:t>
+L01EE04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...94 lines deleted...]
-Стирипентол</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+G36.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптиконевромиелит (болезнь Девика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптиконевромиелит (болезнь Девика, Нейромиелит зрительного нерва со спектральным расстройством (NMOSD), Нейромиелит зрительного нерва)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Воспалительные демиелинизирующее заболевание центральной нервной системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатрализумаб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-N03AX17</w:t>
+L04AC19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -38819,87 +38869,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клобазам</w:t>
+Азатиоприн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-N05BA09</w:t>
+              <w:t xml:space="preserve">
+L04AX01 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -38952,1131 +39002,336 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ритуксимаб</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+L01XC02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...189 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...773 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40098,303 +39353,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С47.3</w:t>
-[...251 lines deleted...]
-С76.8</w:t>
+С47.3 С47.4 С47.5 С47.6 С47.8 С47.9 С48.0 С74.1 С74.9 С76.0 С76.1 С76.2 С76.7 С76.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40458,105 +39461,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Злокачественное новообразование надпочечника</w:t>
-[...53 lines deleted...]
-бета</w:t>
+Злокачественное новообразование различных локализаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динутуксимаб бета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>