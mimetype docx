--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6fdd704" w14:textId="6fdd704">
+    <w:p w14:paraId="4486662" w14:textId="4486662">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,54 +132,126 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 177 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 177 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра здравоохранения РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 108</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -618,50 +690,88 @@
               </w:rPr>
               <w:t>№ ҚР ДСМ-135/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила формирования перечня орфанных заболеваний и лекарственных средств для их лечения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Министра здравоохранения РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 108</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -672,1190 +782,1004 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила формирования перечня орфанных заболеваний и лекарственных средств для их лечения (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 177 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок формирования перечня орфанных заболеваний и лекарственных средств для их лечения.</w:t>
+        <w:t xml:space="preserve"> статьи 177 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок формирования перечня орфанных заболеваний и лекарственных средств для их лечения (далее – орфанные лекарственные средства).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) научная организация в области здравоохранения – национальный центр, научный центр или научно-исследовательский институт, осуществляющие научную, научно-техническую и инновационную деятельность в области здравоохранения, а также медицинскую, фармацевтическую и (или) образовательную деятельность;</w:t>
+      1) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
+      2) орфанные (редкие) заболевания – редкие тяжелые болезни, угрожающие жизни человека или приводящие к инвалидности, частота которых не превышает официально определенного уровня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) орфанные (редкие) заболевания – редкие тяжелые болезни, угрожающие жизни человека или приводящие к инвалидности, частота которых не превышает официально определенного уровня;</w:t>
+      3) рабочий орган – организация здравоохранения, осуществляющая организационно-методическое руководство, координацию, мониторинг и экспертную поддержку в области диагностики, лечения, профилактики и регистрации орфанных (редких) заболеваний на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок формирования перечня орфанных заболеваний</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Для включения заболевания в перечень орфанных заболеваний субъектами здравоохранения, представителями ассоциаций и общественных объединений, физическими и юридическими лицами подаются предложения в уполномоченный орган.</w:t>
+      3. Для включения заболевания в перечень орфанных заболеваний субъектами здравоохранения, представителями ассоциаций и общественных объединений, физическими и юридическими лицами подаются предложения в Рабочий орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Предложения с момента поступления в течение 3 рабочих дней направляются уполномоченным органом в научные организации в области здравоохранения по профилю заболевания и (или) в научную организацию в области здравоохранения, осуществляющую содействие развитию здравоохранения путем проведения исследований, реализации научно-технических, информационных и образовательных программ (далее – Рабочий орган).</w:t>
+      4. Предложения о включении заболевания в перечень орфанных заболеваний рассматриваются комиссией Рабочего органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. В научных организациях в области здравоохранения предложения о включении заболевания в перечень орфанных заболеваний рассматриваются комиссией.</w:t>
+      Комиссия создается приказом руководителя Рабочего органа, в состав которой входят председатель, члены комиссии (не менее трех профильных специалистов, в том числе внештатные специалисты в области здравоохранения) и секретарь.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия создается приказом руководителя научной организации в области здравоохранения, в состав которой входят председатель, члены комиссии (не менее трех профильных специалистов, в том числе внештатные специалисты в области здравоохранения) и секретарь.</w:t>
+      Председатель избирается из числа членов комиссии путем голосования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Председатель избирается из числа членов комиссии путем голосования.</w:t>
+      5. Комиссия с момента поступления предложений проводит анализ по предлагаемым заболеваниям в срок не более 30 (тридцати) рабочих дней, включающий следующую информацию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Комиссия по предлагаемым заболеваниям проводит анализ, включающий следующую информацию: </w:t>
+      1) общее описание болезни или состояния; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) общее описание болезни или состояния; </w:t>
+        <w:t>
+      2) код в соответствии с Международной классификацией болезней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) код в соответствии с Международной классификацией болезней (далее - МКБ);</w:t>
+      3) описание этиологии и симптоматики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) описание этиологии и симптоматики;</w:t>
+      4) распространенность орфанного заболевания, рассчитанная на основании статистических данных Республики Казахстан и (или) международных статистических данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) распространенность орфанного заболевания, рассчитанная на основании статистических данных Республики Казахстан и (или) международных статистических данных;</w:t>
+      5) обоснование тяжести или инвалидизирующего характера заболевания, основанное на объективной и количественной медицинской или эпидемиологической информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) обоснование тяжести или инвалидизирующего характера заболевания, основанное на объективной и количественной медицинской или эпидемиологической информации;</w:t>
+      6) обоснование угрожающего жизни характера болезни или состояния, основанное на показателях смертности и продолжительности жизни.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) обоснование угрожающего жизни характера болезни или состояния, основанное на показателях смертности и продолжительности жизни.</w:t>
+      6. Заключение комиссии оформляется протоколом, который содержит наименование медицинской организации, дату проведения заседания, список присутствующих членов, перечень обсуждаемых вопросов, решение и его обоснование.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. Заключение комиссии оформляется протоколом, который содержит наименование медицинской организации, дату проведения заседания, список присутствующих членов, перечень обсуждаемых вопросов, решение и его обоснование.</w:t>
+        <w:t xml:space="preserve">
+      Заключение комиссии направляется в уполномоченный орган для рассмотрения на заседании Объединенной комиссии по качеству медицинских услуг (далее – ОКК), формируемой в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заключение комиссии направляется в уполномоченный орган для рассмотрения на заседании Объединенной комиссии по качеству медицинских услуг, формируемой в соответствии со статьей 15 Кодекса (далее – ОКК).</w:t>
+      7. Уполномоченным органом решение о включении заболевания в перечень орфанных заболеваний принимается при наличии положительной рекомендации ОКК, соответствии подпункту 1) и одним из подпунктов 2), 3), 4), 5) следующих критериев:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Уполномоченным органом решение о включении заболевания в перечень орфанных заболеваний принимается при наличии положительной рекомендаций ОКК и соответствии подпункту 1) и одним из подпунктов 2), 3), 4), 5) следующих критериев:</w:t>
+      1) распространенность в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) распространенность в Республике Казахстан;</w:t>
+      2) необходимость в систематическом лечении, для проведения которого имеются разработанные и зарегистрированные на территории Республики Казахстан лекарственные средства (курабельные пациенты);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) необходимость в систематическом лечении, для проведения которого имеются разработанные и зарегистрированные на территории Республики Казахстан лекарственные средства (курабельные пациенты);</w:t>
+      3) необходимость в систематическом лечении с применением лекарственных средств, которые разработаны и имеются в мире, но не зарегистрированы к применению на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) необходимость в систематическом лечении с применением лекарственных средств, которые разработаны и имеются в мире, но не зарегистрированы к применению на территории Республики Казахстан;</w:t>
+      4) наличие заболеваний, для лечения которых в мире отсутствуют разработанные лекарственные средства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) наличие заболеваний, для лечения которых в мире отсутствуют разработанные лекарственные средства;</w:t>
+      5) необходимость оказания паллиативной медицинской помощи в связи с отсутствием радикальной терапии (инкурабельные пациенты).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) необходимость оказания паллиативной медицинской помощи в связи с отсутствием радикальной терапии (инкурабельные пациенты).</w:t>
+      Распространенность в Республике Казахстан не более 10 случаев на 100 тысяч населения в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Распространенность в Республике Казахстан не более 50 случаев на 100 тысяч населения в Республике Казахстан.</w:t>
+      8. Пересмотр перечня орфанных заболеваний проводится один раз в год и (или) при появлении новых достоверных случаев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      9. Пересмотр перечня орфанных заболеваний проводится один раз в три года и (или) при появлении новых достоверных случаев.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок формирования перечня лекарственных средств для лечения орфанных заболеваний</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок формирования перечня лекарственных средств для лечения орфанных заболеваний</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Для включения лекарственных препаратов в перечень орфанных лекарственных средств, субъектами обращения лекарственных средств, представителями организаций производителей лекарственных средств, субъектами здравоохранения, представителями ассоциаций и общественных объединений, физическими и юридическими лицами подаются предложения в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Для включения лекарственных препаратов в перечень орфанных лекарственных средств субъектами обращения лекарственных средств, представителями организаций производителей лекарственных средств, субъектами здравоохранения, представителями ассоциаций и общественных объединений, физическими и юридическими лицами подаются предложения в уполномоченный орган.</w:t>
+      10. Предложения с момента поступления в течение 3 рабочих дней направляются уполномоченным органом в подведомственную организацию уполномоченного органа, в компетенцию которой входят вопросы оценки технологий здравоохранения (далее – Центр).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Предложения с момента поступления в течение 3 рабочих дней направляются уполномоченным органом в Рабочий орган.</w:t>
+      11. Центр с момента поступления предложений проводит анализ предлагаемых лекарственных препаратов с подготовкой заключения, в срок не более 30 (тридцати) рабочих дней, включающего следующую информацию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Рабочий орган проводит анализ предлагаемых лекарственных препаратов с подготовкой заключения, включающего следующую информацию:</w:t>
+        <w:t xml:space="preserve">
+      1) общее описание лекарственного препарата; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) общее описание лекарственного препарата; </w:t>
+        <w:t>
+      2) сведения о регистрации лекарственного препарата на территории Республики Казахстан со статусом орфанного препарата (технологии) или описание причин отсутствия регистрации в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) сведения о регистрации лекарственного препарата на территории Республики Казахстан со статусом орфанного препарата (технологии) или описание причин отсутствия регистрации в Республике Казахстан;</w:t>
+        <w:t xml:space="preserve">
+      3) общее описание орфанного заболевания, включенного в перечень орфанных заболеваний, утвержденный в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 177 Кодекса или более узкого показания в рамках данного орфанного заболевания, при котором предлагается применение лекарственного препарата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 177 Кодекса или более узкого показания в рамках данного орфанного заболевания, при котором предлагается применение лекарственного препарата;</w:t>
+        <w:t>
+      4) детали регуляторного орфанного статуса за рубежом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) детали регуляторного орфанного статуса за рубежом;</w:t>
+        <w:t xml:space="preserve">
+      5) обзор основных клинических исследований; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) обзор основных клинических исследований; </w:t>
+        <w:t>
+      6) сравнение с орфанными технологиями, зарегистрированными в Республике Казахстан с подтверждением значимой клинической или экономической выгоды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) сравнение с орфанными технологиями, зарегистрированными в Республике Казахстан с подтверждением значимой клинической или экономической выгоды.</w:t>
+        <w:t xml:space="preserve">
+      12. Результаты анализа в виде заключения Центра направляются в уполномоченный орган для рассмотрения на заседании Формулярной комиссии (далее – ФК) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществления деятельности формулярной системы, утвержденными приказом Министра здравоохранения Республики Казахстан от 6 апреля 2021 года № ҚР ДСМ - 28 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22513).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 264 Кодекса.</w:t>
+        <w:t>
+      13. Лекарственный препарат включается в перечень орфанных лекарственных средств при наличии положительной рекомендации ФК и соответствии следующим критериям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Лекарственный препарат включается в Перечень орфанных лекарственных средств при наличии положительной рекомендации ФК и соответствии следующим критериям:</w:t>
+      1) лекарственный препарат предназначен для диагностики, профилактики или лечения одного или нескольких орфанных заболеваний согласно утвержденного перечня орфанных заболеваний (на момент подачи предложения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) лекарственный препарат предназначен для диагностики, профилактики или лечения одного или нескольких орфанных заболеваний согласно утвержденного перечня орфанных заболеваний (на момент подачи предложения);</w:t>
+      2) лекарственный препарат зарегистрирован к применению на территории Республики Казахстан со статусом орфанного препарата (технологии) или не зарегистрирован к применению на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) лекарственный препарат зарегистрирован к применению на территории Республики Казахстан со статусом орфанного препарата (технологии) или не зарегистрирован к применению на территории Республики Казахстан;</w:t>
+      3) лекарственный препарат предназначен для пациентов с заболеванием, для которого не существует удовлетворительных методов диагностики, профилактики, лечения или при наличии такого метода, данный лекарственный препарат будет приносить значительно большую пользу пациентам, страдающим таким заболеванием.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) лекарственный препарат предназначен для пациентов с заболеванием, для которого не существует удовлетворительных методов диагностики, профилактики, лечения или при наличии такого метода, данный лекарственный препарат будет приносить значительно большую пользу пациентам, страдающим таким заболеванием.</w:t>
+      14. Пересмотр перечня орфанных лекарственных средств проводится один раз в год и (или) при появлении новых орфанных лекарственных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>