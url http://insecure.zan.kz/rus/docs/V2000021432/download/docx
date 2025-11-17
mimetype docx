--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="55cb6b1" w14:textId="55cb6b1">
+    <w:p w14:paraId="f2b3141" w14:textId="f2b3141">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в приказ Министра охраны окружающей среды Республики Казахстан от 16 октября 2013 года № 313-Ө "Об утверждении Правил движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 13 октября 2020 года № 255. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 октября 2020 года № 21432</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 13 октября 2020 года № 255. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 октября 2020 года № 21432.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1208,137 +1284,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр экологии, геологии и природных ресурсов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1346,214 +1441,246 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Мирзагалиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z37" w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z38" w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство цифрового развития, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">инноваций и аэрокосмической промышленности </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z39" w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство индустрии и </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">инфраструктурного развития </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2221,318 +2348,382 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Заявление о согласовании режима судоходства в запретный для рыболовства </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> нерестовый период, а также в запретных для рыболовства водоемах и (или) участках</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z47" w:id="31"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z47" w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Наименование юридического или фамилия, имя, отчество (при его наличии) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>физического лица ________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии) судоводителя_______________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наименование судна _____________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регистрационный номер судна______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Технические параметры судна (длина, ширина, осадка): </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z48" w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Длина (в метрах) ___________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ширина (в метрах) _______________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Осадка (сантиметрах) ____________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Скорость вращения гребных винтов на судне (обороты/минуты) _______________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тип судна ______________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Марка судна ___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мощность двигателя ____________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цель судоходства _______________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сроки движения с ___________ по ____________20____года </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z49" w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маршрут движения _______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место стоянки _________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер и дата судового билета или судового свидетельства ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z50" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2549,83 +2740,87 @@
         <w:t xml:space="preserve">
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z52" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявления "___" ______________ 20___года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z53" w:id="37"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z53" w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2808,1450 +3003,1495 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>водоемах и (или) участках</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="613"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9206"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Согласование режима судоходства в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Территориальные подразделения Комитета лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 веб-портал "электронного правительства" www. egov. kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) с момента сдачи пакета документов на портал – 2 (два) рабочих дня;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электронная (полностью автоматизированная).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Согласование режима судоходства в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках либо мотивированный отказ.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная (полностью автоматизированная).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается бесплатно физическим и (или) юридическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Услугодатель – с понедельника по пятницу включительно с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 часов до 14.30 часов, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан и статье 5 Закона.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан и статьей 5 Закона, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса мест оказания государственной услуги размещены на портале.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для получения государственной услуги представляется:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заявление о согласовании режима судоходства в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках в форме электронного документа, удостоверенное ЭЦП услугополучателя по форме согласно приложению 2 к настоящим Правилам.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, о судовом билете или судовом свидетельстве услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На портале услугополучателю в "личный кабинет" направляется статус о принятии запроса для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z62" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленным настоящими Правилами;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа по средством "личного кабинета" в портале, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе услугодателя. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4281,55 +4521,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4655,31 +4895,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>