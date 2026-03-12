--- v1 (2025-11-17)
+++ v2 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f2b3141" w14:textId="f2b3141">
+    <w:p w14:paraId="eece8b8" w14:textId="eece8b8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в приказ Министра охраны окружающей среды Республики Казахстан от 16 октября 2013 года № 313-Ө "Об утверждении Правил движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-      </w:r>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 13 октября 2020 года № 255. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 октября 2020 года № 21432. Утратил силу приказом Министра сельского хозяйства Республики Казахстан от 22 октября 2025 года № 384.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 384</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -4513,63 +4515,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4891,35 +4915,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>