--- v0 (2025-10-02)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e9fcdb7" w14:textId="e9fcdb7">
+    <w:p w14:paraId="24bc7d8" w14:textId="24bc7d8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,328 +103,316 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 2 октября 2020 года № 302. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 октября 2020 года № 21364.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" и подпунктом 4) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра сельского хозяйства РК от 18.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...88 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи лицензии для занятия деятельностью в сфере ветеринарии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту ветеринарной, фитосанитарной и пищевой безопасности Министерства сельского хозяйства Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -556,118 +544,118 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Омаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z12" w:id="6"/>
+      <w:bookmarkStart w:name="z12" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z13" w:id="7"/>
+      <w:bookmarkStart w:name="z13" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство цифрового развития, инноваций и</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -797,668 +785,646 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 октября 2020 года № 302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила выдачи лицензии для занятия деятельностью в сфере ветеринарии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила выдачи лицензии для занятия деятельностью в сфере ветеринарии (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон о государственных услугах), подпунктом 4) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях" (далее – Закон о разрешениях и уведомлениях) и определяют порядок выдачи лицензии для занятия деятельностью в сфере ветеринарии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра сельского хозяйства РК от 18.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...88 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) территориальные подразделения ведомства уполномоченного органа в области ветеринарии (далее – территориальное подразделение ведомства) – территориальные подразделения, расположенные на соответствующих административно-территориальных единицах (область, город республиканского значения, столица);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ведомство уполномоченного органа в области ветеринарии – Комитет ветеринарного контроля и надзора Министерства сельского хозяйства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лицензия – разрешение первой категории, выдаваемое лицензиаром физическому или юридическому лицу на осуществление лицензируемого вида деятельности либо подвида лицензируемого вида деятельности, связанного с высоким уровнем опасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подвид лицензируемого вида деятельности – конкретизация соответствующего лицензируемого вида деятельности в рамках одной лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) веб-портал "электронного правительства" (далее – портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) платежный шлюз "электронного правительства" (далее – ПШЭП) – информационная система, автоматизирующая процессы передачи информации о проведении платежей в рамках оказания возмездных услуг, оказываемых в электронной форме; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лицензированию в сфере ветеринарии подлежат следующие виды деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деятельность по производству препаратов ветеринарного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) деятельность по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок выдачи лицензии для занятия деятельностью в сфере ветеринарии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственная услуга "Выдача лицензии для занятия деятельностью в сфере ветеринарии" (далее – государственная услуга) оказывается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выдача лицензии на занятие деятельностью по производству препаратов ветеринарного назначения – ведомством уполномоченного органа в области ветеринарии (далее – услугодатель);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выдача лицензии на занятие деятельностью по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения – местными исполнительными органами областей, городов республиканского значения, столицы (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Перечень основных требований к оказанию государственной услуги "Выдача лицензии для занятия деятельностью в сфере ветеринарии" указан в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z522" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z522" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для получения государственной услуги физическое или юридическое лицо (далее – услугополучатель) направляет услугодателю посредством портала документы, указанные в пункте 8 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z523" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z523" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При сдаче услугополучателем всех необходимых документов через портал – в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z524" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z524" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документе, удостоверяющем личность физического лица, о регистрации (перерегистрации) юридического лица, о регистрации индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, о ветеринарно-санитарном заключении, о лицензии, об оплате в бюджет лицензионного сбора (в случае оплаты через ПШЭП), услугодатель получает из государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z525" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z525" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информационное взаимодействие портала и информационных систем осуществляется согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1477,110 +1443,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Работник канцелярии услугодателя в день поступления осуществляет регистрацию документов, указанных в пункте 8 Перечня, и направляет их руководителю услугодателя, которым назначается ответственный работник.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z526" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z526" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Трудовому</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодексу Республики Казахстан, прием документов и выдача результата оказания государственной услуги осуществляются следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1599,130 +1565,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ответственный работник услугодателя в течение 2 (двух) рабочих дней с момента регистрации документов, указанных в пункте 8 Перечня, проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z527" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z527" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае представления услугополучателем неполного пакета документов, и (или) представления документов с истекшим сроком действия, услугодатель отказывает в приеме заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z528" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z528" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае предоставления услугополучателем полного пакета документов, ответственный работник услугодателя в течение 2 (двух) рабочих дней со дня регистрации документов направляет запрос в соответствующее территориальное подразделение ведомства через портал для получения заключения о соответствии или несоответствии услугополучателя квалификационным требованиям, предъявляемым к деятельности в области ветеринарии, и перечню документов, подтверждающих соответствие им, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 7-1/69 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10898) (далее – квалификационные требования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1741,90 +1707,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Работник территориального подразделения ведомства и (или) работник услугодателя в течение 2 (двух) рабочих дней с момента поступления запроса осуществляет разрешительный контроль соответствия услугополучателя квалификационным требованиям, по результатам которого составляет заключение о соответствии или несоответствии услугополучателя квалификационным требованиям в произвольной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z529" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z529" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение о соответствии или несоответствии услугополучателя квалификационным требованиям подписывается работником территориального подразделения ведомства и (или) работником услугодателя и услугополучателем, и предоставляется услугодателю через портал в форме электронного документа, удостоверенного ЭЦП руководителя территориального подразделения ведомства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1843,51 +1809,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. С момента получения заключения о соответствии услугополучателя квалификационным требованиям ответственный работник услугодателя в течение 1 (одного) рабочего дня оформляет государственную лицензию по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1902,171 +1868,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и (или) приложение к государственной лицензии по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z530" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z530" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований для отказа в выдаче лицензии и (или) приложения к лицензии, ответственный работник услугодателя уведомляет услугополучателя о предварительном решении об отказе в выдаче лицензии и (или) приложения к лицензии, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z531" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z531" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Процедура заслушивания проводится в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z532" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z532" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам заслушивания услугодатель принимает решение о выдаче лицензии и (или) приложения к лицензии либо о мотивированном отказе в оказании государственной услуги по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z533" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z533" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная лицензия и (или) приложение к государственной лицензии или мотивированный отказ в оказании государственной услуги направляются посредством портала в "личный кабинет" услугополучателя в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2085,90 +2051,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Общий срок оказания государственной услуги при выдаче лицензии и (или) приложения к лицензии составляет 5 (пять) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Основания для отказа в оказании государственной услуги по выдаче лицензии и (или) приложения к лицензии указаны в пункте 9 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2187,1666 +2153,1532 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг согласно подпункту 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона о государственных услугах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок переоформления лицензии для занятия деятельностью в сфере ветеринарии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 - в редакции приказа Министра сельского хозяйства РК от 18.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Переоформление лицензии и (или) приложения к лицензии осуществляется в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) изменения фамилии, имени, отчества (при его наличии) физического лица-лицензиата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) перерегистрации индивидуального предпринимателя-лицензиата, изменении его наименования или юридического адреса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) реорганизации юридического лица-лицензиата в формах слияния, преобразования, присоединения юридического лица-лицензиата к другому юридическому лицу, выделения и разделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) изменения наименования и (или) места нахождения юридического лица-лицензиата (в случае указания адреса в лицензии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 33 Закона о разрешениях и уведомлениях, в случае изменения наименования вида и (или) подвида деятельности, для которых введен разрешительный порядок, лицензиат имеет право подать заявление о переоформлении лицензии и (или) приложения к лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Переоформление лицензии и (или) приложения к лицензии не осуществляется в случаях, указанных в подпунктах 2) и 4) части первой настоящего пункта настоящих Правил, если изменения юридического адреса индивидуального предпринимателя-лицензиата, адреса места нахождения юридического лица-лицензиата произошли в связи с изменением наименования населенных пунктов, названия улиц в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 8 декабря 1993 года "Об административно-территориальном устройстве Республики Казахстан". Такие изменения адреса лицензиатов осуществляются посредством интеграции государственных информационных систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Для переоформления лицензии и (или) приложения к лицензии услугополучатель направляет услугодателю посредством портала документы, указанные в пункте 8 Перечня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра сельского хозяйства РК от 24.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. При переоформлении лицензии и (или) приложения к лицензии при реорганизации юридического лица-лицензиата в формах выделения и разделения заявление о переоформлении лицензии и (или) приложения к лицензии подается в течение 30 (тридцати) календарных дней с момента завершения реорганизации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При переоформлении лицензии и (или) приложения к лицензии услугодатель не проверяет соответствие услугополучателя квалификационным требованиям, если иное не установлено законами Республики Казахстан, за исключением переоформления по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> статьи 34 Закона о разрешениях и уведомлениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При переоформлении лицензии и (или) приложения к лицензии ответственный работник услугодателя в течение 3 (трех) рабочих дней с момента подачи документов проверяет полноту и (или) надлежащее оформление представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z534" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае непредставления или ненадлежащего оформления документов, указанных в пункте 8 Перечня, ответственный работник услугодателя готовит мотивированный отказ по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z535" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае предоставления услугополучателем полного пакета документов, ответственный работник услугодателя переоформляет государственную лицензию по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и (или) приложение к государственной лицензии по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...221 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа Министра сельского хозяйства РК от 24.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. В случае реорганизации юридического лица-лицензиата в формах выделения и разделения, ответственный работник услугодателя направляет запрос в соответствующее территориальное подразделение ведомства для получения заключения о соответствии или несоответствии услугополучателя квалификационным требованиям в порядке, предусмотренном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На основании заключения о соответствии или несоответствии услугополучателя квалификационным требованиям ответственный работник услугодателя переоформляет государственную лицензию по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и (или) приложение к государственной лицензии по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо направляет мотивированный отказ по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z536" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок оказания государственной услуги при переоформлении лицензии и (или) приложения к лицензии при реорганизации юридического лица-лицензиата в форме выделения или разделения составляет 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z519" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17-1. При выявлении оснований для отказа в переоформлении лицензии и (или) приложения к лицензии, услугодатель уведомляет услугополучателя о предварительном решении об отказе в переоформлении лицензии и (или) приложения к лицензии, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению, и проводит процедуру заслушивания в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z537" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугодатель принимает решение о переоформлении лицензии и (или) приложения к лицензии либо о мотивированном отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...205 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 17-1 в соответствии с приказом Министра сельского хозяйства РК от 24.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Основания для отказа в оказании государственной услуги при переоформлении лицензии и (или) приложения к лицензии указаны в пункте 9 Перечня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...225 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра сельского хозяйства РК от 24.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. В случае если лицензия и (или) приложение к лицензии были выданы ранее в бумажной форме, услугополучатель по заявлению переводит их в электронный формат и получает электронную форму лицензии и (или) приложения к лицензии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Министра сельского хозяйства РК от 12.03.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок обжалования решений, действий (бездействия) услугодателей и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственной услуги подается на имя руководителя услугодателя, уполномоченного органа в области ветеринарии (далее – уполномоченный орган), в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z538" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае поступления жалобы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 АППК РК, услугодатель направляет ее в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо), не позднее 3 (трех) рабочих дней со дня поступления. Жалоба услугодателем не направляется в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо), в случае принятия в течение 3 (трех) рабочих дней благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра сельского хозяйства РК от 24.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Жалоба услугополучателя в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах подлежит рассмотрению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услугодателем, уполномоченным органом – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Срок рассмотрения жалобы услугодателем, уполномоченным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона о государственных услугах продлевается не более чем 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z520" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z521" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z539" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаи продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причины продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z540" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...94 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра сельского хозяйства РК от 24.01.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Министра сельского хозяйства РК от 24.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
-      </w:r>
-[...358 lines deleted...]
-        <w:t>№ 305</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3919,2425 +3751,2322 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам выдачи</w:t>
+              <w:t>к Правилам выдачи лицензии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лицензии для занятия</w:t>
+              <w:t>для занятия деятельностью</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деятельностью в сфере</w:t>
-[...12 lines deleted...]
-              <w:t>ветеринарии</w:t>
+              <w:t>в сфере ветеринарии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z541" w:id="77"/>
+    <w:bookmarkStart w:name="z541" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача лицензии для занятия деятельностью в сфере ветеринарии"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра сельского хозяйства РК от 24.01.2023 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра сельского хозяйства РК от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 24</w:t>
+        <w:t>№ 305</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...89 lines deleted...]
-2) выдача лицензии на занятие деятельностью по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения – местными исполнительными органами областей, городов Астаны, Алматы и Шымкента (далее – услугодатель).</w:t>
+Наименование государственной услуги: Выдача лицензии для занятия деятельностью в сфере ветеринарии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+1) выдача лицензии на занятие деятельностью по производству препаратов ветеринарного назначения – Комитетом ветеринарного контроля и надзора Министерства сельского хозяйства Республики Казахстан (далее – услугодатель);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) выдача лицензии на занятие деятельностью по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения – местными исполнительными органами областей, городов Астаны, Алматы и Шымкента (далее – услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) при выдаче лицензии и (или) приложения к лицензии, в том числе при переоформлении лицензии и (или) приложения к лицензии в случае реорганизации юридического лица-лицензиата в формах выделения и разделения – 5 (пять) рабочих дней;</w:t>
-[...17 lines deleted...]
-2) при переоформлении лицензии и (или) приложения к лицензии, за исключением переоформления лицензии и (или) приложения к лицензии в случае реорганизации юридического лица-лицензиата в формах выделения и разделения – в течение 3 (трех) рабочих дней.</w:t>
+Веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная).</w:t>
+1) при выдаче лицензии и (или) приложения к лицензии, в том числе при переоформлении лицензии и (или) приложения к лицензии в случае реорганизации юридического лица-лицензиата в формах выделения и разделения – 5 (пять) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) при переоформлении лицензии и (или) приложения к лицензии, за исключением переоформления лицензии и (или) приложения к лицензии в случае реорганизации юридического лица-лицензиата в формах выделения и разделения – в течение 3 (трех) рабочих дней.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выдача государственной лицензии и (или) приложения к государственной лицензии, переоформление государственной лицензии и (или) приложения к государственной лицензии, либо мотивированный отказ.</w:t>
-[...99 lines deleted...]
-              <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+Электронная (частично автоматизированная).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается физическим и юридическим лицам (далее – услугополучатель) на платной основе.</w:t>
-[...91 lines deleted...]
-Оплата лицензионного сбора осуществляется в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
+Выдача государственной лицензии и (или) приложения к государственной лицензии, переоформление государственной лицензии и (или) приложения к государственной лицензии, либо мотивированный отказ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя и объектов информации</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z22" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+Государственная услуга оказывается физическим и юридическим лицам (далее – услугополучатель) на платной основе.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-1) услугодателя – с понедельника по пятницу включительно с 9:00 часов до 18:30 часов, с перерывом на обед с 13:00 часов до 14:30 часов, кроме выходных и праздничных дней согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс);</w:t>
+При оказании государственной услуги в бюджет по месту нахождения услугополучателя уплачивается лицензионный сбор за право занятия отдельными видами деятельности в области ветеринарии, который в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пунктом 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 616 Налогового кодекса Республики Казахстан составляет: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляются следующим рабочим днем).</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) за выдачу лицензии – 6 (шесть) месячных расчетных показателей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) за переоформление лицензии – 10 (десять) процентов от ставки сбора за выдачу лицензии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оплата лицензионного сбора осуществляется в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги </w:t>
+              <w:t>
+График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для получения лицензии и (или) приложения к лицензии:</w:t>
+1) услугодателя – с понедельника по пятницу включительно с 9:00 часов до 17:00 часов, с перерывом на обед с 13:00 часов до 14:30 часов, за исключением выходных и праздничных дней в соответствии с трудовым законодательством Республики Казахстан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящему Перечню в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) услугополучателя;</w:t>
+              <w:t>
+В случае поступления заявления после 17.00 часов, кроме выходных (суббота и воскресенье) и праздничных дней, государственная услуга оказывается следующим рабочим днем;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-2) электронная копия документа, подтверждающего оплату в бюджет лицензионного сбора за право занятия деятельностью в области ветеринарии, за исключением случаев оплаты через ПШЭП;</w:t>
-[...465 lines deleted...]
-Не допускается истребование от услугополучателей документов, которые могут быть получены из информационных систем.</w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после 17:00 часов, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан, прием заявления осуществляются следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+              <w:t xml:space="preserve">
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) занятие видом деятельности запрещено законами Республики Казахстан для данной категории физических или юридических лиц;</w:t>
+Для получения лицензии и (или) приложения к лицензии:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) не внесен лицензионный сбор;</w:t>
+              <w:t xml:space="preserve">
+1) заявление физического лица для получения лицензии и (или) приложения к лицензии по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящему Перечню в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) услугополучатель не соответствует квалификационным требованиям, предъявляемым к деятельности в области ветеринарии, и перечню документов, подтверждающих соответствие им, утвержденным </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 7-1/69 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10898);</w:t>
+заявление юридического лица для получения лицензии и (или) приложения к лицензии по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящему Перечню в форме электронного документа, подписанного ЭЦП услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о приостановлении или запрещении деятельности, или отдельных видов деятельности, подлежащих лицензированию;</w:t>
+2) электронная копия документа, подтверждающего оплату в бюджет лицензионного сбора за право занятия деятельностью в области ветеринарии, за исключением случаев оплаты через ПШЭП;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-5) судом на основании представления судебного исполнителя временно запрещено выдавать услугополучателю-должнику лицензию;</w:t>
+              <w:t xml:space="preserve">
+3) электронная форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по производству препаратов ветеринарного назначения, согласно приложению к квалификационным требованиям и перечню документов, подтверждающих соответствие им, для осуществления деятельности в области ветеринарии по производству препаратов ветеринарного назначения, утвержденным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 7-1/69 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10898) (далее – Приказ); </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-6) установлена недостоверность документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
+              <w:t xml:space="preserve">
+электронная форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, согласно приложению к квалификационным требованиям и перечню документов, подтверждающих соответствие им, для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, утвержденным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основанием для отказа в оказании государственной услуги при переоформлении лицензии и (или) приложения к лицензии является непредставление или ненадлежащее оформление документов.</w:t>
+Для переоформления лицензии и (или) приложения к лицензии, кроме случаев реорганизации юридического лица-лицензиата в формах выделения и разделения:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-В случае реорганизации юридического лица-лицензиата в формах выделения и разделения основаниями для отказа в оказании государственной услуги являются:</w:t>
+              <w:t xml:space="preserve">
+1) заявление физического лица для переоформления лицензии и (или) приложения к лицензии по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящему Перечню в форме электронного документа, подписанного ЭЦП услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) непредставление или ненадлежащее оформление документов, необходимых для переоформления лицензии и (или) приложения к лицензии;</w:t>
+              <w:t xml:space="preserve">
+заявление юридического лица для переоформления лицензии и (или) приложения к лицензии по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящему Перечню в форме электронного документа, подписанного ЭЦП услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) несоответствие услугополучателя квалификационным требованиям;</w:t>
+2) электронная копия документа, подтверждающего уплату лицензионного сбора, за исключением оплаты через ПШЭП (не требуется при переоформлении приложения к лицензии);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) если ранее лицензия и (или) приложение к лицензии были переоформлены на другое юридическое лицо из числа вновь возникших в результате разделения юридических лиц-лицензиатов.</w:t>
+3) электронные копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии и (или) приложения к лицензии, за исключением документов, информация из которых содержится в государственных информационных системах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для переоформления лицензии и (или) приложения к лицензии при реорганизации юридического лица-лицензиата в формах выделения и разделения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) заявление физического лица для переоформления лицензии и (или) приложения к лицензии по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящему Перечню в форме электронного документа, подписанного ЭЦП услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+заявление юридического лица для переоформления лицензии и (или) приложения к лицензии по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящему Перечню в форме электронного документа, подписанного ЭЦП услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа, подтверждающего оплату в бюджет лицензионного сбора, за исключением случаев оплаты через ПШЭП (не требуется при переоформлении приложения к лицензии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронные копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии и (или) приложения к лицензии, за исключением документов, информация из которых содержится в государственных информационных системах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия оформленного в установленном законодательством Республики Казахстан порядке решения о согласии юридического лица, из которого произведено выделение на переоформление лицензии на выделенное юридическое лицо при реорганизации юридического лица-лицензиата в форме выделения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) электронная форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по производству препаратов ветеринарного назначения, согласно приложению к квалификационным требованиям и перечню документов, подтверждающих соответствие им, для осуществления деятельности в области ветеринарии по производству препаратов ветеринарного назначения, утвержденным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+электронная форма сведений, содержащих информацию для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, согласно приложению к квалификационным требованиям и перечню документов, подтверждающих соответствие им, для осуществления деятельности в области ветеринарии по проведению ветеринарно-санитарной экспертизы продукции и сырья животного происхождения, утвержденным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документе, удостоверяющем личность физического лица, о регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя, о ветеринарно-санитарном заключении, о лицензии, об оплате в бюджет лицензионного сбора (в случае оплаты через ПШЭП), услугодатель получает из соответствующих государственных информационных систем через ПШЭП либо электронный документ из сервиса цифровых документов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не допускается истребование от услугополучателей документов, которые могут быть получены из информационных систем.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 (7172) 701 998.</w:t>
+1) занятие видом деятельности запрещено законами Республики Казахстан для данной категории физических или юридических лиц;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контактные телефоны справочных служб по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан: www.gov.kz.</w:t>
+2) не внесен лицензионный сбор;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Условия получения услуги третьими лицами:</w:t>
+              <w:t xml:space="preserve">
+3) услугополучатель не соответствует квалификационным требованиям, предъявляемым к деятельности в области ветеринарии, и перечню документов, подтверждающих соответствие им, утвержденным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электронный запрос третьими лицами, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о приостановлении или запрещении деятельности, или отдельных видов деятельности, подлежащих лицензированию;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+5) судом на основании представления судебного исполнителя временно запрещено выдавать услугополучателю – должнику лицензию;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+6) установлена недостоверность документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основанием для отказа в оказании государственной услуги при переоформлении лицензии и (или) приложения к лицензии является непредставление или ненадлежащее оформление документов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случае реорганизации юридического лица-лицензиата в формах выделения и разделения основаниями для отказа в оказании государственной услуги являются:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) непредставление или ненадлежащее оформление документов, необходимых для переоформления лицензии и (или) приложения к лицензии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоответствие услугополучателя квалификационным требованиям;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) если ранее лицензия и (или) приложение к лицензии были переоформлены на другое юридическое лицо из числа вновь возникших в результате разделения юридических лиц-лицензиатов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о стадии исполнения государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра: 1414, 8 (7172) 701 998.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства сельского хозяйства Республики Казахстан: www.gov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6499,715 +6228,698 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z544" w:id="78"/>
+    <w:bookmarkStart w:name="z73" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление физического лица для получения лицензии и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z545" w:id="79"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z74" w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование лицензиара)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество (при его наличии) физического лица,</w:t>
-[...16 lines deleted...]
-        <w:t>индивидуальный идентификационный номер)</w:t>
+        <w:t>(фамилия, имя, отчество (при его наличии) физического лица, индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Прошу выдать лицензию и (или) приложение к лицензии на осуществление</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать полное наименование вида деятельности и (или) подвида(ов) деятельности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес местожительства физического лица ____________________________</w:t>
-[...118 lines deleted...]
-        <w:t>Банковский счет __________________________________________________</w:t>
+        <w:t>Адрес местожительства физического лица _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер дома/здания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет ____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(номер счета, наименование и местонахождение банка)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________</w:t>
-[...33 lines deleted...]
-        <w:t>улицы, номер дома/здания (стационарного помещения)</w:t>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер дома/здания (стационарного помещения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>все указанные данные являются официальными контактами и на них</w:t>
-[...169 lines deleted...]
-        <w:t>приложения к лицензии.</w:t>
+        <w:t>все указанные данные являются официальными контактами и на них может быть</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>направлена любая информация по вопросам выдачи или отказа в выдаче лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) приложения к лицензии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателю не запрещено судом заниматься лицензируемым видом и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подвидом деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>прилагаемые документы соответствуют действительности и являются действительными;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель согласен на использование персональных данных ограниченного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>доступа, составляющих охраняемую законом тайну, содержащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в информационных системах, при выдаче лицензии и (или) приложения к лицензии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Физическое лицо</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________ ____________________________________</w:t>
+        <w:t>____________________________ _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Дата заполнения: "_" _________ 20__ года</w:t>
+        <w:t>Дата заполнения: "___" _________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7366,171 +7078,171 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z548" w:id="80"/>
+    <w:bookmarkStart w:name="z77" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление юридического лица для получения лицензии и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z549" w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z78" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В __________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+      В _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование лицензиара)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>от __________________________________________________________________</w:t>
-[...50 lines deleted...]
-        <w:t>бизнес-идентификационный номер филиала или представительства иностранного</w:t>
+        <w:t>от _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование, местонахождение, бизнес-идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридического лица (в том числе иностранного юридического лица), бизнес-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер филиала или представительства иностранного</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>юридического лица – в случае отсутствия бизнес-идентификационного номера</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7554,289 +7266,374 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Прошу выдать лицензию и (или) приложение к лицензии на осуществление</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать полное наименование вида деятельности и (или) подвида(ов) деятельности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес юридического лица _____________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>Адрес юридического лица ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(почтовый индекс, страна (для иностранного юридического лица), область, город,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>район, населенный пункт, наименование улицы, номер дома/ здания</w:t>
-[...84 lines deleted...]
-        <w:t>Банковский счет _____________________________________________________</w:t>
+        <w:t>район, населенный пункт, наименование улицы, номер дома/здания (стационарного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес филиала или представительства иностранного юридического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, страна (для иностранного юридического лица), область, город,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>район, населенный пункт, наименование улицы, номер дома/здания (стационарного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет ____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(номер счета, наименование и местонахождение банка)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7945,170 +7742,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подвидом деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>все прилагаемые документы соответствуют действительности</w:t>
-[...16 lines deleted...]
-        <w:t>и являются действительными;</w:t>
+        <w:t>все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>услугополучатель согласен на использование персональных данных ограниченного</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>доступа, составляющих охраняемую законом тайну, содержащихся в информационных</w:t>
-[...67 lines deleted...]
-        <w:t>Руководитель _____________________________ ____________________________________</w:t>
+        <w:t>доступа, составляющих охраняемую законом тайну, содержащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в информационных системах, при выдаче лицензии и (или) приложения к лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________ ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8178,2007 +7941,1099 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к Перечню</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основных требований к оказанию</w:t>
+              <w:t>к Перечню основных требований</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t>к оказанию государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача лицензии</w:t>
+              <w:t>"Выдача лицензии для занятия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для занятия деятельностью</w:t>
-[...12 lines deleted...]
-              <w:t>в сфере ветеринарии"</w:t>
+              <w:t>деятельностью в сфере ветеринарии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z564" w:id="82"/>
+    <w:bookmarkStart w:name="z81" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Форма сведений, содержащих информацию для осуществления деятельности</w:t>
-[...59 lines deleted...]
-      <w:bookmarkStart w:name="z565" w:id="83"/>
+        <w:t xml:space="preserve"> Заявление физического лица для переоформления лицензии и (или) приложения к лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z82" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Сведения о ветеринарно-санитарном заключении о соответствии ветеринарным</w:t>
-[...111 lines deleted...]
-      <w:bookmarkStart w:name="z566" w:id="84"/>
+      В _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) физического лица, индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу переоформить лицензию и (или) приложение к лицензии _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(нужное подчеркнуть) №___ от _________ 20___ года, выданную(ое)(ых)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер(а) лицензии и (или) приложения(й) к лицензии, дата выдачи,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование лицензиара, выдавшего лицензию и (или) приложение(я)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к лицензии) на осуществление ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование вида деятельности и (или) подвида(ов) деятельности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по следующему(им) основанию(ям) (укажите в соответствующей ячейке Х):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) изменения фамилии, имени, отчества (при его наличии) физического</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица-лицензиата _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) перерегистрация индивидуального предпринимателя-лицензиата,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изменение его наименования _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) перерегистрация индивидуального предпринимателя-лицензиата,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изменение его юридического адреса _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) изменение наименования вида деятельности ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) изменение наименования подвида деятельности ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес местожительства физического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы, номер дома/здания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер счета, наименование и местонахождение банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес объекта осуществления деятельности или действий (операций) ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома/здания (стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Наличие технологического, измерительного и испытательного оборудования для</w:t>
-[...1157 lines deleted...]
-      <w:bookmarkStart w:name="z567" w:id="85"/>
+      Настоящим подтверждается, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z84" w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Для юридических лиц: наличие квалифицированного состава руководителей и</w:t>
-[...510 lines deleted...]
-        <w:t>дата выдачи сертификата ___________________________________________________</w:t>
+      все указанные данные являются официальными контактами и на них может</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>быть направлена любая информация по вопросам выдачи или отказа в выдаче</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензии и (или) приложения к лицензии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателю не запрещено судом заниматься лицензируемым видом и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подвидом деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действительными;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель согласен на использование персональных данных ограниченного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>доступа, составляющих охраняемую законом тайну, содержащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в информационных системах, при выдаче лицензии и или) приложения к лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Физическое лицо</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________ _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "__" _________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10271,1589 +9126,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Выдача лицензии для занятия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельностью в сфере ветеринарии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...1537 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11870,821 +9186,979 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
-[...115 lines deleted...]
-              </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z558" w:id="88"/>
+    <w:bookmarkStart w:name="z87" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление физического лица для переоформления лицензии и (или) приложения к лицензии</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z559" w:id="89"/>
+        <w:t xml:space="preserve"> Заявление юридического лица для переоформления лицензии и (или) приложения к лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z88" w:id="91"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В _____________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+      В _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование лицензиара)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>от _____________________________________________________________________</w:t>
-[...152 lines deleted...]
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>от _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование, местонахождение, бизнес-идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридического лица (в том числе иностранного юридического лица), бизнес-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер филиала или представительства иностранного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридического лица – в случае отсутствия бизнес-идентификационного номера</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу переоформить лицензию и (или) приложение(я) к лицензии (нужное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подчеркнуть) №__________ от "___" _________ 20___ года, выданную(ое)(ых)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер(а) лицензии и (или) приложения(й) к лицензии, дата выдачи,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование лицензиара, выдавшего лицензию и (или) приложение(я) к лицензии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на осуществление ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование вида деятельности и (или) подвида(ов) деятельности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по следующему(им) основанию(ям) (укажите в соответствующей ячейке Х):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) изменения фамилии, имени, отчества (при его наличии) физического лица-лицензиата</w:t>
-[...288 lines deleted...]
-        <w:t>Банковский счет _________________________________________________________</w:t>
+        <w:t>1) реорганизация юридического лица-лицензиата в соответствии с порядком,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определенным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и уведомлениях" путем (укажите в соответствующей ячейке Х):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>слияния ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преобразования _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>присоединения __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выделения ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разделения _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) изменение наименования юридического лица-лицензиата ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) изменение места нахождения юридического лица-лицензиата_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) изменение наименования вида деятельности________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) изменение наименования подвида деятельности ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес юридического лица _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>почтовый индекс, страна (для иностранного юридического лица), область,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>город, район, населенный пункт, наименование улицы, номер дома/здания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес филиала или представительства иностранного юридического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, страна (для иностранного юридического лица), область,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>город, район, населенный пункт, наименование улицы, номер дома/здания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(номер счета, наименование и местонахождение банка)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес объекта осуществления деятельности или действий (операций) ___________</w:t>
-[...50 lines deleted...]
-        <w:t>номер дома/здания (стационарного помещения)</w:t>
+        <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы, номер дома/здания (стационарного помещения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12725,1431 +10199,187 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>услугополучателю не запрещено судом заниматься лицензируемым видом и (или)</w:t>
+        <w:t>услугополучатель не запрещено судом заниматься лицензируемым видом и (или)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подвидом деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>услугополучатель согласен на использование персональных данных ограниченного доступа,</w:t>
-[...50 lines deleted...]
-        <w:t>Физическое лицо</w:t>
+        <w:t>услугополучатель согласен на использование персональных данных ограниченного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>доступа, составляющих охраняемую законом тайну, содержащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в информационных системах, при выдаче лицензии и (или) приложения к лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________ _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
-[...1243 lines deleted...]
-        <w:t>(электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
+        <w:t>электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата заполнения: "__" _________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -16411,55 +12641,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>