--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b6e76d1" w14:textId="b6e76d1">
+    <w:p w14:paraId="f7f2551" w14:textId="f7f2551">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,392 +93,495 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении перечня социально значимых заболеваний</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра здравоохранения Республики Казахстан от 23 сентября 2020 года № ҚР ДСМ-108/2020. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 сентября 2020 года № 21263</w:t>
+        <w:t>Приказ Министра здравоохранения Республики Казахстан от 23 сентября 2020 года № ҚР ДСМ-108/2020. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 сентября 2020 года № 21263.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 1 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции приказа Министра здравоохранения РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Признать утратившими силу некоторые приказы Министра здравоохранения и социального развития Республики Казахстан и Министра здравоохранения Республики Казахстан согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 158</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 1 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Департаменту организации медицинской помощи Министерства здравоохранения Республики Казахстан в установленном законодательством порядке Республики Казахстан обеспечить:</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить Перечень социально значимых заболеваний согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+        <w:t xml:space="preserve">
+      2. Признать утратившими силу некоторые приказы Министра здравоохранения и социального развития Республики Казахстан и Министра здравоохранения Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан после его официального опубликования;</w:t>
+      3. Департаменту организации медицинской помощи Министерства здравоохранения Республики Казахстан в установленном законодательством порядке Республики Казахстан обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан предоставление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан предоставление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр здравоохранения </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -634,1635 +737,1720 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 сентября 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-108/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Перечень предусматривается в редакции приказа Министра здравоохранения РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень социально значимых заболеваний</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="441"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="11574"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
        №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заболевания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коды международной классификации болезней 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туберкулез</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A15-A19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Болезнь, вызванная вирусом иммунодефицита человека (ВИЧ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 B20-B24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хронические вирусные гепатиты и цирроз печени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В18.0, В18.1, В18.2, В18.8, В19, К74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Злокачественные новообразования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С00-97; D00-09; D37-48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сахарный диабет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 E10-E14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Психические, поведенческие расстройства (заболевания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 F00-F99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Детский церебральный паралич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 G80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Острый инфаркт миокарда (первые 6 месяцев)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I21, I22, I23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ревматизм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I00-I02; I05-I09; M12.3; M35.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Системные поражения соединительной ткани</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 M30-M36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дегенеративные болезни нервной системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 G30-G32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Демиелинизирующие болезни центральной нервной системы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 G35-G37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орфанные заболевания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2402,242 +2590,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 сентября 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-108/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень приказов Министра здравоохранения и социального развития Республики Казахстан и Министра здравоохранения Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально значимых заболеваний и заболеваний, представляющих опасность для окружающих" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11512, опубликован 15 июля 2015 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 3 июля 2017 года № 451 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально значимых заболеваний и заболеваний, представляющих опасность для окружающих" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 15417, опубликован 15 августа 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 31 января 2020 года № ҚР ДСМ-7/2020 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально значимых заболеваний и заболеваний, представляющих опасность для окружающих" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19966, опубликован 4 февраля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>