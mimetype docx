--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f7f2551" w14:textId="f7f2551">
+    <w:p w14:paraId="81c1104" w14:textId="81c1104">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,368 +102,346 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра здравоохранения Республики Казахстан от 23 сентября 2020 года № ҚР ДСМ-108/2020. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 сентября 2020 года № 21263.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 158) пункта 1 статьи 1 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра здравоохранения РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить Перечень социально значимых заболеваний согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 1 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+      2. Признать утратившими силу некоторые приказы Министра здравоохранения и социального развития Республики Казахстан и Министра здравоохранения Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>
+      3. Департаменту организации медицинской помощи Министерства здравоохранения Республики Казахстан в установленном законодательством порядке Республики Казахстан обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Департаменту организации медицинской помощи Министерства здравоохранения Республики Казахстан в установленном законодательством порядке Республики Казахстан обеспечить:</w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан предоставление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан после его официального опубликования;</w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан предоставление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -666,222 +644,170 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Министра</w:t>
+              <w:t xml:space="preserve">Министра здравоохранения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>здравоохранения</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
-[...12 lines deleted...]
-              <w:t>от 23 сентября 2020 года</w:t>
+              <w:t xml:space="preserve">от 23 сентября 2020 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-108/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень социально значимых заболеваний</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Перечень - в редакции приказа Министра здравоохранения РК от 21.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...55 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -895,51 +821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-       №</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1419,51 +1345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С00-97; D00-09; D37-48</w:t>
+С00-C97; D00- D 09; D37- D48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1496,87 +1422,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сахарный диабет</w:t>
-[...35 lines deleted...]
-E10-E14</w:t>
+Психические, поведенческие расстройства (заболевания)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+F00-F99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1609,87 +1535,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психические, поведенческие расстройства (заболевания)</w:t>
-[...35 lines deleted...]
-F00-F99</w:t>
+Острый инфаркт миокарда (первые 6 месяцев)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I21, I22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1722,87 +1648,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Детский церебральный паралич</w:t>
-[...35 lines deleted...]
-G80</w:t>
+Орфанные заболевания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В55, D56, D56.0-D56.2, D56.4, D57, D57.0-D57.2, D59.5, D61.9, D69.3, D76.0, D80-D84, Е53.1, E74.0, E75.2, E76.0-E76.2, E80.2, E83.0, Е84.8, E85.0, Е88.0, G12.2, G35, G40.4, G93.4, J84, J84.0, J84.1, J84.8, J84.9, I27.0, K50, K51, L10, L13.0, M08.2, М30.3, М31.3, M31.4, М31.8, М32.1, М33, М33.2, M35.2, Q78.0, Q80, Q81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1835,87 +1761,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Острый инфаркт миокарда (первые 6 месяцев)</w:t>
-[...35 lines deleted...]
-I21, I22, I23</w:t>
+Дегенеративные болезни нервной системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G30-G32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1948,200 +1874,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ревматизм</w:t>
-[...35 lines deleted...]
-I00-I02; I05-I09; M12.3; M35.3</w:t>
+Демиелинизирующие болезни центральной нервной системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G35-G37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...72 lines deleted...]
-M30-M36</w:t>
+              <w:t xml:space="preserve">
+10. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эпилепсия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2174,318 +2100,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дегенеративные болезни нервной системы</w:t>
-[...261 lines deleted...]
-В55, D56, D56.0-D56.2, D56.4, D57, D57.0-D57.2, D59.5, D61.9, D69.3, D76.0, D80-D84, Е53.1, E74.0, E75.2, E76.0-E76.2, E80.2, E83.0, Е84.8, E85.0, Е88.0, G12.2, G35, G40.4, G93.4, J84, J84.0, J84.1, J84.8, J84.9, I27.0, K50, K51, L10, L13.0, M08.2, М30.3, М31.3, M31.4, М 31.8, М32.1, М33, М33.2, M35.2, Q78.0, Q80, Q81.</w:t>
+Цереброваскулярные болезни (инсульты) (в течение 1 года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I60- I64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2590,242 +2321,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 сентября 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-108/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень приказов Министра здравоохранения и социального развития Республики Казахстан и Министра здравоохранения Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально значимых заболеваний и заболеваний, представляющих опасность для окружающих" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11512, опубликован 15 июля 2015 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 3 июля 2017 года № 451 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально значимых заболеваний и заболеваний, представляющих опасность для окружающих" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 15417, опубликован 15 августа 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 31 января 2020 года № ҚР ДСМ-7/2020 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально значимых заболеваний и заболеваний, представляющих опасность для окружающих" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19966, опубликован 4 февраля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>