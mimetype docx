--- v0 (2025-10-01)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8af4d56" w14:textId="8af4d56">
+    <w:p w14:paraId="4f93194" w14:textId="4f93194">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1458,50 +1458,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оригинал справки банка или филиала банка, в котором обслуживается потенциальный поставщик, за подписью уполномоченного лица и печатью об отсутствии просроченной задолженности по всем видам обязательств потенциального поставщика, длящейся более трех месяцев предшествующих дате выдачи справки, перед банком или филиалом банка (в случае, если потенциальный поставщик является клиентом нескольких банков второго уровня или филиалов, а также иностранного банка, данная справка представляется от каждого из таких банков). Справка должна быть выдана не ранее одного месяца, предшествующего дате вскрытия конвертов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 6) предусматривается в редакции приказа Министра юстиции РК от 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 525</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) справка установленной формы соответствующего органа государственного дохода об отсутствии налоговой задолженности и задолженности по обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям более чем за три месяца (за исключением случаев, когда срок уплаты отсрочен в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4743,55 +4821,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>