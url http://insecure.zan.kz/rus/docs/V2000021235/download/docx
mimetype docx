--- v1 (2026-01-01)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4f93194" w14:textId="4f93194">
+    <w:p w14:paraId="8d58fc9" w14:textId="8d58fc9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1441,844 +1441,812 @@
         <w:t>
       4) нотариально засвидетельствованную копию свидетельства или заверенную печатью потенциального поставщика справку о государственной регистрации (перерегистрации) юридического лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оригинал справки банка или филиала банка, в котором обслуживается потенциальный поставщик, за подписью уполномоченного лица и печатью об отсутствии просроченной задолженности по всем видам обязательств потенциального поставщика, длящейся более трех месяцев предшествующих дате выдачи справки, перед банком или филиалом банка (в случае, если потенциальный поставщик является клиентом нескольких банков второго уровня или филиалов, а также иностранного банка, данная справка представляется от каждого из таких банков). Справка должна быть выдана не ранее одного месяца, предшествующего дате вскрытия конвертов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) справка установленной формы соответствующего органа государственного дохода об отсутствии налоговой задолженности и задолженности по обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям более чем за три месяца (за исключением случаев, когда срок уплаты отсрочен в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Кодексом</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+        <w:t>Налоговым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан от 18 июля 2025 года), либо о наличии налоговой задолженности и задолженности по обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям менее одного тенге, выданной не ранее одного месяца, предшествующего дате вскрытия конвертов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) техническую спецификацию с указанием работ, оказания услуг, предоставления гарантий качества к обслуживанию товара, к расходам, выполнения работ, оказания услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) доверенность лицу (лицам), представляющему интересы потенциального поставщика, за исключением первого руководителя потенциального поставщика, имеющего право подписи без доверенности, в соответствии с уставом потенциального поставщика, на право подписания заявления на участие в выборе ЕЭТП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) иные документы, подтверждающие возможность эффективного функционирования ЕЭТП (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменением, внесенным приказом Министра юстиции РК от 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 525</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Вскрытие конвертов с предложениями на участие в выборе ЕЭТП проводится комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Вскрытию подлежат конверты с предложениями на участие в выборе ЕЭТП, представленные в сроки, указанные в объявлении. Протокол о вскрытии конвертов с предложениями на участие в выборе ЕЭТП по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписывается и полистно парафируется всеми присутствующими на заседании членами комиссии, а также секретарем комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Не позднее двух рабочих дней, следующих за днем указанного заседания комиссии, опубликовывается на сайте Республиканской палаты текст подписанного протокола вскрытия конвертов с предложениями на участие в выборе ЕЭТП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Комиссия в случае выявления потенциальных поставщиков, которые не соответствуют требованиям, предоставляет таким потенциальным поставщикам право для приведения в соответствие предложений на участие в выборе ЕЭТП в течение трех рабочих дней со дня опубликования протокола предварительного допуска к участию в выборе ЕЭТП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В случае соответствия потенциальных поставщиков требованиям к ЕЭТП и наличии представляемых документов протокол предварительного допуска к участию в выборе ЕЭТП не оформляется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Комиссия рассматривает предложения на участие в выборе ЕЭТП и принимает решение о допуске потенциальных поставщиков к участию в выборе ЕЭТП в течение пяти календарных дней со дня вскрытия конвертов с предложениями на участие в выборе ЕЭТП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Протокол о допуске к участию в выборе ЕЭТП по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписывается, полистно парафируется всеми присутствующими на заседании членами комиссии, а также секретарем комиссии не позднее двух рабочих дней со дня принятия решения о допуске потенциальных поставщиков к участию в выборе ЕЭТП. К протоколу о допуске к участию в выборе ЕЭТП прилагается экспертное заключение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Секретарь комиссии не позднее одного рабочего дня со дня вскрытия конвертов с предложениями на участие в выборе ЕЭТП:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) согласовывает с председателем комиссии дату и время проведения заседания комиссии по рассмотрению предложений на участие в выборе ЕЭТП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уведомляет членов комиссии о дате и времени проведения заседания комиссии по рассмотрению предложений на участие в выборе ЕЭТП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) представляет на рассмотрение комиссии документы, подтверждающие соответствие потенциального поставщика требованиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Члены комиссии, обеспечивают сохранность документов, предложений потенциальных поставщиков во время их рассмотрения до возврата их секретарю комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Комиссия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рассматривает на предмет полноты и надлежащего оформления пакеты документов, составляющие предложения потенциальных поставщиков на участие в выборе ЕЭТП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет потенциальных поставщиков, представивших неполный перечень документов и (или) представивших ненадлежащим образом оформленные документы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в письменной форме запрашивает у потенциальных поставщиков, представивших предложения на участие в конкурсе, материалы и разъяснения в связи с их предложениями с тем, чтобы облегчить рассмотрение, оценку и сопоставление предложений на участие в выборе ЕЭТП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) с целью уточнения сведений, содержащихся в предложениях на участие в выборе ЕЭТП, в письменной форме запрашивает необходимую информацию у соответствующих государственных органов, физических и юридических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускаются запросы и иные действия комиссии, связанные с приведением предложений на участие в выборе ЕЭТП в соответствие с требованиями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Под приведением предложений на участие в выборе ЕЭТП в соответствие с требованиями понимаются действия комиссии, направленные на дополнение предложений, на участие в выборе ЕЭТП недостающими документами, замены документов, представленных в заявке на участие, приведение в соответствие путем исправления ненадлежащим образом оформленных документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) определяет потенциальных поставщиков, которые соответствуют требованиям ЕЭТП, и признает их участниками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В целях уточнения соответствия потенциальных поставщиков требованиям в части их непричастности к процедуре банкротства и (или) отсутствия неисполненных обязательств по исполнительным документам, и не включенных в соответствующий реестр должников, комиссия рассматривает информацию, размещенную на интернет-ресурсе уполномоченного органа, осуществляющего контроль за проведением процедур банкротства, и на интернет-ресурсе уполномоченного органа в сфере обеспечения исполнения исполнительных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. В случае отсутствия предложений от потенциальных поставщиков либо несоответствия предложений потенциальных поставщиков требованиям к ЕЭТП, осуществляется повторный выбор ЕЭТП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участие в выборе одного потенциального поставщика не препятствует проведению выбора ЕЭТП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. По рассматриваемым вопросам комиссия принимает соответствующее решение большинством голосов ее членов, участвующих в заседании. Члены комиссии, присутствовавшие на заседании комиссии и несогласные с принятым решением, в письменном виде излагают свое особое мнение, которое приобщается к протоколу, о чем в протоколе делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Протокол об итогах выбора ЕЭТП по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписывается председателем и всеми присутствующими на заседании членами комиссии, а также секретарем комиссии не позднее тридцати календарных дней с момента вскрытия предложений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Оператором ЕЭТП плата за осуществление деятельности ЕЭТП при реализации арестованного имущества с государственных и частных судебных исполнителей не взимается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Решение комиссии о выборе ЕЭТП, оформленное соответствующим протоколом, является основанием для заключения договора между территориальными органами юстиции, частными судебными исполнителями и оператором ЕЭТП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2357,137 +2325,137 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>единой электронной торговой площадки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по реализации арестованного имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Протокол о вскрытии конвертов с предложениями на участие в выборе </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         единой электронной торговой площадки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z82" w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________                   ____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (Место вскрытия)                               (Время и дата)  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z83" w:id="75"/>
+      <w:bookmarkStart w:name="z83" w:id="76"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Комиссия по выбору единой электронной торговой площадки в составе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2518,118 +2486,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">произвела процедуру вскрытия конвертов с предложениями на участие в выборе единой электронной торговой площадки.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z84" w:id="76"/>
+      <w:bookmarkStart w:name="z84" w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Пакет документов представлен следующими потенциальными поставщиками: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование, адрес всех потенциальных поставщиков) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z85" w:id="77"/>
+      <w:bookmarkStart w:name="z85" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Предложения на участие в выборе единой электронной торговой площадки </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">следующих потенциальных поставщиков__________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2677,64 +2645,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> возвращены невскрытыми на основании: _________________________________________.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z86" w:id="78"/>
+      <w:bookmarkStart w:name="z86" w:id="79"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Предложения на участие в выборе единой электронной торговой площадки </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>следующих потенциальных поставщиков, представивших их в установленные сроки, до</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2918,64 +2886,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">единой электронной торговой площадки.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z87" w:id="79"/>
+      <w:bookmarkStart w:name="z87" w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. При вскрытии предложений присутствовали следующие потенциальные поставщики: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3139,125 +3107,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>единой электронной торговой площадки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по реализации арестованного имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Протокол о допуске к участию в выборе единой электронной торговой площадки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z90" w:id="82"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________             _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (Местонахождение)                               (Время и дата)  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z91" w:id="82"/>
+      <w:bookmarkStart w:name="z91" w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Комиссия по выбору единой электронной торговой площадки в составе:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3288,118 +3256,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z92" w:id="83"/>
+      <w:bookmarkStart w:name="z92" w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Информация о привлечении экспертов, представленных ими заключений по  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">соответствию предложенных потенциальными поставщиками предложений участие в выборе  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">единой электронной торговой площадки, работ, услуг технической спецификации.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z93" w:id="84"/>
+      <w:bookmarkStart w:name="z93" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Предложения на участие в выборе единой электронной торговой площадки </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">следующих потенциальных поставщиков, представивших их в установленные сроки до  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3532,64 +3500,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">информация) оглашены всем присутствующим в заседании комиссии.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z94" w:id="85"/>
+      <w:bookmarkStart w:name="z94" w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Отклоненные предложения на участие в выборе единой электронной торговой площадки:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3603,64 +3571,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">предложения на участие, которых отклонены, а также причины отклонения). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z95" w:id="86"/>
+      <w:bookmarkStart w:name="z95" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Предложения потенциальных поставщиков, которые соответствуют требованиям к</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>единой электронной торговой площадке___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3674,118 +3642,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Комиссия по результатам рассмотрения предложений на участие в выборе единой электронной торговой площадки РЕШИЛА:  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z96" w:id="87"/>
+      <w:bookmarkStart w:name="z96" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Допустить к участию в выборе ЕЭТП следующих потенциальных поставщиков: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (указать перечень потенциальных поставщиков допущенных к участию в выборе).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z97" w:id="88"/>
+      <w:bookmarkStart w:name="z97" w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Не допустить к участию в выборе единой электронной торговой площадки </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">следующих потенциальных поставщиков </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3799,198 +3767,198 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (указать перечень потенциальных поставщиков, не допущенных к участию в выборе).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z98" w:id="89"/>
+      <w:bookmarkStart w:name="z98" w:id="90"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Назначить заседание комиссии по выбору единой электронной торговой площадки на: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">______________________________________________________________________________.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (указать день, время, место заседания комиссии).  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Разместить текст данного протокола на сайте Республиканской палаты частных судебных исполнителей.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       За данное решение проголосовали:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       За - ______ голосов (фамилия, имя, отчество (при его наличии) членов комиссии);  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Против - ________ голосов (фамилия, имя, отчество (при его наличии) членов комиссии).  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилии, имя, отчество (при его наличии), подписи председателя, членов и секретаря  комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4069,162 +4037,162 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>единой электронной торговой площадки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по реализации арестованного имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Протокол об итогах выбора единой электронной торговой площадки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z106" w:id="97"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________             ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (Местонахождение)                                     (Время и дата)  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z107" w:id="97"/>
+      <w:bookmarkStart w:name="z107" w:id="98"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Конкурсная комиссия в составе: ___________________________________________.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 (перечислить состав комиссии)  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z108" w:id="98"/>
+      <w:bookmarkStart w:name="z108" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Следующие предложения на участие в выборе единой электронной торговой  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">площадки были допущены:______________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4255,118 +4223,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">потенциальных поставщиков, допущенных к участию в соответствии с протоколом о  допуске).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z109" w:id="99"/>
+      <w:bookmarkStart w:name="z109" w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Конверты с предложениями потенциальных поставщиков: _____________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (указываются наименования потенциальных поставщиков предложения, которые не</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">были приняты в связи с представлением по истечении окончательного времени для их рассмотрения).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z110" w:id="100"/>
+      <w:bookmarkStart w:name="z110" w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Предложения участников, представивших предложения до истечения времени для рассмотрения их комиссией: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4448,64 +4416,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">выборе единой электронной торговой площадки).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z111" w:id="101"/>
+      <w:bookmarkStart w:name="z111" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Отклоненные предложения на участие в выборе единой электронной торговой </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">площадки: ____________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4519,101 +4487,101 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">участие которых отклонены, а также причины отклонения).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z112" w:id="102"/>
+      <w:bookmarkStart w:name="z112" w:id="103"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссия по результатам рассмотрения предложений на участие в выборе единой  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">электронной торговой площадки РЕШИЛА:  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z113" w:id="103"/>
+      <w:bookmarkStart w:name="z113" w:id="104"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) выбрать единую электронную торговую площадку __________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4661,215 +4629,215 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (указать соответствующую причину)  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z114" w:id="104"/>
+      <w:bookmarkStart w:name="z114" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Разместить текст данного протокола на сайте Республиканской палаты частных </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">судебных исполнителей.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       За данное решение проголосовали:  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       За - ______ голосов (фамилия, имя, отчество (при его наличии) членов комиссии);  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z117" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Против - ______ голосов (фамилия, имя, отчество (при его наличии) членов комиссии). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилии, имя, отчество (при его наличии), подписи председателя, членов и секретаря комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>