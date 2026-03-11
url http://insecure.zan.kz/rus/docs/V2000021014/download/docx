--- v0 (2025-10-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9350b59" w14:textId="9350b59">
+    <w:p w14:paraId="cf33ef7" w14:textId="cf33ef7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в некоторые постановления Правления Национального Банка Республики Казахстан по вопросам осуществления валютных операций в Республике Казахстан и представления отчетности страховыми (перестраховочными) организациями</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правления Национального Банка Республики Казахстан от 20 июля 2020 года № 93. Зарегистрировано в Министерстве юстиции Республики Казахстан 24 июля 2020 года № 21014</w:t>
+        <w:t>Постановление Правления Национального Банка Республики Казахстан от 20 июля 2020 года № 93. Зарегистрировано в Министерстве юстиции Республики Казахстан 24 июля 2020 года № 21014.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с законами Республики Казахстан от 30 марта 1995 года "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -388,1744 +388,455 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Национального</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Банка Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Досаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...442 lines deleted...]
-</w:t>
+        <w:t>Агентство Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...278 lines deleted...]
-</w:t>
+        <w:t>по регулированию и развитию</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...278 lines deleted...]
-</w:t>
+        <w:t>финансового рынка</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> изложить в редакции согласно приложению 1 к Перечню некоторых постановлений Правления Национального Банка Республики Казахстан, в которые вносятся изменения и дополнения по вопросам осуществления валютных операций в Республике Казахстан и представления отчетности страховыми (перестраховочными) организациями (далее – Перечень);</w:t>
+      <w:bookmarkStart w:name="z15" w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>Министерство иностранных дел</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...158 lines deleted...]
-</w:t>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> изложить в редакции согласно приложению 3 к Перечню.</w:t>
+      <w:bookmarkStart w:name="z16" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...119 lines deleted...]
-</w:t>
+        <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> изложить в редакции согласно приложению 5 к Перечню.</w:t>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z17" w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комитет по статистике</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерства национальной экономики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2161,3008 +872,1291 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к Перечню</w:t>
+              <w:t>Приложение к постановлению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>некоторых постановлений</w:t>
+              <w:t>Правления Национального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Правления Национального</w:t>
+              <w:t>Банка Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Банка Республики Казахстан,</w:t>
-[...285 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>от 20 июля 2020 года № 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Форма, предназначенная для сбора административных данных</w:t>
+        <w:t xml:space="preserve"> Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>некоторых постановлений Правления Национального Банка Республики Казахстан, в которые вносятся изменения и дополнения по вопросам осуществления валютных операций в Республике Казахстан и представления отчетности страховыми (перестраховочными) организациями</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 марта 2019 года № 40 "Об утверждении Правил осуществления валютных операций в Республике Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 18512, опубликовано 22 апреля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующие изменения и дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществления валютных операций в Республике Казахстан, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 9-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "9.1. По валютным операциям, связанным с услугами перестрахования в иностранной валюте от участников Международного финансового центра "Астана", страховые (перестраховочные) организации Республики Казахстан представляют в Национальный Банк в том числе отчет о перестраховочной деятельности по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к постановлению Правления Национального Банка от 31 декабря 2019 года № 275 "Об утверждении перечня, форм, сроков представления отчетности страховой (перестраховочной) организацией и страховым брокером и Правил ее представления", зарегистрированному в Реестре государственной регистрации нормативных правовых актов под № 19927.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">                         интернет-ресурсе: www.nationalbank.kz</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Юридические лица-резиденты (за исключением уполномоченных банков) покупают в одном уполномоченном банке в один рабочий день безналичную иностранную валюту за национальную валюту на цели, не связанные с исполнением обязательств в иностранной валюте, в сумме, не превышающей пятидесяти тысяч долларов США в эквиваленте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К целям, не связанным с исполнением обязательств в иностранной валюте, относятся перевод иностранной валюты на собственные счета в иностранных банках, безвозмездные переводы денег в иностранной валюте, а также зачисление и (или) перевод иностранной валюты на собственные счета в уполномоченных банках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. При оформлении заявки на покупку безналичной иностранной валюты за национальную валюту на сумму, превышающую пятьдесят тысяч долларов США в эквиваленте, юридическое лицо-резидент (за исключением уполномоченного банка) указывает цель покупки, а также прилагает к заявке копию валютного договора и счет либо иной документ на оплату, во исполнение которого покупается безналичная иностранная валюта. При этом к заявке на покупку безналичной иностранной валюты за национальную валюту юридическим лицом-резидентом (за исключением уполномоченного банка) прилагается указание уполномоченному банку в случае еҰ неиспользования в течение десяти рабочих дней со дня покупки на заявленные цели продать данную валюту за национальную валюту в течение последующих трех рабочих дней, за исключением случаев, предусмотренных пунктом 20-1 Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Не допускается использование безналичной иностранной валюты, купленной в соответствии с настоящим пунктом Правил, на цели, не связанные с исполнением обязательств в иностранной валюте, за исключением случая, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если на валютный договор распространяется требование получения учетного номера, то представляется копия валютного договора с отметкой о присвоении учетного номера, или копией регистрационного свидетельства, или копией свидетельства об уведомлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Покупка уполномоченными организациями безналичной иностранной валюты за национальную валюту у уполномоченного банка осуществляется на основании действительной лицензии на обменные операции с наличной иностранной валютой и действительного приложения (действительных приложений) к ней.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 20-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "20-1. При покупке юридическим лицом-резидентом (за исключением уполномоченного банка) безналичной иностранной валюты на цели выплаты чистого дохода или его части, распределяемого данным юридическим лицом-резидентом между его акционерами, учредителями, участниками, представление уполномоченному банку указания, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При покупке юридическим лицом-резидентом (за исключением уполномоченного банка) в соответствии с пунктом 20 Правил безналичной иностранной валюты на цели погашения обязательств в иностранной валюте перед нерезидентом Республики Казахстан по полученным внешним займам, сумма валютного договора по которым превышает сто миллионов долларов США в эквиваленте, и облигациям, выпущенным в иностранной валюте, номинальная сумма, согласно проспекту выпуска по которым превышает сто миллионов долларов США в эквиваленте, и по которым исполнение обязательств наступает в течение девяноста календарных дней со дня покупки безналичной иностранной валюты, юридическим лицом-резидентом прилагаются заявление на открытие отдельного банковского счета в соответствующей иностранной валюте, указание уполномоченному банку зачислить купленную безналичную иностранную валюту на отдельный банковский счет в иностранной валюте, указание уполномоченному банку в случае еҰ неиспользования в течение девяноста календарных дней со дня покупки на заявленные цели продать данную валюту за национальную валюту в течение последующих трех рабочих дней, а также документы, подтверждающие сумму и сроки исполнения обязательств (кредитный договор и график платежей, иные документы). Уполномоченный банк зачисляет купленную юридическим лицом-резидентом безналичную иностранную валюту на отдельный банковский счет и обеспечивает ее использование юридическим лицом-резидентом исключительно на заявленные цели.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">                          Карточка по нарушению № _______</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...52 lines deleted...]
-        <w:t>Срок представления: ежемесячно, в срок до последнего числа месяца, следующего за отчетным</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...2353 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Наименование____________________ Адрес__________________________</w:t>
+      "21. При исполнении заявки юридического лица-резидента (за исключением уполномоченного банка) на покупку безналичной иностранной валюты за национальную валюту на сумму, превышающую пятьдесят тысяч долларов США в эквиваленте, уполномоченный банк сверяет указанные в заявке цели покупки и сумму иностранной валюты с валютным договором и счетом либо иным документом на оплату, подтверждающими цель и сумму покупки безналичной иностранной валюты, а также с имеющимися сведениями о ранее осуществленных в соответствии с Правилами покупках безналичной иностранной валюты за национальную валюту на основании данного валютного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается превышение общей суммы покупок безналичной иностранной валюты за национальную валюту по валютному договору над суммой валютного договора. Общая сумма покупок безналичной иностранной валюты за национальную валюту по валютному договору рассчитывается на основании заявок юридического лица-резидента и (или) информации других уполномоченных банков об осуществленных покупках иностранной валюты в рамках данного валютного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Допускается использование безналичной иностранной валюты, приобретенной в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, на цели, связанные с исполнением обязательств в иностранной валюте по другому валютному договору, за исключением случаев, предусмотренных пунктом 20-1 Правил, при представлении юридическим лицом-резидентом (за исключением уполномоченного банка) в уполномоченный банк дополнительной заявки, оформленной в соответствии с частью первой пункта 20 Правил, к ранее оформленной заявке, согласно которой приобретена безналичная иностранная валюта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При переводе юридическим лицом-резидентом (за исключением уполномоченного банка) ранее приобретенной в соответствии с пунктом 20 Правил безналичной иностранной валюты на собственный счет в другом уполномоченном банке в целях исполнения обязательств в иностранной валюте по валютному договору, уполномоченный банк одновременно с переводом денег направляет другому уполномоченному банку информацию о ранее приобретенной в соответствии с пунктом 20 Правил безналичной иностранной валюте для осуществления дальнейшего валютного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Уполномоченный банк отказывает в исполнении заявки юридического лица-резидента (за исключением уполномоченного банка) на покупку безналичной иностранной валюты за национальную валюту, оформленной не в соответствии с пунктами 19, 20, 20-1 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил, а также, если:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сумма покупок безналичной иностранной валюты за национальную валюту по одному валютному договору, рассчитанная на основании заявок юридического лица-резидента и (или) информации других уполномоченных банков об осуществленных покупках иностранной валюты, превышает сумму такого валютного договора и счета либо иного документа на оплату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сумма покупок безналичной иностранной валюты за национальную валюту одним юридическим лицом-резидентом через один уполномоченный банк в один рабочий день на цели, не связанные с исполнением обязательств в иностранной валюте, рассчитанная на основании заявок юридического лица-резидента, превышает пятьдесят тысяч долларов США в эквиваленте.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в редакции согласно приложению 1 к Перечню некоторых постановлений Правления Национального Банка Республики Казахстан, в которые вносятся изменения и дополнения по вопросам осуществления валютных операций в Республике Казахстан и представления отчетности страховыми (перестраховочными) организациями (далее – Перечень);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в редакции согласно приложению 2 к Перечню.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 10 апреля 2019 года № 64 "Об утверждении Правил мониторинга валютных операций в Республике Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 18544, опубликовано 25 апреля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть первую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "34. Уполномоченный банк ежемесячно до 18 (восемнадцатого) числа (включительно) месяца, следующего за отчетным периодом, представляет в центральный аппарат Национального Банка отчет о проведенных валютных операциях по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам, включающий в том числе проведенные по поручению клиента валютные операции, сумма которых равна или превышает 50 000 (пятьдесят тысяч) долларов США в эквиваленте, а также информацию о покупке и продаже по поручению клиента иностранной валюты независимо от суммы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложение 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в редакции согласно приложению 3 к Перечню.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утратил силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Телефон_________________________________________________________</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Утратил силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес электронной почты__________________________________________</w:t>
-[...77 lines deleted...]
-        <w:t>Дата "____" ______________ 20__ года</w:t>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5196,407 +2190,2928 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к форме</w:t>
+              <w:t>Приложение 1 к Перечню</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Карточка по нарушению"</w:t>
+              <w:t>некоторых постановлений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правления Национального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банка Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в которые вносятся изменения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и дополнения по вопросам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления валютных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>операций в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республике Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и представления отчетности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>страховыми</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(перестраховочными)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1 к постановлению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правления Национального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банка Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 марта 2019 года № 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
-[...23 lines deleted...]
-        <w:t>(индекс – KN1, периодичность – ежемесячная)</w:t>
+        <w:t xml:space="preserve">              Форма, предназначенная для сбора административных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z56" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:t xml:space="preserve">              Представляется: в Национальный Банк Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Форма административных данных размещена на официальном</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         интернет-ресурсе: www.nationalbank.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          Карточка по нарушению № _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z58" w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящее пояснение определяет требования по заполнению формы, предназначенной для сбора административных данных "Карточка по нарушению" (далее – Форма).</w:t>
+      Индекс формы административных данных: KN1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 2 июля 2018 года "О валютном регулировании и валютном контроле".</w:t>
+        <w:t>Периодичность: ежемесячная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Информация представляется в случаях, указанных в пункте 8 Правил.</w:t>
+        <w:t>Отчетный период: за ________ месяц ________ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. В строке с кодом 11 указывается фамилия, имя, отчество (при наличии) физического лица либо наименование юридического лица или филиала (представительства) юридического лица.</w:t>
+        <w:t>Круг лиц, представляющих информацию: уполномоченный банк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. В строке с кодом 16 указываются первые 2 цифры кода области согласно государственному классификатору Республики Казахстан ГК РК 11-2009 "Классификатор административно-территориальных объектов".</w:t>
+        <w:t>Срок представления: ежемесячно, в срок до последнего числа месяца, следующего за отчетным</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код строки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по нарушению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по клиенту банка:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование (для юридических лиц или филиалов (представительств) юридических лиц), ФИО (для физических лиц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН (для юридических лиц или филиалов (представительств) юридических лиц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН (для физических лиц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z59" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+признак клиента:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 – юридическое лицо, 2 – физическое лицо,  3 – филиал (представительство) юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+место постоянного проживания (нахождения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+код области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по валютной операции:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+валюта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по нарушению:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вид</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+описание нарушения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+номер валютного договора (указывается без пробелов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата валютного договора (в формате ДД/ММ/ГГГГ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учетный номер (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+иная информация по валютному договору (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дополнительные сведения по нарушению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z60" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Строки с кодами 21, 22, 23 не заполняются для случаев нарушения сроков представления документов или информации.</w:t>
+      Наименование____________________ Адрес__________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. В строке с кодом 21 указывается дата проведения валютной операции с нарушением валютного законодательства.</w:t>
+        <w:t>      Телефон_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8. В строке с кодом 22 указывается сумма валютной операции, проведенной с нарушением валютного законодательства, в тысячах единиц валюты операции.</w:t>
+        <w:t>Адрес электронной почты__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. В строке с кодом 23 указывается буквенное обозначение кода валюты по валютной операции, проведенной с нарушением валютного законодательства, в соответствии с национальным классификатором Республики Казахстан НК РК 07 ISO 4217-2012 "Коды для обозначения валют и фондов".</w:t>
+        <w:t>Исполнитель ______________________________________ ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10. В строке с кодом 31 указывается вид нарушения в текстовом и (или) числовом формате.</w:t>
+        <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z75" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11. В строке с кодом 32 приводится краткое описание нарушения в текстовом формате.</w:t>
+        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Строки с кодами 34, 35, 36 заполняются при наличии валютного договора по валютной операции, проведенной с нарушением валютного законодательства.</w:t>
+        <w:t>______________________________________ _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата "____" ______________ 20__ года</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5630,3126 +5145,3415 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Перечню</w:t>
+              <w:t>Приложение к форме</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>некоторых постановлений</w:t>
-[...311 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>"Карточка по нарушению"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                          Сведения о валютной операции</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Карточка по нарушению</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(индекс – KN1, периодичность – ежемесячная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z63" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      1. Настоящее пояснение определяет требования по заполнению формы, предназначенной для сбора административных данных "Карточка по нарушению" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Форма разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 2 июля 2018 года "О валютном регулировании и валютном контроле".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Заполнение Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Информация представляется в случаях, указанных в пункте 8 Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В строке с кодом 11 указывается фамилия, имя, отчество (при наличии) физического лица либо наименование юридического лица или филиала (представительства) юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В строке с кодом 16 указываются первые 2 цифры кода области согласно государственному классификатору Республики Казахстан ГК РК 11-2009 "Классификатор административно-территориальных объектов".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Строки с кодами 21, 22, 23 не заполняются для случаев нарушения сроков представления документов или информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В строке с кодом 21 указывается дата проведения валютной операции с нарушением валютного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В строке с кодом 22 указывается сумма валютной операции, проведенной с нарушением валютного законодательства, в тысячах единиц валюты операции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В строке с кодом 23 указывается буквенное обозначение кода валюты по валютной операции, проведенной с нарушением валютного законодательства, в соответствии с национальным классификатором Республики Казахстан НК РК 07 ISO 4217-2012 "Коды для обозначения валют и фондов".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В строке с кодом 31 указывается вид нарушения в текстовом и (или) числовом формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В строке с кодом 32 приводится краткое описание нарушения в текстовом формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Строки с кодами 34, 35, 36 заполняются при наличии валютного договора по валютной операции, проведенной с нарушением валютного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Перечню</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>некоторых постановлений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правления Национального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банка Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в которые вносятся изменения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и дополнения по вопросам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления валютных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>операций в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республике Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и представления отчетности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>страховыми</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(перестраховочными)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к постановлению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правления Национального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банка Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 марта 2019 года № 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          Сведения о валютной операции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z81" w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Код уполномоченного банка _____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер платежного документа _____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1480"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код строки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код валютной операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак платежа (перевода денег) ("1" – внутрикорпоративный перевод денег; "0" – иной платеж (перевод денег))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информация об отправителе и бенефициаре платежа и (или) перевода денег, указанных в платежном документе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код страны резидентства отправителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код страны резидентства бенефициара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информация о валютном договоре:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер (наименование, при наличии) договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учетный номер договора (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иная информация по валютному договору (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информация об отправителе денег по валютному договору (заполняется в случае несовпадения с отправителем денег, указанным в платежном документе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак резидентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при наличии) физического лица Наименование юридического лица, его филиала (представительства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН или БИН (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код сектора экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код страны резидентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информация о получателе денег по валютному договору (заполняется в случае несовпадения с бенефициаром, указанным в платежном документе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак резидентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при наличии) физического лица Наименование юридического лица, его филиала (представительства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН или БИН (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код сектора экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10396" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код страны резидентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -8819,304 +8623,304 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Сведения о валютной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>операции"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения о валютной операции"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z84" w:id="64"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z84" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z85" w:id="65"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z85" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение (далее – Пояснение) определяет требования по заполнению формы "Сведения о валютной операции" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z86" w:id="66"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z86" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 2 июля 2018 года "О валютном регулировании и валютном контроле".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z87" w:id="67"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z87" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма заполняется как приложение к соответствующему платежному документу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z88" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Заполнение Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z89" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Строки 01, 02, 11, 12 заполняются клиентами-резидентами и нерезидентами. Строки 21, 22, 23, 24, 31, 32, 33, 34, 35, 41, 42, 43, 44, 45 заполняются только резидентами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z90" w:id="70"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z90" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Строка 01 заполняется в соответствии с таблицей кодов валютных операций, являющейся приложением к Пояснению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z91" w:id="71"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z91" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В строках 11, 12, 35, 45 указывается двузначный код страны резидентства в соответствии с национальным классификатором Республики Казахстан НК РК 06 ISO 3166-1-2016 "Коды для представления названий стран и единиц их административно-территориальных подразделений. Часть 1. Коды стран".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z92" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Страна резидентства – страна регистрации юридического лица, структурного подразделения юридического лица или страна постоянного проживания физического лица (на основе гражданства или права, предоставленного в соответствии с законодательством Республики Казахстан или иностранного государства).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z93" w:id="73"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z93" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Строки 31, 34, 41, 44 заполняются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> применения кодов секторов экономики и назначения платежей, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 203 "Об утверждении Правил применения кодов секторов экономики и назначения платежей", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14365.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9260,129 +9064,130 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таблица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коды валютных операций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1910"/>
-        <w:gridCol w:w="10390"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коды валютных операций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9505,318 +9310,318 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.1 платежи за товары:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи за товары, ввозимые на территорию Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи за товары, вывозимые с территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи за товары, приобретенные или проданные на территории Республики Казахстан и без их вывоза за пределы Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9855,318 +9660,318 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.2 платежи за работы и услуги:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи за работы или услуги, выполненные или оказанные нерезидентом резиденту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи за работы или услуги, выполненные или оказанные резидентом нерезиденту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи за работы или услуги, оказываемые резидентом резиденту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10205,164 +10010,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.3 операции с электронными деньгами</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 операции с электронными деньгами, эмитентом которых является резидент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10401,241 +10206,241 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.4 иные платежи:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сопутствующие платежи по договорам на поставку товаров, выполнение работ, оказание услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 возврат ошибочно перечисленных сумм, а также оплаты за непредставленные товары, не оказанные услуги, невыполненные работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10716,318 +10521,318 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.1. приобретение права собственности, включая долевое участие в жилищном строительстве, полностью исключительного права на объекты интеллектуальной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приобретение права собственности на недвижимость, за исключением имущества, приравненного к недвижимости, непроизведенные нефинансовые активы (земля, ее недра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приобретение права собственности на имущество, приравненное к недвижимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приобретение полностью исключительного права на объекты интеллектуальной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11066,395 +10871,395 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.2. текущая аренда (включая право недропользования), частичное приобретение исключительного права</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аренда недвижимости, за исключением имущества, приравненного к недвижимости, непроизведенных нефинансовых активов (земли, ее недр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аренда имущества, приравненного к недвижимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1223</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аренда оборудования и транспортных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1224</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приобретение частично исключительного права на объекты интеллектуальной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1225</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11493,241 +11298,241 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.3. финансовый лизинг или аренда с последующим выкупом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1231</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аренда недвижимости, за исключением имущества, приравненного к недвижимости, с последующим выкупом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 финансовый лизинг имущества, приравненного к недвижимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1233</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11766,87 +11571,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.4. иные платежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1241</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11927,164 +11732,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.1. займы, инструменты участия в капитале, ценные бумаги, производные финансовые инструменты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1311</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи по финансовым инструментам: займам (выдача и погашение), инструментам участия в капитале (формирование уставного капитала, покупка, продажа), ценным бумагам (покупка, продажа, погашение) и выплата доходов по ним (вознаграждение, дивиденды, распределенная прибыль)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1312</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12123,164 +11928,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.2. в рамках договоров на брокерское обслуживание, инвестиционное управление портфелем (если нет возможности определения финансового инструмента)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1321</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 операции по договорам, заключенным с брокером, управляющей компанией - резидентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1322</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12319,164 +12124,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.3. доверительное управление имуществом, трасты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1331</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 операции по договорам, заключенным с доверительным управляющим - резидентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1332</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12515,164 +12320,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.4. исполнение обязательств участника совместной деятельности (за исключением операций, включенных в разделы 1, 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1341</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 операции по договорам, предусматривающим осуществление совместной деятельности на территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1342</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12711,87 +12516,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.5. иные платежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1351</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12872,703 +12677,703 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.1. по собственным счетам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1411</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 перевод денег на собственный счет (с собственного счета) в другом банке-резиденте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1412</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 перевод денег с (на) собственного (собственный) счета (счет) в иностранном банке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1413</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 снятие наличной иностранной валюты со счета в банке-резиденте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 внесение наличной иностранной валюты для пополнения счета в банке-резиденте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 покупка банком иностранной валюты от клиента за национальную валюту, за исключением операции, предусмотренной кодом 1419</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1416</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 продажа банком иностранной валюты клиенту за национальную валюту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1417</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 покупка (продажа) банком иностранной валюты от клиента (клиенту) за другую иностранную валюту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1418</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 покупка/продажа иных валютных ценностей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1419</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13607,472 +13412,472 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.2. платежи и (или) переводы денег в пользу третьих лиц (государственных органов, других организаций или физических лиц)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 безвозмездные переводы денег, безвозмездная финансовая помощь, членские взносы и прочие платежи и (или) переводы денег в пользу третьих лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1422</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 внесение наличной иностранной валюты для пополнения счета третьего лица в банке-резиденте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1423</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи с использованием платежной карты (если операция иначе не классифицируется)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1424</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оплата пошлин, налогов, штрафов, судебных решений и тому подобное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1425</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выплата пенсий, заработной платы, командировочных расходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1426</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14111,87 +13916,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.3. сопутствующие платежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1431</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14272,164 +14077,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21. Покупка валютных ценностей от клиентов (за исключением наличной иностранной валюты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 покупка чеков, векселей, других платежных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14468,164 +14273,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22. Продажа валютных ценностей клиентам (за исключением наличной иностранной валюты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 продажа чеков, векселей, других платежных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2202</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14664,164 +14469,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23. Платежи и (или) переводы денег без открытия счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2301</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платеж и (или) перевод денег на территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2302</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10390" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15221,69 +15026,69 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="75"/>
+    <w:bookmarkStart w:name="z100" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Форма, предназначенная для сбора административных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z101" w:id="76"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z101" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Представляется: в центральный аппарат</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -15292,4659 +15097,4457 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             Форма административных данных размещена на официальном</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         интернет-ресурсе: www.nationalbank.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z102" w:id="77"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z102" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о проведенных валютных операциях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z103" w:id="78"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z103" w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы административных данных: ПР-9</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Периодичность: ежемесячная</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Отчетный период: _______ месяц ____ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Круг лиц, представляющих информацию: уполномоченный банк</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Срок представления: до 18 (восемнадцатого) числа (включительно) месяца, следующего</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за отчетным периодом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бизнес-идентификационный номер (далее – БИН) уполномоченного банка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Реквизиты валютного договора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер валютного договора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата валютного договора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учетный номер валютного договора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z104" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Отправитель денег по платежному документу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование или фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН, индивидуальный идентификационный номер (далее – ИИН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Признак резидентства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код сектора экономики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z105" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Бенефициар по платежному документу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование или фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН, ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Признак резидентства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код сектора экономики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z106" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-1. Реквизиты валютного договора</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Информация о валютной операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Учетный номер валютного договора</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код валютной операции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код назначения платежа (КНП)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма в тысячах единиц валюты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код валюты платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Признак платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Признак внутрикорпоративного перевода денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Признак операции, связанной с выводом денег</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1.3</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="79"/>
+    <w:bookmarkStart w:name="z107" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3330"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1790"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-2. Отправитель денег по платежному документу</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Информация об организации (банке) контрагента по валютной операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3330" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идентификационный код организации (банка) (БИК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код страны</w:t>
-            </w:r>
-[...70 lines deleted...]
-Код сектора экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3330" w:type="dxa"/>
-[...173 lines deleted...]
-2.5</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3330" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="80"/>
+    <w:bookmarkStart w:name="z108" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3906"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2099"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Бенефициар по платежному документу</w:t>
+6. Отправитель денег по валютному договору</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3906" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование или фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН, ИИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код страны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак резидентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2099" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код сектора экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3906" w:type="dxa"/>
-[...173 lines deleted...]
-3.5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3906" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="81"/>
+    <w:bookmarkStart w:name="z109" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1489"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1720"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...29 lines deleted...]
-4. Информация о валютной операции</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Получатель денег по валютному договору</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1489" w:type="dxa"/>
-[...281 lines deleted...]
-Признак операции, связанной с выводом денег</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование или фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН, ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Признак резидентства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код сектора экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1489" w:type="dxa"/>
-[...281 lines deleted...]
-4.8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1489" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="82"/>
+    <w:bookmarkStart w:name="z110" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-      </w:tblPr>
-[...1736 lines deleted...]
-        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19969,196 +19572,221 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z111" w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование ______________________ Адрес______________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Телефон _______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес электронной почты ________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Исполнитель _________________________________ ________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       фамилия, имя, отчество (при наличии) подпись, телефон</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее обязанности</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________ ________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при наличии) подпись, телефон</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата "___" _____________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20224,1034 +19852,1034 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Отчет о проведенных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>валютных операциях"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="87"/>
+    <w:bookmarkStart w:name="z113" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Отчет о проведенных валютных операциях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z114" w:id="88"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z114" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (индекс – ПР – 9, периодичность – ежемесячная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z115" w:id="89"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z115" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z116" w:id="90"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z116" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных, "Отчет о проведенных валютных операциях" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z117" w:id="91"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z117" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 2 июля 2018 года "О валютном регулировании и валютном контроле" (далее – Закон о валютном регулировании и валютном контроле).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z118" w:id="92"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z118" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма представляется уполномоченным банком ежемесячно и включает информацию о проведенных им валютных операциях, в том числе по поручению клиента валютные операции, сумма которых равна или превышает 50 000 (пятьдесят тысяч) долларов США в эквиваленте, а также информацию о покупке и продаже по поручению клиента иностранной валюты независимо от суммы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z119" w:id="93"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z119" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Руководитель или главный бухгалтер и исполнитель подписывают Форму с указанием фамилии, имени, отчества (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z120" w:id="94"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z120" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Заполнение Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z121" w:id="95"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z121" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В Форму включается информация по валютным операциям за отчетный период на сумму, равную или превышающую 50 000 (пятьдесят тысяч) долларов Соединенных Штатов Америки в эквиваленте, за исключением валютных операций по покупке и продаже по поручению клиента иностранной валюты, которые включаются в отчет независимо от суммы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z122" w:id="96"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z122" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В Форму не включается информация по валютным операциям участников Международного финансового центра "Астана", совершаемых на его территории, а также по покупке (продаже) наличной иностранной валюты через обменные пункты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z123" w:id="97"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z123" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Валютные операции отражаются в Форме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z124" w:id="98"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z124" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по платежам и (или) переводам денег по поручениям клиентов (в том числе осуществленным с использованием платежных карточек) – на дату зачисления денег на банковский счет клиента в уполномоченном банке (списания денег с банковского счета клиента в уполномоченном банке);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z125" w:id="99"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z125" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по собственным платежам и (или) переводам денег уполномоченного банка – на дату зачисления денег на корреспондентский счет уполномоченного банка (списания денег с корреспондентского счета уполномоченного банка);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z126" w:id="100"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z126" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по другим валютным операциям – на дату совершения операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z127" w:id="101"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z127" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация по платежам и (или) переводам денег по валютным операциям, осуществленным с использованием платежных карточек, исправляется уполномоченным банком по мере получения информации о таких платежах и (или) переводах денег от резидента или нерезидента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z128" w:id="102"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z128" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Части 1, 6 и 7 Формы заполняются в случае проведения валютных операций на основании валютного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z129" w:id="103"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z129" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В части 1 Формы указываются реквизиты валютного договора. Графа 1.3 заполняется, если валютному договору присвоен учетный номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z130" w:id="104"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z130" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В частях 2 и 3 Формы указывается информация об отправителе денег и бенефициаре в соответствии с платежным документом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z131" w:id="105"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z131" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графах 2.3, 3.3 указывается двухбуквенный код страны регистрации (для юридического лица, филиала (представительства) юридического лица) или страны постоянного проживания (для физического лица на основании гражданства или права, предоставленного в соответствии с законодательством Республики Казахстан или иностранного государства) отправителя денег, бенефициара в соответствии с национальным классификатором Республики Казахстан НК РК 06 ISO 3166-1-2016 "Коды для представления названий стран и единиц их административно-территориальных подразделений. Часть 1. Коды стран".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z132" w:id="106"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z132" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Графы 2.4, 2.5, 3.4, 3.5 заполняются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> применения кодов секторов экономики и назначения платежей, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 203 "Об утверждении Правил применения кодов секторов экономики и назначения платежей", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14365, (далее – Правила применения кодов секторов экономики и назначения платежей).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z133" w:id="107"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z133" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении (снятии) наличных денег с банковского счета в частях 2 и 3 заполняется информация о владельце счета, за исключением случаев внесения наличных денег третьим лицом на банковский счет физического лица. При внесении наличных денег третьим лицом на банковский счет физического лица в части 2 заполняется информация о лице, которое вносит деньги, в части 3 – о владельце счета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z134" w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z134" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При продаже уполномоченным банком иностранной валюты, чеков, векселей, других платежных документов или иных валютных ценностей в части 2 Формы отражается информация об уполномоченном банке, в части 3 Формы – о клиенте-покупателе. При покупке уполномоченным банком иностранной валюты, чеков, векселей, других платежных документов или иных валютных ценностей в части 2 Формы отражается информация о клиенте-продавце, в части 3 Формы – об уполномоченном банке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z135" w:id="109"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z135" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В части 4 Формы указывается информация о валютной операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z136" w:id="110"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z136" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Графа 4.2 заполняется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам осуществления валютных операций в Республике Казахстан, утвержденным постановлением Правления Национального Банка Республики Казахстан от 30 марта 2019 года № 40 "Об утверждении Правил осуществления валютных операций в Республике Казахстан", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 18512.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z137" w:id="111"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z137" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Графа 4.3 заполняется в соответствии с Правилами применения кодов секторов экономики и назначения платежей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z138" w:id="112"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z138" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе 4.5 указывается трехзначный буквенный код валюты в соответствии с национальным классификатором Республики Казахстан НК РК 07 ISO 4217-2012 "Коды для обозначения валют и фондов".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z139" w:id="113"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z139" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе 4.6 указывается "01" – для отправленных платежей или перевода денег, операции по снятию наличной иностранной валюты или продаже уполномоченным банком иностранной валюты, чеков, векселей, других платежных документов или иных валютных ценностей, "02" – для входящих платежей или перевода денег, операции по зачислению наличной иностранной валюты или покупке уполномоченным банком иностранной валюты, чеков, векселей, других платежных документов или иных валютных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z140" w:id="114"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z140" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе 4.7 указывается "1", если платеж и (или) перевод денег осуществляется между юридическим лицом и его структурными подразделениями или между структурными подразделениями одного юридического лица, в остальных случаях указывается "0".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z141" w:id="115"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z141" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Графа 4.8 заполняется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 21 Закона о валютном регулировании и валютном контроле следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z142" w:id="116"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z142" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1" – финансовый заем, предусматривающий предоставление нерезидентом денег резиденту (за исключением уполномоченного банка), если условиями соответствующего валютного договора не предусмотрено осуществление перевода денег, подлежащих получению от нерезидента, на банковские счета резидента в уполномоченных банках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z143" w:id="117"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z143" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2" – финансовый заем, предусматривающий возникновение у резидента (за исключением уполномоченного банка) требований к нерезиденту по возврату денег, если условиями соответствующего валютного договора не предусмотрено осуществление перевода денег, подлежащих получению от нерезидента, на банковские счета резидента в уполномоченных банках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z144" w:id="118"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z144" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3" – финансовый заем, предусматривающий предоставление резидентом денег нерезиденту, не являющемуся аффилированным лицом, на срок свыше 720 (семисот двадцати) дней без выплаты вознаграждения за пользование предметом финансового займа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z145" w:id="119"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z145" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4" – операции по экспорту, если условиями соответствующего валютного договора предусмотрено, что срок исполнения обязательств по оплате экспорта нерезидентом превышает 720 (семьсот двадцать) дней с даты исполнения обязательств резидентом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z146" w:id="120"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z146" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5" – операции по оплате импорта, если условиями соответствующего валютного договора предусмотрено, что срок исполнения обязательств по возврату денег (авансового платежа или полной предоплаты) нерезидентом в случае неисполнения нерезидентом своих обязательств по импорту превышает 720 (семьсот двадцать) дней с даты исполнения обязательств резидентом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z147" w:id="121"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z147" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "0" – в остальных случаях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z148" w:id="122"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z148" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По признаку "5" под сроком исполнения обязательств понимается срок исполнения обязательств нерезидентом по возврату денег (авансового платежа или полной предоплаты) в случае непоставки товара (неоказания услуги, невыполнения работы). Если условиями валютного договора отдельный срок для возврата денег в случае непоставки товара (неоказания услуги, невыполнения работы) не предусмотрен, то под сроком исполнения обязательств понимается срок поставки товара (оказания услуги, выполнения работы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z149" w:id="123"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z149" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В части 5 Формы указывается информация об организации (банке) контрагента по валютной операции - организации (банке) отправителя денег для полученных платежей и (или) переводов денег, организации (банке) бенефициара для отправленных платежей и (или) переводов денег. По внутрибанковским валютным операциям указывается информация об отчитывающемся уполномоченном банке. При отсутствии в документах, на основании которых проводится платеж и (или) перевод денег, информации об организации (банке) отправителя денег часть 5 не заполняется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z150" w:id="124"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z150" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графе 5.3 указывается двухбуквенный код страны организации (банка) отправителя денег или бенефициара в соответствии с национальным классификатором Республики Казахстан НК РК 06 ISO 3166-1-2016 "Коды для представления названий стран и единиц их административно-территориальных подразделений. Часть 1. Коды стран". Для внутрибанковских валютных операций указывается код "KZ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z151" w:id="125"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z151" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В частях 6 и 7 Формы указываются сведения об отправителе денег или получателе денег по валютному договору. Если отправитель (получатель) денег по валютному договору совпадает с отправителем денег (бенефициаром) по платежному документу, то в части 6 (7) заполняется информация аналогично части 2 (3) Формы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z152" w:id="126"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z152" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В графах 6.3. и 7.3 указывается двухбуквенный код страны регистрации (для юридического лица, филиала (представительства) юридического лица) или страны постоянного проживания (для физического лица на основании гражданства или права, предоставленного в соответствии с законодательством Республики Казахстан или иностранного государства) отправителя или получателя денег по валютному договору в соответствии с национальным классификатором Республики Казахстан НК РК 06 ISO 3166-1-2016 "Коды для представления названий стран и единиц их административно-территориальных подразделений. Часть 1. Коды стран".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z153" w:id="127"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z153" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Графы 6.4, 6.5, 7.4, 7.5 заполняются в соответствии с Правилами применения кодов секторов экономики и назначения платежей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z154" w:id="128"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z154" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В части 8 Формы указывается дополнительная информация, не включенная в части 1, 2, 3, 4, 5, 6 и 7 Формы: информация об объекте инвестирования, эмитенте ценных бумаг, стране объекта недвижимости, особые условия платежа, дата зачисления денег на счет хранения указаний отправителя по валютному законодательству.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z155" w:id="129"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z155" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Отсутствие уточняющей информации в части 8 Формы не является нарушением. Включение в Форму валютных операций на сумму менее установленного порогового значения не является нарушением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z156" w:id="130"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z156" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В случае отсутствия информации за отчетный период Форма представляется с нулевыми значениями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z157" w:id="131"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z157" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Корректировки (изменения, дополнения) в Форму вносятся в течение 6 (шести) месяцев после установленного пунктом 34 Правил мониторинга валютных операций в Республике Казахстан срока представления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21447,68 +21075,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(перестраховочными)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организациями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z159" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Таблица 2. Сумма увеличения минимального размера маржи платежеспособности страховой (перестраховочной) организации</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21542,11658 +21190,304 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(в тысячах тенге)</w:t>
+              <w:t>Приложение 5 к Перечню</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>некоторых постановлений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правления Национального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банка Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в которые вносятся изменения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и дополнения по вопросам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления валютных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>операций в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республике Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и представления отчетности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>страховыми</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(перестраховочными)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...4904 lines deleted...]
-    <w:bookmarkStart w:name="z167" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...42 lines deleted...]
-        <w:t>Круг лиц, представляющих: страховая (перестраховочная) организация, исламская страховая (перестраховочная) организация</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 5 утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-[...6583 lines deleted...]
-    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>