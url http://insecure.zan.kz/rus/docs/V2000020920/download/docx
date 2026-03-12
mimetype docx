--- v0 (2025-10-11)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="33306c0" w14:textId="33306c0">
+    <w:p w14:paraId="6c1591b" w14:textId="6c1591b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2109,151 +2109,155 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утратил силу приказом Генерального Прокурора РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="27"/>
+    <w:bookmarkStart w:name="z119" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. В </w:t>
+      10. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 12 января 2015 года № 11 "Об утверждении Правил ведения учета лиц, признанных судом недееспособными и ограниченно дееспособными" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10218, опубликован 27 февраля 2015 года в информационно-правовой системе "Әділет"):</w:t>
+        <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 16 ноября 2015 года № 131 "Об утверждении формы статистического отчета "О дорожно-транспортных происшествиях, повлекших гибель или ранение людей" и Инструкции по его формированию" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12397, опубликован 18 декабря 2015 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z102" w:id="28"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2266,2598 +2270,1914 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="30"/>
+    <w:bookmarkStart w:name="z121" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "В целях реализации подпункта 7) </w:t>
+      "В целях реализации подпункта 13) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан от 22 декабря 2003 года "О государственной правовой статистике и специальных учетах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z106" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> ведения учета лиц, признанных судом недееспособными и ограниченно дееспособными (далее – Правила), утвержденных указанным приказом:</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>форму</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статистического отчета "О дорожно-транспортных происшествиях, повлекших гибель или ранение людей", утвержденной указанным приказом, изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Перечню;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z107" w:id="32"/>
+    <w:bookmarkStart w:name="z123" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в заголовок вносится изменение на казахском языке, текст на русском языке не меняется; </w:t>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по формированию статистического отчета "О дорожно-транспортных происшествиях, повлекших гибель или ранение людей", утвержденной указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z108" w:id="33"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z124" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> вносятся изменения на казахском языке, текст на русском языке не меняется;</w:t>
+      часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z125" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "В реквизите 1 "Номер карточки" первой парой цифр обозначается год заполнения, второй парой – код области, городов республиканского значения и столицы, третьей парой – код района или города, четвертой парой – код ведомства, девятой цифрой – резервный номер и последними цифрами (5 знаков) обозначается порядковый номер карточки согласно журналу учета ДТП подразделения административной полиции, далее указывается орган регистрации.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Утратил силу приказом Генерального Прокурора РК от 19.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 70</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утратил силу приказом Генерального Прокурора РК от 13.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Утратил силу приказом и.о. Генерального Прокурора РК от 25.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Утратил силу приказом и.о. Генерального Прокурора РК от 10.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 24 марта 2016 года № 49 "Об утверждении Правил ведения учетов лиц, привлеченных к ответственности за осуществление террористической деятельности, а также организаций и информационных материалов, признанных судом террористическими, и лиц, привлеченных к ответственности за совершение экстремизма, а также организаций и информационных материалов, признанных судом экстремистскими" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13613, опубликован 29 апреля 2016 года в информационно-правовой системе "Әділет"):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преамбулу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "В целях реализации подпунктов 10-1), 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан от 22 декабря 2003 года "О государственной правовой статистике и специальных учетах" и во исполнение требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 13 июля 1999 года "О противодействии терроризму", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 18 февраля 2005 года "О противодействии экстремизму", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 28 августа 2009 года "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 4</w:t>
+        <w:t>пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="34"/>
+    <w:bookmarkStart w:name="z151" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 2 ноября 2017 года № 124 "Об утверждении форм судебных статистических отчетов в гражданско-правовой сфере и Инструкции по их формированию" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16009) (далее – приказ № 124), копии документа, удостоверяющего личность.";</w:t>
+        <w:t>
+      "3. Контроль за исполнением настоящего приказа возложить на Председателя Комитета.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z111" w:id="35"/>
+    <w:bookmarkStart w:name="z152" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      часть вторую </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведения учетов лиц, привлеченных к ответственности за осуществление террористической деятельности, а также организаций и информационных материалов, признанных судом террористическими, и лиц, привлеченных к ответственности за совершение экстремизма, а также организаций и информационных материалов, признанных судом экстремистскими, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z112" w:id="36"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 11</w:t>
-[...19 lines deleted...]
-        <w:t>12</w:t>
+        <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="37"/>
+    <w:bookmarkStart w:name="z154" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "11. Ежеквартально территориальные органы Комитета проводят сверки сведений учета в АИС СУ со статистической информацией судебных отчетов, утвержденных приказом № 124, формируемых в автоматизированной информационной системе "Единая унифицированная статистическая система".</w:t>
+        <w:t xml:space="preserve">
+      "1. Настоящие Правила ведения учетов лиц, привлеченных к ответственности за осуществление террористической деятельности, а также организаций и информационных материалов, признанных судом террористическими, и лиц, привлеченных к ответственности за совершение экстремизма, а также организаций и информационных материалов, признанных судом экстремистскими (далее - Правила) разработаны во исполнение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 30 июня 2017 года "О прокуратуре", в целях обеспечения ведения учетов в соответствии с подпунктами 10-1) и 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан от 22 декабря 2003 года "О государственной правовой статистике и специальных учетах" и во исполнение требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 13 июля 1999 года "О противодействии терроризму", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 18 февраля 2005 года "О противодействии экстремизму", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 28 августа 2009 года "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z115" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z155" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. В целях исключения повторного вынесения судами решений о признании лица недееспособным либо ограниченно дееспособным при поступлении заявления в порядке </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Гражданского процессуального кодекса Республики Казахстан, территориальный орган Комитета по требованию суда осуществляет проверку по учету и в течение пяти рабочих дней представляет сведения о наличии либо отсутствии информации о признании лица недееспособным либо ограниченно дееспособным.</w:t>
+      16. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 22 июня 2016 года № 113 "Об утверждении Правил ведения учета лиц, совершивших дисциплинарные проступки, дискредитирующие государственную службу" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за 13977, опубликован 10 августа 2016 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z116" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      При поступлении требования на лицо, состоящее на учете как недееспособное и ограниченно дееспособное, территориальным органом Комитета судам сообщаются сведения о номере гражданского дела и суде, вынесшем решение.";</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преамбулу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "В целях реализации подпункта 11-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан от 22 декабря 2003 года "О государственной правовой статистике и специальных учетах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z158" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведения учета лиц, совершивших дисциплинарные проступки, дискредитирующие государственную службу, утвержденных указанным приказом (далее – Правила):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 14</w:t>
+        <w:t>пункт 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="40"/>
+    <w:bookmarkStart w:name="z160" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> ведения и использования специальных учетов лиц, совершивших уголовные правонарушения, привлекаемых к уголовной ответственности, лиц, привлеченных к уголовной ответственности за совершение уголовного правонарушения и дактилоскопического учета задержанных, содержащихся под стражей и осужденных лиц, утвержденными приказом  Генерального Прокурора Республики Казахстан от 27 февраля 2018 года  № 29 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16667).".</w:t>
+        <w:t>
+      "16. Проверке по учету подлежат все лица, претендующие на поступление на государственную службу, а также при проведении иных проверочных мероприятий в отношении лица, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z119" w:id="41"/>
+    <w:bookmarkStart w:name="z161" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. В </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 16 ноября 2015 года № 131 "Об утверждении формы статистического отчета "О дорожно-транспортных происшествиях, повлекших гибель или ранение людей" и Инструкции по его формированию" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12397, опубликован 18 декабря 2015 года в информационно-правовой системе "Әділет"):</w:t>
+      Формы бланков, порядок их заполнения и направления для проверки по учетам, а также сроки исполнения идентичны установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведения и использования специальных учетов лиц, совершивших уголовные правонарушения, привлекаемых к уголовной ответственности, лиц, привлеченных к уголовной ответственности за совершение уголовного правонарушения и дактилоскопического учета задержанных, содержащихся под стражей и осужденных лиц, утвержденными приказом Генерального Прокурора Республики Казахстан от 27 февраля 2018 года № 29 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16667).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...79 lines deleted...]
-        <w:t>:";</w:t>
+        <w:t>
+      Истребование информации о лицах осуществляется через информационный сервис на портале Комитета "Требование на физическое лицо". При отсутствии возможности регистрации субъектов правовой статистики и специальных учетов на данном портале, получение сведений производится путем направления в Комитет и его территориальный орган требования, оформленного на каждое проверяемое лицо отдельно.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>форму</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Перечню;</w:t>
+        <w:t>приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Перечню; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Утратил силу приказом Генерального Прокурора РК от 05.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> по формированию статистического отчета "О дорожно-транспортных происшествиях, повлекших гибель или ранение людей", утвержденной указанным приказом:</w:t>
+      18. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 4 августа 2017 года № 78 "Об утверждении Правил ведения и использования специальных учетов лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля, без вести пропавших, утративших связь с родственниками, не способных сообщить о себе установочные данные, трупов, личность которых не установлена и разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 15639, опубликован 18 сентября 2017 года в Эталонном контрольном банке нормативных правовых актов):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z124" w:id="44"/>
-[...342 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>преамбулу</w:t>
+        <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="47"/>
+    <w:bookmarkStart w:name="z169" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "В целях реализации подпунктов 10-1), 11) </w:t>
-[...99 lines deleted...]
-        <w:t>:";</w:t>
+      "1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведения и использования специальных учетов лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля, без вести пропавших, утративших связь с родственниками, не способных сообщить о себе установочные данные, трупов, личность которых не установлена и разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z170" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведения и использования специальных учетов лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля, без вести пропавших, утративших связь с родственниками, не способных сообщить о себе установочные данные, трупов, личность которых не установлена и разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца (далее – Правила), утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z171" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "3. Контроль за исполнением настоящего приказа возложить на Председателя Комитета.";</w:t>
+        <w:t xml:space="preserve">
+      часть первую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z152" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z172" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> ведения учетов лиц, привлеченных к ответственности за осуществление террористической деятельности, а также организаций и информационных материалов, признанных судом террористическими, и лиц, привлеченных к ответственности за совершение экстремизма, а также организаций и информационных материалов, признанных судом экстремистскими, утвержденных указанным приказом:</w:t>
+        <w:t>
+      "1. Настоящие Правила ведения и использования специальных учетов лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля, без вести пропавших, утративших связь с родственниками, не способных сообщить о себе установочные данные, трупов, личность которых не установлена и разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца, (далее – Правила) определяют порядок и сроки предоставления информационных учетных документов, их ввода и снятия в информационной системе, принятия мер по обеспечению полноты и достоверности сведений специальных учетов:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z173" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>пункт 1</w:t>
+      часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z174" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...100 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 28 августа 2009 года "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.".</w:t>
+        <w:t>
+      "Управлениями Комитета областей, городов республиканского значения и столицы, Военным управлением и региональным транспортным управлением Комитета (далее - территориальные органы Комитета) осуществляются ведение местного розыскного учета и ввод сведений в АИС СУ.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z155" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z175" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. В </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 22 июня 2016 года № 113 "Об утверждении Правил ведения учета лиц, совершивших дисциплинарные проступки, дискредитирующие государственную службу" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за 13977, опубликован 10 августа 2016 года в информационно-правовой системе "Әділет"):</w:t>
+      в подпункт 5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесено изменение на казахском языке, текст на русском языке не меняется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z176" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      в правом верхнем углу первого листа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложений 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам текст изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="52"/>
-[...778 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4919,70 +4239,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="66"/>
+          <w:bookmarkStart w:name="z177" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Приложение 1 к Правилам ведения и использования специальных учетов лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля, без вести пропавших, утративших связь с родственниками, не способных сообщить о себе установочные данные, трупов, личность которых не установлена и разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5380,170 +4700,170 @@
               </w:rPr>
               <w:t>Приложение 16 к Правилам ведения и использования специальных учетов лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля, без вести пропавших, утративших связь с родственниками, не способных сообщить о себе установочные данные, трупов, личность которых не установлена и разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приложение 17 к Правилам ведения и использования специальных учетов лиц, скрывшихся от дознания, следствия, суда, а также лиц, уклоняющихся от отбывания наказания или осуществления пробационного контроля, без вести пропавших, утративших связь с родственниками, не способных сообщить о себе установочные данные, трупов, личность которых не установлена и разыскиваемых лиц, являющихся должниками по исполнительному производству, ответчиками по искам, предъявленным в интересах государства, а также о взыскании алиментов, возмещении вреда, причиненного увечьем или иным повреждением здоровью, смертью кормильца".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="67"/>
+    <w:bookmarkStart w:name="z193" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 27 февраля 2018 года № 29 "Об утверждении Правил ведения и использования специальных учетов лиц, совершивших уголовные правонарушения, привлекаемых к уголовной ответственности, лиц, привлеченных к уголовной ответственности за совершение уголовного правонарушения и дактилоскопического учета задержанных, содержащихся под стражей и осужденных лиц" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16667, опубликован 10 апреля 2018 года в Эталонном контрольном банке нормативных правовых актов):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z194" w:id="68"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z194" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ведения и использования специальных учетов лиц, совершивших уголовные правонарушения, привлекаемых к уголовной ответственности, лиц, привлеченных к уголовной ответственности за совершение уголовного правонарушения и дактилоскопического учета задержанных, содержащихся под стражей и осужденных лиц, утвержденных указанным приказом (далее – Правила):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z195" w:id="69"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z195" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> внесено изменение на казахском языке, текст на русском языке не меняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5556,170 +4876,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="70"/>
+    <w:bookmarkStart w:name="z197" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "76. ИУД подлежат хранению в специальных шкафах, удобных для ведения справочной работы. Шкафы размещаются в отдельных помещениях (картотеках), изолированных и оборудованных современными средствами пожаротушения, охранной и пожарной сигнализациями. Помещение картотеки должно быть отделено от соседних кабинетов несгораемыми стенами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z198" w:id="71"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z198" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Вход в помещение картотеки оборудуется металлической входной дверью с кодовыми замками. На окнах помещения картотеки должны быть установлены открывающиеся металлические решетки (запирающиеся изнутри на замок).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z199" w:id="72"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z199" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не допускается размещение картотеки в помещении, через которое проходят газовые, водопроводные и канализационные трубопроводы. ИУД необходимо хранить в соответствующих условиях светового, температурно-влажностного и санитарно-гигиенического режимов, в соответствии с Правилами комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденными постановлением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правительства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 20 сентября 2018 года № 576.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z200" w:id="73"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z200" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в части третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> внесено изменение на казахском языке, текст на русском языке не меняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5732,151 +5052,151 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="74"/>
+    <w:bookmarkStart w:name="z202" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "94. Защитники, при оказании лицам юридической помощи, истребуют сведения специальных учетов только в отношении лица, обратившегося за помощью путем письменного обращения в территориальный орган Комитета с представлением копии документа, удостоверяющего его участие в конкретном деле (удостоверения адвоката и письменного уведомления о защите (представительстве), письменного подтверждения органа следствия (дознания) или суда) и копии документа, удостоверяющего личность лица, интересы которого он представляет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z203" w:id="75"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z203" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Во всех копиях документов, прилагаемых к запросу защитника должны быть указаны анкетные данные именно того лица, чьи права и интересы защищаются/представляются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z204" w:id="76"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z204" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Запросы защитников исполняются территориальным органом Комитета в течение пяти рабочих дней с предоставлением всех сведений, перечисленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z205" w:id="77"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z205" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       День поступления запроса не входит в срок его исполнения.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z206" w:id="78"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z206" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5911,51 +5231,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам изложены на казахском языке в новой редакции согласно приложению 8, 9, 10 к настоящему Перечню, текст на русском языке не меняется. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6190,268 +5510,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">государственной службы по </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отрицательным мотивам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z209" w:id="79"/>
+    <w:bookmarkStart w:name="z209" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карточка учета лиц, уволенных с государственной службы по отрицательным мотивам формы № 1-ОМ (составляется кадровой службой органа)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z210" w:id="80"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z210" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z211" w:id="81"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z211" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                   (наименование органа)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z212" w:id="82"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z212" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Совершено: должностным лицом, политическим государственным служащим, государственным служащим;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z213" w:id="83"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z213" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.1. Совершено: словарный реквизит;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z214" w:id="84"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z214" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сотрудниками правоохранительных органов: словарный реквизит;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z215" w:id="85"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z215" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сотрудниками специальных органов: словарный реквизит;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z216" w:id="86"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z216" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сотрудниками-военнослужащими органов: словарный реквизит;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z217" w:id="87"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z217" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       служащими министерств и агентств: словарный реквизит;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z218" w:id="88"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z218" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       служащими акиматов и их структурных подразделений, служащими прочих государственных структур.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z219" w:id="89"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z219" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Основания увольнения с государственной службы по отрицательным мотивам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6968,110 +6288,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 36 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УПК РК; пункт 14 подпункта 6) совершение сотрудником, выполняющим воспитательные функции, проступка, не совместимого с нахождением на занимаемой должности; пункт 14 подпункта 7) совершение виновных действий сотрудником, непосредственно обслуживающим денежные средства или государственное имущество, если эти действия дают основания для утраты доверия к нему со стороны уполномоченного руководителя; пункт 14 подпункта 8) нарушение установленных требований по обеспечению режима секретности, повлекших разглашение или утрату сведений, составляющих государственные секреты, их носителей; пункт 14 подпункта 9) невыход на службу без уважительных причин, трех и более часов подряд за один рабочий день; пункт 14 подпункт 10) определенных трудовым законодательством Республики Казахстан, законами Республики Казахстан "О государственной службе Республики Казахстан" и "О противодействии коррупции".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="90"/>
+    <w:bookmarkStart w:name="z225" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Приказ (решение) № ________ от "____" ____________ 20 __ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z226" w:id="91"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z226" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Применена мера взыскания: увольнение с занимаемой должности (1)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z227" w:id="92"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z227" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сведения о лице, уволенном по отрицательным мотивам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7263,430 +6583,430 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="93"/>
+    <w:bookmarkStart w:name="z228" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Дата рождения "____" __________________ - ______ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z229" w:id="94"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z229" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Место рождения_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z230" w:id="95"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z230" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Адрес проживания (регистрации)____________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z231" w:id="96"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z231" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9.1 Индивидуальный идентификационный номер (ИИН) |_|_|_|_|_|_|_|_|_|_|_|_|</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z232" w:id="97"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z232" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Место работы __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z233" w:id="98"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z233" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Должность _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z234" w:id="99"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z234" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Руководитель органа, из которого уволен сотрудник __________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z235" w:id="100"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z235" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z236" w:id="101"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z236" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                           (фамилия, подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z237" w:id="102"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z237" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12.1 Ответственное лицо кадровой службы, заполнившее карточку_________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z238" w:id="103"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z238" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z239" w:id="104"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z239" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                         (должность, фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z240" w:id="105"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z240" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Дата заполнения "____" _________________ 20____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z241" w:id="106"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z241" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Дата регистрации в территориальном органе Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан (далее – Комитет) "_____"_______________20 ____ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z242" w:id="107"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z242" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № материала (протокола) по единому журналу _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z243" w:id="108"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z243" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сотрудник территориального органа Комитета ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z244" w:id="109"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z244" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z245" w:id="110"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z245" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                          (должность, фамилия, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z246" w:id="111"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z246" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: карточка является официальным статистическим документом; лица, подписавшие ее, за внесение заведомо ложных сведений несут ответственность в установленном законодательством порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7986,188 +7306,188 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z250" w:id="112"/>
+    <w:bookmarkStart w:name="z250" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Титульный лист</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z251" w:id="113"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z251" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Генеральная прокуратура Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z252" w:id="114"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z252" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет по правовой статистике и специальным учетам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z253" w:id="115"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z253" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Единый журнал учета лиц, уволенных по отрицательным мотивам № _______ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z254" w:id="116"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z254" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       начат _____ 20__ года с № _____ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z255" w:id="117"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z255" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       окончен ______ 20__ года с № ___</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z256" w:id="118"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z256" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       город Нур-Султан, 20__ год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -8385,70 +7705,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Имя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z257" w:id="119"/>
+          <w:bookmarkStart w:name="z257" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчество</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8683,70 +8003,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z258" w:id="120"/>
+    <w:bookmarkStart w:name="z258" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9392,127 +8712,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма Е-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z262" w:id="121"/>
+    <w:bookmarkStart w:name="z262" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма учета изъятых и уничтоженных наркотических средств,  психотропных или ядовитых веществ, прекурсоров (далее - НПП), площадей  произрастания растений, содержащих наркотические вещества и иных  вещественных доказательств по делу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z263" w:id="122"/>
+          <w:bookmarkStart w:name="z263" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Номер Единого реестра досудебных расследований_________________________________________,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12743,127 +12063,127 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z313" w:id="123"/>
+    <w:bookmarkStart w:name="z313" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата регистрации ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z314" w:id="124"/>
+      <w:bookmarkStart w:name="z314" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицо, осуществляющее уголовное преследование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z315" w:id="125"/>
+    <w:bookmarkStart w:name="z315" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата корректировки_______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12981,68 +12301,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">специальных учетов, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в которые вносятся изменения и дополнение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z318" w:id="126"/>
+    <w:bookmarkStart w:name="z318" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма 1-АВ "Карточка учета административного правонарушения"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 утратило силу приказом Генерального Прокурора РК от 24.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13302,68 +12622,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 ноября 2015 года № 131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z395" w:id="127"/>
+    <w:bookmarkStart w:name="z395" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статистический отчет "О дорожно-транспортных происшествиях, повлекших гибель или ранение людей"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -17476,70 +16796,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z396" w:id="128"/>
+    <w:bookmarkStart w:name="z396" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -23812,68 +23132,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">правоохранительных, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специальных государственных и иных органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z399" w:id="129"/>
+    <w:bookmarkStart w:name="z399" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень статей Уголовного кодекса Республики Казахстан  по экономическим правонарушениям для запроса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29980,100 +29300,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">проступки, дискредитирующие </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственную службу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z402" w:id="130"/>
+    <w:bookmarkStart w:name="z402" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Карточка учета лиц, совершивших дисциплинарные проступки, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             дискредитирующие государственную службу (формы № 1-ДП)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z403" w:id="131"/>
+      <w:bookmarkStart w:name="z403" w:id="117"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30087,792 +29407,792 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дискредитирующий государственную службу, работает либо из которого уволен)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z404" w:id="132"/>
+      <w:bookmarkStart w:name="z404" w:id="118"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственный орган, выявивший факт совершения дисциплинарного проступка, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дискредитирующего государственную службу _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z405" w:id="133"/>
+      <w:bookmarkStart w:name="z405" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (наименование органа)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z406" w:id="134"/>
+    <w:bookmarkStart w:name="z406" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Совершено: словарный реквизит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z407" w:id="135"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z407" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       словарный реквизит: сотрудником правоохранительных органов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z408" w:id="136"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z408" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       словарный реквизит: сотрудником специальных государственных органов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z409" w:id="137"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z409" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       словарный реквизит: сотрудником-военнослужащим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z410" w:id="138"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z410" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       словарный реквизит: служащим министерств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z411" w:id="139"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z411" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Краткая фабула совершенного дисциплинарного проступка __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z412" w:id="140"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z412" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z413" w:id="141"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z413" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Квалификация дисциплинарного проступка, дискредитирующего государственную службу, согласно норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственной службе Республики Казахстан" пункт ______ подпункт ___</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z414" w:id="142"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z414" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Акт (решение) о наложении дисциплинарного взыскания № __от "__" _______ 20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z415" w:id="143"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z415" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z416" w:id="144"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z416" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z417" w:id="145"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z417" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должность, фамилия, инициалы лица, издавшего акт о привлечении к дисциплинарной ответственности)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z418" w:id="146"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z418" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Применена мера взыскания: увольнение с должности (01), понижение в должности (02), предупреждение о неполном служебном соответствии (03).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z419" w:id="147"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z419" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сведения о лице, совершившем дисциплинарный проступок, дискредитирующий государственную службу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z420" w:id="148"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z420" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилия, имя, отчество (при его наличии) ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z421" w:id="149"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z421" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Дата рождения "____" _______________ _____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z422" w:id="150"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z422" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индивидуальный идентификационный номер /_/_/_/_/_/_/_/_/_/_/_/_/</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z423" w:id="151"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z423" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Место рождения ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z424" w:id="152"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z424" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Адрес проживания (регистрации)_______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z425" w:id="153"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z425" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Место работы _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z426" w:id="154"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z426" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Должность _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z427" w:id="155"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z427" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Должность, фамилия, инициалы, подпись лица, заполнившего карточку______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z428" w:id="156"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z428" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z429" w:id="157"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z429" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Дата заполнения "____" _________________ 20____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z430" w:id="158"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z430" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Фамилия, инициалы, подпись руководителя ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z431" w:id="159"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z431" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Дата регистрации в территориальном органе "__" ________ 20__ года, № материала __</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z432" w:id="160"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z432" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Должность, фамилия, инициалы лица, подпись сотрудника территориального органа, зарегистрировавшего карточку__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z433" w:id="161"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z433" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z434" w:id="162"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z434" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z435" w:id="163"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z435" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: карточка является официальным статистическим документом; лица, подписавшие ее, за внесение заведомо ложных сведений несут ответственность в порядке, установленном законодательством Республики Казахстан об административных правонарушениях и уголовным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -31198,31 +30518,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>