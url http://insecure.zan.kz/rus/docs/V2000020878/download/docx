--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c4edd9b" w14:textId="c4edd9b">
+    <w:p w14:paraId="66be67c" w14:textId="66be67c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,343 +86,453 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в приказ Заместителя Премьер-Министра Республики Казахстан - Министра сельского хозяйства Республики Казахстан от 2 февраля 2018 года № 60 "Об утверждении формы и Правил выдачи удостоверений охотника, рыбака и егеря"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра экологии, геологии и природных ресурсов Республики Казахстан от 18 июня 2020 года № 149. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 июня 2020 года № 20878</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...9 lines deleted...]
-      ПРИКАЗЫВАЮ:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра экологии, геологии и природных ресурсов Республики Казахстан от 18 июня 2020 года № 149. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 июня 2020 года № 20878. Утратил силу приказом и.о. Министра сельского хозяйства Республики Казахстан от 22 декабря 2025 года № 480.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Утратил силу приказом и.о. Министра сельского хозяйства РК от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра Республики Казахстан - Министра сельского хозяйства Республики Казахстан от 2 февраля 2018 года № 60 "Об утверждении формы и Правил выдачи удостоверений охотника, рыбака и егеря" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16463, опубликован 26 марта 2018 года в Эталонном контрольном банке нормативых правовых актов) следующее изменение:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдачи удостоверений охотника, рыбака и егеря, утвержденные указанным приказом изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правила</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>2. Комитету лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего приказа на интернет-ресурсе Министерства экологии, геологии и природных ресурсов Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства экологии, геологии и природных ресурсов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра экологии, геологии и природных ресурсов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -451,51 +563,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -503,155 +615,184 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Примкулов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство цифрового развития,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инноваций и аэрокосмической промышленности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство национальной экономики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...38 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...45 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -886,1418 +1027,1723 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 февраля 2018 года № 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила выдачи удостоверений охотника, рыбака и егеря</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z19" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...260 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила выдачи удостоверений охотника, рыбака и егеря (далее – Правила) разработаны в соответствии с подпунктом 8) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон), определяют порядок оказания государственной услуги "Выдача удостоверения охотника" и порядок выдачи удостоверения рыбака и егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Государственная услуга оказываются Республиканскими ассоциациями общественных объединений охотников и субъектов охотничьего хозяйства и их филиалами или представительствами (далее – услугодатель) физическим лицам (далее – услугополучатель) в соответствии c настоящими Правилами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) охотник – физическое лицо, получившее право на охоту в порядке, установленном законодательством Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) удостоверение охотника – документ установленной формы согласно приложению 1 к настоящим Правилам, удостоверяющий право физического лица на охоту;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) охотничий минимум – специальный краткий курс обучающей программы, рассматривающий вопросы законодательства Республики Казахстан в области охраны, воспроизводства и использования животного мира, техники безопасности при охоте, знание которой является обязательным условием для выдачи удостоверения охотника;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) рыбак – работник субъекта рыбного хозяйства, осуществляющий в силу своих трудовых обязанностей лов рыбных ресурсов и других водных животных на закрепленных рыбохозяйственных водоемах и (или) участках;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) удостоверение рыбака – документ установленной формы, выданный субъектом рыбного хозяйства, удостоверяющий право физического лица на осуществление функций рыбака;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) субъект рыбного хозяйства – физическое и юридическое лицо, основным направлением деятельности которого является ведение рыбного хозяйства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) егерь – специально уполномоченное лицо егерской службы, осуществляющее охрану животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) удостоверение егеря – документ установленной формы, удостоверяющий права егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...760 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkStart w:name="z31" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Порядок выдачи удостоверения рыбака</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Удостоверение охотника выдается по месту жительства услугополучателя со сроком на десять лет по форме согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Услугополучатель, заинтересованный в получении удостоверения охотника, обучается охотничьему минимуму для получения сертификата об окончании курса охотничьего минимума (далее - сертификат), утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 13 марта 2012 года № 25-03-02/95 "Об утверждении охотничьего минимума" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 7545) и проходит тестирование в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения охотничьего минимума республиканской ассоциацией общественных объединений охотников и субъектов охотничьего хозяйства, утвержденными приказом Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-03/57 "Об утверждении Правил проведения экзамена по охотничьему минимуму республиканской ассоциацией общественных объединений охотников и субъектов охотничьего хозяйства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10415).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Для получения государственной услуги услугополучатели подают услугодателю через канцелярию услугодателя или веб-портал "электронного правительства" www.egov.kz (далее – портал) заявление по форме согласно приложению 2 к настоящим Правилам. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель направляет следующие документы через:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярию услугодателя:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление по форме согласно приложению 2 к настоящим Правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в случае получения удостоверения охотника три цветные фотографий 3х4, в случае переоформления или получения дубликата удостоверения охотника одна цветная фотография 3х4;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) копия сертификата.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) электронная копия платежного документа за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>портал:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление в форме электронного документа, удостоверенной ЭЦП услугополучателя, по форме согласно приложению 2 к настоящим Правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в случае получения удостоверения охотника три цветные фотографий 3х4, в случае переоформления или получения дубликата удостоверения охотника одна цветная фотография 3х4;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) электронная копия сертификата.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о документах, удостоверяющих личность, документа об оплате за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника) услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в стандарте государственной услуги в форме согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При подаче заявления услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае обращения через портал услугополучателю в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При приеме документов через канцелярию услугодателя услугополучателю подтверждением принятия заявления в бумажном виде является отметка на его копии о регистрации в канцелярии услугодателя, с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно подпунктам 1) и 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 19-1 Закона услугодатель отказывает в оказании государственных услуг по следующим основаниям:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленными настоящими Правилами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае представления услугополучателем неполного пакета документов, согласно перечню, предусмотренному пунктом 8 стандарта государственной услуги услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Канцелярия услугодатель в день поступления документов осуществляет их прием, регистрацию и направление на исполнение в подразделение услугодателя, ответственное за оказание государственной услуги (далее – ответственное подразделение). При обращении заявителя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовому кодексу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года, прием документов осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае обращения через портал работник ответственного подразделения услугодателя в течение 2 (двух) рабочих дней со дня регистрации заявления проверяет полноту представленных документов в случае неполноты в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, которое направляется в форме электронного документа заявителю в "личный кабинет" на Портале.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При установлении факта полноты представленных документов работник ответственного подразделения в течение 1 (одного) рабочего дня рассматривает их на предмет соответствия требованиям Правил, и подготавливает удостоверение охотника либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в приложении 3 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На портале в "личный кабинет" услугополучателя направляется уведомление о назначении даты и места выдачи результата оказания государственной услуги в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Выдача результатов государственной услуги осуществляется услугодателем при предъявлении услугополучателем (либо его представителем по доверенности) документа удостоверяющего личность.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. В соответствии с подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Услугодателем после выдачи удостоверения охотника заполняется учетная карточка охотника по форме, согласно 4 к настоящим Правилам, формируется личное дело охотника, хранящееся в течение срока действия удостоверения охотника в закрытых шкафах, не доступных для посторонних лиц.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача удостоверения охотника фиксируется в журнале регистрации удостоверений охотника по форме, согласно 5 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. В случае переезда на постоянное место жительства за пределы административно-территориальной единицы (области), на территории которой было выдано удостоверение охотника, а также при изменении других данных, учитываемых в удостоверении охотника и учетной карточке, охотник сообщает в филиал или представительство о произошедших изменениях по месту его учета.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Со дня прибытия в течение тридцати календарных дней охотник встает на учет в филиале или представительстве по новому месту жительства. При этом соответствующий филиал или представительство запрашивает оригинал учетной карточки с отметкой о выбытии охотника с прежнего места его регистрации и его личное дело.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkStart w:name="z65" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Порядок выдачи удостоверения егеря</w:t>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственной услуги может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      17. Субъектами охотничьего и рыбного хозяйств работникам егерской службы, осуществляющим функции охраны животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках, выдаются удостоверения егеря.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkStart w:name="z70" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      18. В случае, если удостоверение егеря утеряно или приведено в негодность (порчи) выдается дубликат удостоверения егеря на основании заявления в произвольной форме.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок выдачи удостоверения рыбака</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Субъект рыбного хозяйства производит выдачу удостоверения рыбака работнику на период действия трудового договора, который при осуществлении своей деятельности обеспечивает сохранность удостоверения в надлежащем виде, его постоянное наличие при себе и предъявление его по требованию государственного инспектора по охране животного мира.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. На основании удостоверения рыбака работник осуществляет лов рыбных ресурсов и других водных животных на закрепленном рыбохозяйственном водоеме (водоемах) и (или) участке (участках), согласно трудовому договору.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. При расторжении трудового договора, заключенного между субъектом рыбного хозяйства и рыбаком, удостоверение рыбака подлежит изъятию субъектом рыбного хозяйства с последующим уничтожением.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. В случае, если удостоверение рыбака утеряно либо приведено в негодность (порчи), субъектом рыбного хозяйства производится выдача его дубликата, на основании заявления в произвольной форме.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      19. При увольнении егеря, удостоверение возвращается субъектам охотничьего или рыбного хозяйств.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z75" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок выдачи удостоверения егеря</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Субъектами охотничьего и рыбного хозяйств работникам егерской службы, осуществляющим функции охраны животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках, выдаются удостоверения егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. В случае, если удостоверение егеря утеряно или приведено в негодность (порчи) выдается дубликат удостоверения егеря на основании заявления в произвольной форме.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. При увольнении егеря, удостоверение возвращается субъектам охотничьего или рыбного хозяйств.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2441,200 +2887,247 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Удостоверение охотника</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обложка удостоверения охотника (размер 105х80 миллиметра, цвет зеленый, надпись темно-желтого цвета, делается методом тиснения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-       Обложка удостоверения охотника (размер 105х80 миллиметра, цвет зеленый, надпись темно-желтого цвета, делается методом тиснения)</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2871"/>
-        <w:gridCol w:w="9429"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2871" w:type="dxa"/>
-[...73 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республика Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Удостоверение охотника</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2677,561 +3170,659 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Лист 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:bookmarkStart w:name="z85" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (наклеивается на левую внутреннюю сторону обложки)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="76"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Филиал или представительство республиканской ассоциации общественных объединений охотников и субъектов охотничьего хозяйства по ____________________ области</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Удостоверение охотника № ____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3377"/>
-        <w:gridCol w:w="8923"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3377" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:name="z88" w:id="77"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1562100" cy="1828800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1562100" cy="1828800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
-              <w:br/>
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата рождения "___" _______________ ______ года.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стаж охотника с _______года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3377" w:type="dxa"/>
-[...69 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место печати</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Удостоверение выдано _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование филиала или представительства республиканской ассоциации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общественных объединений охотников и субъектов охотничьего хозяйства) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись лица, выдавшего удостоверение, фамилия, инициалы) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отметка о прохождении тестирования по охотничьему минимуму ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи "__" _________ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Действительно до "__" _______________ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Удостоверение выдано _____________________________________________________</w:t>
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> Действительно до "__" _______________ 20__ года.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3271,668 +3862,831 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Лист 2 страница 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отметка о постановке на учет и снятия с учета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3752"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4796"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Поставлен на учет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Снят с учета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес постоянного места жительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Регистрация охотничьего холодного клинкового оружия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1210"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="8670"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1210" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование оружия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отметка торгующей организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата снятия с учета, отметка филиала или представительства республиканской ассоциации общественных объединений охотников и субъектов охотничьего хозяйства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1210" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3976,871 +4730,1087 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Лист 2 страница 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:bookmarkStart w:name="z97" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Регистрация охотничьих собак, ловчих хищных птиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2987"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4087"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2987" w:type="dxa"/>
-[...174 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид, порода, масть животного, номер клейма, кольца, микрочипа</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Год рождения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ветеринарный паспорт собаки, паспорт ловчей хищной птицы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отметка о допуске на охоту собаки, срок содержания ловчей хищной птицы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата снятия с учета, отметка филиала или представительства республиканской ассоциации общественных объединений охотников и субъектов охотничьего хозяйства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2987" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2987" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2987" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4988,574 +5958,622 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="83"/>
+    <w:bookmarkStart w:name="z100" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3843"/>
-        <w:gridCol w:w="8457"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3843" w:type="dxa"/>
-[...22 lines deleted...]
-          <w:bookmarkEnd w:id="84"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1562100" cy="1828800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1562100" cy="1828800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия _________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
-              <w:br/>
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Имя _________ Отчество (при его наличии) _____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...38 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата рождения "___" ___________ ______ года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Имя _________ Отчество (при его наличии) _____________</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>Гражданство ______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дата рождения "___" ___________ ______ года</w:t>
-[...46 lines deleted...]
-              </w:rPr>
               <w:t>Документ, удостоверяющий личность __________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер ___________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Домашний адрес, телефон _________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директору ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование филиала или представительства республиканской ассоциации общественных </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             объединений охотников и субъектов охотничьего хозяйства)  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представляются для выдачи/замены удостоверения охотника</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № ____________, выданного_____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (дата выдачи и наименование организации выдавшей удостоверение охотника) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">следующие документы: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подпись физического лица ________________ / __________________________________/</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      (фамилия, имя, отчество (при его наличии)  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата "___" ____________ 20___ года.  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Отметка о прохождении курса программы по охотничьему минимуму  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Курс программы по охотничьему минимуму пройден с "__" ______ 20__года по "__"_____ 20__ года  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выдан сертификат об окончании курса от "__" __________ 20__ года № ______  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата подачи заявления "__" ______________ 20 ____ года. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Домашний адрес, телефон _________________________________________________</w:t>
-[...207 lines deleted...]
-        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5647,1702 +6665,2170 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рыбака и егеря</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="494"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9537"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стандарт государственной услуги "Выдача удостоверения охотника"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканские ассоциации общественных объединений охотников и субъектов охотничьего хозяйства и их филиалы или представительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...106 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) веб-портал "электронного правительства" www.egov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) канцелярия услугодателя.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 (три) рабочих дня</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная (частично автоматизированная) бумажная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...106 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результат оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Удостоверение охотника либо мотивированный отказ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На портале в "личный кабинет" услугополучателя направляется уведомление о назначении даты и места выдачи результата оказания государственной услуги в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...106 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с услугополучателя взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается платно физическим лицам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 В соответствии с подпунктом 1) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 651</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах" в бюджет (Налоговый кодекс)" плата за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника) – 2 МРП.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...102 lines deleted...]
-1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) портал – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса мест оказания государственной услуги размещены на портале.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...106 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов необходимых для оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель направляет следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) заявление по форме согласно приложению 2 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) три цветные фотографий 3х4, в случае (переоформления) удостоверения охотника (дубликата удостоверения охотника) 1 цветная фотография 3х4;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копия сертификата.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) электронная копия платежного документа за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>На портал:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) заявление в форме электронного документа, удостоверенной ЭЦП услугополучателя, по форме согласно приложению 2 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) три электронные копии фотографий 3х4, в случае (переоформления) удостоверения охотника (дубликата удостоверения охотника) 1 цветная фотография 3х4;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) электронная копия сертификата.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о документах, удостоверяющих личность, документа об оплате за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника) услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...70 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Основания для отказа в оказании </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">государственной услуги, установленные законодательством </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
-[...34 lines deleted...]
-Согласно подпунктам 1) и 2) </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Согласно подпунктам 1) и 2) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункту 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 19-1 Закона услугодатель отказывает в оказании государственных услуг по следующим основаниям:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленными настоящими Правилами.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предоставление услугополучателем неполного пакета документов, согласно перечню, предусмотренному пунктом 8 стандарта государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="494" w:type="dxa"/>
-[...106 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7489,2321 +8975,2925 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z131" w:id="95"/>
+    <w:bookmarkStart w:name="z131" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республиканская ассоциация общественных объединений охотников и субъектов охотничьего хозяйства _________________________________________________________ (филиал или представительство)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z132" w:id="96"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z132" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Учетная карточка охотника №_____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4337"/>
-        <w:gridCol w:w="7963"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
-[...22 lines deleted...]
-          <w:bookmarkEnd w:id="97"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1562100" cy="1828800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1562100" cy="1828800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия __________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
-              <w:br/>
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Имя _____________ Отчество (при его наличии) _________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...38 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата рождения "___" ___________ ______ года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Имя _____________ Отчество (при его наличии) _________</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>Данные документа, удостоверяющего личность __________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дата рождения "___" ___________ ______ года</w:t>
-[...46 lines deleted...]
-              </w:rPr>
               <w:t>Домашний адрес, телефон ____________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стаж охотника с __________ года.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Удостоверение охотника № ____________ выдано "__" ____________ 20__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отметка о сдаче охотничьего минимума ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись выдавшего лица и печать ______________________ / _________________/</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Особые отметки</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Сведения о наличии холодного клинкового оружия</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Удостоверение охотника № ____________ выдано "__" ____________ 20__ года</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1117"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3217"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...210 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Год выпуска</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Особые отметки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата постановки на учет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата снятия с учета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Регистрация охотничьей собаки, ловчей хищной птицы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      2. Регистрация охотничьей собаки, ловчей хищной птицы</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3590"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3590" w:type="dxa"/>
-[...210 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид, порода, масть животного, номер клейма, кольца, микрочипа</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Год рождения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ветеринарный паспорт собаки, паспорт ловчей хищной птицы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отметка о допуске на охоту собаки, срок содержания ловчей хищной птицы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата постановки на учет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата снятия с учета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3590" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3590" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отметка о постановке на учет и снятии с учета</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Отметка о постановке на учет и снятии с учета</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3752"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4796"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Поставлен на учет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Снят с учета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес постоянного места жительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9951,69 +12041,69 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="106"/>
+    <w:bookmarkStart w:name="z148" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал регистрации удостоверений охотника</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z149" w:id="107"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z149" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -10022,855 +12112,1115 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование филиала или представительства республиканской ассоциации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>общественных объединений охотников и субъектов охотничьего хозяйства)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1416"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-[...210 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии) охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес постоянного места жительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер удостоверения охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата регистрации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подпись ответственного лица</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-[...210 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="108"/>
-[...44 lines deleted...]
-    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель филиала или представительства __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись) (фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место печати, дата "__" _____________ 20 __ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -11192,35 +13542,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId7"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>