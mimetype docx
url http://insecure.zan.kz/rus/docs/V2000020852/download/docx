--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5c14d1e" w14:textId="5c14d1e">
+    <w:p w14:paraId="48a6060" w14:textId="48a6060">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -108,88 +108,126 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра образования и науки Республики Казахстан от 11 июня 2020 года № 242. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 июня 2020 года № 20852.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовке и по всему тексту вносятся изменения на казахском языке, текст на русском языке не меняется в соответствии с приказом Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -958,752 +996,1182 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z99" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Для получения государственной услуги услугополучатель подает услугодателю через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация) по месту жительства перечень документов, предусмотренных пунктом 8 Перечня основных требований к оказанию государственной услуги "Прием работ на соискание премий в области науки, государственных научных стипендий" согласно </w:t>
+      3. Для получения государственной услуги услугополучателем в объекте информатизации "Единое окно" национальной инновационной системы (astanahub.com) (далее – ЕОНИС) подается заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень основных требований).</w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам c согласием на сбор, обработку персональных данных, полученного посредством государственного сервиса контроля доступа к персональным данным.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z100" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Заявления на прием работ на соискание премий в области науки, государственных научных стипендий в ЕОНИС, персональные данные физического лица формируются автоматически посредством интеграции с информационной системой "Государственная база данных "Физические лица".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z143" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам верификации ЕОНИС запрашивает сведения по диплому об академической или ученой степени из информационной системы "Единая платформа высшего образования" (далее – ЕПВО).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z144" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      После выбора премии в области науки, государственной научной стипендии услугополучателем заполняются анкетные данные согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, и прикладываются требуемые документы, предусмотренные в пункте 8 Перечня основных требований к оказанию государственной услуги "Прием работ на соискание премий в области науки, государственных научных стипендий" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень основных требований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z145" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Документы оформляются согласно требованиям к оформлению документов на соискание премий в области науки и требованиям к оформлению документов на соискание государственных научных стипендий, приведенным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениях 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z146" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия или некорректности сведений в ЕПВО данные заполняются вручную услугополучателем, электронные копии подтверждающих сведения документов прилагаются к заявлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z147" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Перечень основных требований к оказанию государственной услуги, включающий способы предоставления государственной услуги, срок, форму и результат ее оказания, а также иные сведения с учетом особенностей оказания государственной услуги, изложены в Перечне основных требований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z101" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      4. Период приема документов – 30 (тридцать) календарных дней со дня опубликования объявления о конкурсе на соискание премий в области науки, государственных научных стипендий в республиканских средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z102" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      День подписания услугополучателем заявки не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z103" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отзыв заявки осуществляется услугополучателем через его личный кабинет в ЕОНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. После подписания заявления через электронную цифровую подпись услугополучателя, заявление направляется в автоматизированное рабочее место (далее – АРМ) услугодателя на рассмотрение работнику ответственного структурного подразделения услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      4. Работник Государственной корпорации принимает предоставленные документы и выдает услугополучателю расписку о приеме соответствующих документов, либо при предоставлении услугополучателем неполного пакета документов, услугополучателю отказывают в приеме документов и выдается расписка об отказе в приеме документов согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="18"/>
+      6. Работник ответственного структурного подразделения услугодателя (далее – работник услугодателя) в течение 2 (двух) рабочих дней через АРМ подтверждает прием заявки, после чего через ЕОНИС направляет услугополучателю подтверждение по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – результат оказания государственной услуги).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      7. При наличии оснований для отказа в оказании государственной услуги, предусмотренных в пункте 9 Перечня основных требований, услугодатель в течение 2 (двух) рабочих дней уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени, месте и способе проведения заслушивания для возможности услугополучателю выразить позицию по предварительному решению. Уведомление (извещение) направляется текстовым сообщением согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам через личный кабинет услугополучателя в ЕОНИС и на электронный адрес услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z110" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      При обращении в Государственную корпорацию по городу Алматы работник Государственной корпорации в течение 1 (одного) рабочего дня направляет пакет документов услугодателю через курьера.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="19"/>
+      Возражение услугополучателя по предварительному решению принимается услугодателем в течение 2 (двух) рабочих дней со дня его отправки (включая день отправки).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z112" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При обращении в Государственную корпорацию других регионов работник Государственной корпорации в течение 7 (семи) рабочих дней доставляет пакет документов посредством почтовой связи услугодателю.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      По результатам заслушивания услугодатель в течение 2 (двух) рабочих дней (включая день проведения заслушивания) принимает решение об оказании государственной услуги, либо при наличии оснований для отказа в оказании государственной услуги, предусмотренных в пункте 9 Перечня основных требований, формирует мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Период приема документов Государственной корпорацией во всех регионах – 30 (тридцать) календарных дней со дня опубликования объявления о конкурсе на соискание премий в области науки, государственных научных стипендий в республиканских средствах массовой информации.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      День обращения услугополучателя в Государственную корпорацию не входит в срок оказания государственной услуги.</w:t>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="29"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Услугодатель направляет результат оказания государственной услуги в Государственную корпорацию других регионов, либо города Алматы не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z114" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z114" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, согласно подпункту 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z115" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z115" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При внесении изменений и (или) дополнений в настоящие Правила, уполномоченный орган в области науки в течение 3 (трех) рабочих дней после регистрации в Министерстве юстиции Республики Казахстан направляет информацию о внесенных изменениях и (или) дополнениях услугодателю, в Единый контакт-центр и Государственную корпорацию посредством системы электронного документооборота.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z116" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z116" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z117" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z117" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственной услуги подается на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z118" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z118" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При поступлении жалобы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК), услугодатель направляет ее в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо), не позднее 3 (трех) рабочих дней со дня поступления. Жалоба услугодателем не направляется в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо), при принятии в течение 3 (трех) рабочих дней благоприятного акта, совершении административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z119" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z119" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Жалоба услугополучателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z120" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z120" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       услугодателем – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z121" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z121" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z122" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z122" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней при необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z123" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z123" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z124" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z124" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z125" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z125" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При продлении срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z126" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z126" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Обращение в суд допускается после обжалования в досудебном порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1802,167 +2270,986 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>премий в области науки,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных научных</w:t>
+              <w:t>государственных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>стипендий"</w:t>
+              <w:t>научных стипендий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z128" w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Некоммерческое акционерное общество "Национальная академия наук</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан" при Президенте Республики Казахстан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер (ИИН) услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес услугополучателя: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер телефона услугополучателя: _____________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Прием работ на соискание премий в области науки, государственных научных стипендий"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z129" w:id="44"/>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z132" w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Наименование государственной услуги "Прием работ на соискание премий в области науки, государственных научных стипендий".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="45"/>
+      Я, __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="46"/>
+        <w:t>(фамилия, имя, отчество (при его наличии)),</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) Прием работ на соискание премий в области науки;</w:t>
+        <w:t>прошу принять пакет документов для участия в конкурсе на соискание премии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в области науки / государственной научной стипендии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата подачи заявления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на сбор, обработку моих персональных данных, а также на передачу их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в некоммерческое акционерное общество "Национальная академия наук Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан" при Президенте Республики Казахстан (БИН 230440024058) в рамках</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги "Прием работ на соискание премий в области</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>науки, государственных научных стипендий" посредством информационной системы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Единое окно Национальной инновационной системы" (astanahub.com).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сообщаю об отсутствии трансграничной передачи персональных данных, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об отсутствии распространения персональных данных в общедоступных источниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень собираемых данных: Фамилия, имя, отчество (при его наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер, банковские реквизиты, электронная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>почта, номер телефона, сведения об образовании, академической или ученой степени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность предоставленной информации, осведомлен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об ответственности за предоставление недостоверных сведений и поддельных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документов в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Прием работ на соискание</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>премий в области науки,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных научных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стипендий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z136" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анкетные данные работы, выдвинутой на соискание премии в области науки</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z132" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1975,1731 +3262,3067 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...71 lines deleted...]
-Некоммерческое акционерное общество "Национальная академия наук Республики Казахстан" при Президенте Республики Казахстан Министерства науки и высшего образования Республики Казахстан, за исключением премий в области аграрной науки (далее – услугодатель)</w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование пункта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Значение (заполняется соискателем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...72 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование премии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...89 lines deleted...]
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Название работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...72 lines deleted...]
-            </w:r>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полное название выдвигающей организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...112 lines deleted...]
-            </w:r>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация об авторах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...72 lines deleted...]
-            </w:r>
+4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+индивидуальный идентификационный номер (ИИН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...177 lines deleted...]
-            </w:r>
+4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...361 lines deleted...]
-            </w:r>
+4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+имя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...177 lines deleted...]
-            </w:r>
+4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...106 lines deleted...]
-            </w:r>
+4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адрес электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+место основной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должность по месту основной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ученая степень, признанная в Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ученое звание, присвоенное уполномоченным органом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+идентификатор ResearcherID (РесҰрчерАйДи) (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+идентификатор Scopus AuthorID (Скопус АвторАйДи) (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+идентификатор ORCID (ОРКИД) (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Краткое описание работы (не более 5000 символов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Научная новизна работы и значимость полученных результатов для науки (не более 5000 символов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Практическая значимость полученных результатов (влияние результатов работы на экономику, общество, здоровье, культуру, политику, управление страной, государственные услуги, производство, образование, окружающую среду, не более 5000 символов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Данные (тип, название, DOI (ДОЙ), Web of Science Accession Number (Веб оф Сайенс Аксешн Намбер), Scopus EID (Скопус ЕАйДи), ISBN (АйЭсБиЭн), издательство, URL (ЮРЛ), количество авторов работы среди авторов публикации (m), общее количество авторов публикации (n), тип авторства, номер (при наличии) не более пяти основных научных публикаций (монографий, глав в монографиях, статей, обзоров, охранных документов), опубликованных по результатам работы за последние пять лет (для молодых ученых – за последние три года), включая год, предшествующий объявлению конкурса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+первая научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вторая научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+третья научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+четвертая научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пятая научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Данные об акте внедрения результатов научных исследований в промышленность, государственное управление, подготовку научных кадров, учебный процесс, оперативную, служебно-боевую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация об именных премиях в области науки, ранее присужденных авторам работы (с указанием наименования премии, названия работы и года присуждения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3737,51 +6360,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3886,468 +6509,3963 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z141" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анкета соискателя государственной научной стипендии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z135" w:id="48"/>
-[...94 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Руководствуясь </w:t>
-[...311 lines deleted...]
-    </w:p>
+      Сноска. Приложение 3 – в редакции приказа Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование пункта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Значение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(заполняется соискателем)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование государственной научной стипендии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование научного направления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полное название выдвигающей организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Информация о соискателе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+имя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+индивидуальный идентификационный номер (ИИН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+адрес электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+место основной работы (учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+должность по месту основной работы (учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+стаж научной и (или) научно-педагогической работы или год обучения (для докторантов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+идентификатор ResearcherID (РесҰрчерАйДи) (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+идентификатор Scopus AuthorID (Скопус АвторАйДи) (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+идентификатор ORCID (ОРКИД) (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ученая степень, признанная в Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+год присуждения ученой степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ученое звание, присвоенное уполномоченным органом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+год присвоения ученого звания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о руководстве научными проектами и программами за последние пять лет (не более двух проектов и/или программ): индивидуальный регистрационный номер (ИРН), тема, годы реализации, финансирующая организация) (не требуются для соискателей государственных стипендий талантливым молодым ученым)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+первый проект (или программа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+второй проект (или программа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о подготовке кадров, которым в Республике Казахстан присуждена степень доктора философии (PhD) или доктора по профилю за последние пять лет (фамилия, имя, отчество (при его наличии) обладателя степени, количество отечественных научных консультантов, тема диссертации, место и дата защиты) (не требуются для соискателей государственных стипендий талантливым молодым ученым)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Данные (тип, название, DOI (ДОЙ), Web of Science Accession Number (Веб оф Сайенс Аксешн Намбер), Scopus EID (Скопус ЕАйДи), ISBN (АйЭсБиЭн), издательство, URL (ЮРЛ), количество авторов работы среди авторов публикации (m), общее количество авторов публикации (n), тип авторства, номер (при наличии) не более пяти основных научных публикаций (монографий, глав в монографиях, статей, обзоров, охранных документов), опубликованных по результатам работы за последние пять лет, включая год, предшествующий объявлению конкурса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+первая научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+вторая научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+третья научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+четвертая научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пятая научная публикация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Данные об акте внедрения в промышленность, государственное управление, подготовку научных кадров, учебный процесс, оперативную, служебно-боевую деятельность за последние пять лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа научной деятельности с указанием ожидаемых результатов, их научной и прикладной значимости (не более 5000 символов) (только для соискателей государственных стипендий талантливым молодым ученым)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о международной коллаборации (сотрудничество с международными партнерами, подтвержденные договорами, соглашениями, совместными публикациями) (не более 5000 символов, только для соискателей государственных стипендий талантливым молодым ученым)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Влияние на экономику, общество, здоровье, культуру, политику, управление страной, государственные услуги, производство, образование, окружающую среду (за последние пять лет) (не более 5000 символов, не требуется для соискателей государственных стипендий талантливым молодым ученым)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация о государственных научных стипендиях, ранее присужденных соискателю (с указанием года присуждения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4381,51 +10499,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4460,338 +10578,2246 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных научных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>стипендий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z149" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Прием работ на соискание премий в области науки, государственных научных стипендий"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 4 в соответствии с приказом Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z150" w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Прием работ на соискание премий в области науки, государственных научных стипендий".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование подвидов государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Прием работ на соискание премий в области науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Прием работ на соискание государственных научных стипендий.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z151" w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Некоммерческое акционерное общество "Национальная академия наук Республики Казахстан" при Президенте Республики Казахстан", за исключением премий в области аграрной науки (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>Форма</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z155" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием документов и выдача результата оказания государственной услуги осуществляется через объект информатизации "Единое окно" национальной инновационной системы (astanahub.com)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...66 lines deleted...]
-              <w:t>от "___" ______ 20___ г.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z159" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 (три) рабочих дня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z163" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная (частично автоматизированная)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z167" w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Уведомление о приеме документов по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам или уведомление о предварительном отказе в приеме документов по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам по основаниям, предусмотренным в пункте 9 Перечня, с проведением процедуры заслушивания услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z171" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z175" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+График работы услугодателя, информационной системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z177" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) услугодатель – с понедельника по пятницу включительно с 8.00 до 17.30 часов, с перерывом на обед с 13.00 до 14.30, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) информационная система – прием заявлений и выдача готовых результатов осуществляется через информационную систему "Единое окно" национальной инновационной системы (astanahub.com), обработка заявок с понедельника по пятницу включительно с 9.00 до 18.00 часов, кроме праздничных и выходных дней согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z180" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень документов и сведений, требуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z182" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень документов для соискателей премий в области науки:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) научная работа в виде монографий, глав в монографиях, статей, обзоров, патентов, авторских свидетельств (не более пяти);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) описание работы (не более половины печатного листа), в котором излагается ее содержание, актуальность и новизна исследований, основные научные результаты, их значимость и возможность дальнейшего использования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) выписка из протокола заседания консультативно-совещательного органа организации, выдвинувшей работу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) справка с места основной работы кандидата на соискание премии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) краткая характеристика научной деятельности кандидата на соискание премии, с указанием его творческого вклада (для коллективных работ);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) справка из организации, выдвинувшей работу, удостоверяющая, что представленная на конкурс работа не удостаивалась ранее премий, выплачиваемых из средств республиканского бюджета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) копия акта внедрения (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) уведомление о действующем двадцатизначном карточном счете.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документы, указанные в подпунктах 4), 5) и 6) настоящего пункта представляются с места последней работы кандидата на соискание премии при его увольнении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов для соискателей государственных научных стипендий:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) мотивированное ходатайство (рекомендация) консультативно-совещательного органа организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) справка с места основной работы кандидата на соискание государственной научной стипендии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) список научных публикаций кандидата на соискание государственной научной стипендии за последние пять лет, а также оттиски наиболее важных из них (не более пяти); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) копия акта внедрения (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) документы, подтверждающие руководство научными проектами и программами (при наличии, не требуются для соискателей государственных стипендий талантливым молодым ученым)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) документы, подтверждающие подготовку кадров, которым в Республике Казахстан присуждена степень доктора философии (PhD) или доктора по профилю (при наличии, не требуются для соискателей государственных стипендий талантливым молодым ученым);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) документы, подтверждающие международную коллаборацию (при наличии, только для соискателей государственных научных стипендий талантливым молодым ученым);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) уведомление о действующем двадцатизначном карточном счете.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По монографии, изданной отечественным издательством, представляется аннотация объемом до двух страниц печатного текста, копии титульного листа, выходных данных и не менее двух рецензий. По монографии, изданной зарубежным издательством, представляется аннотация объемом до двух страниц печатного текста, копии титульного листа и выходных данных.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В монографиях, главах в монографиях, статьях и обзорах у авторов в качестве аффилиации должна быть указана казахстанская организация или Республика Казахстан. Краткое описание и содержание монографии (в том числе в которой опубликована глава) должно быть доступно на официальном веб-сайте издательства с информацией о том, где ее возможно приобрести или прочитать.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документе, удостоверяющем личность физического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z205" w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z207" w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z213" w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб услугодателя. Cлужба поддержки информационной системы конкурса 1818. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="51"/>
-[...138 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4825,327 +12851,2582 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к приказу</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра образования и</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>науки Республики Казахстан</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 11 июня 2020 года № 242</w:t>
+              <w:t>"Прием работ на соискание</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>премий в области науки,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных научных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стипендий"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="53"/>
+    <w:bookmarkStart w:name="z219" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Требования к оформлению документов на соискание премий в области науки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 5 в соответствии с приказом Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z220" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В описании работы излагается ее содержание, актуальность и новизна исследований, основные научные результаты, их значимость и возможность дальнейшего использования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z221" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Описание содержит титульный лист с указанием наименования организации, представляющей работу, названия работы, фамилии и инициалов соискателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z222" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объем описания составляет не более 0,5 печатного листа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z223" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Выписка из протокола заседания консультативно-совещательного органа выдвигающей организации содержит представление работы на соискание премии с указанием состава авторского коллектива.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z224" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выписка подписывается председателем органа и его секретарем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z225" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В справке с места основной работы соискателя указываются следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z226" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) название выдвигаемой работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z227" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилия, имя, отчество (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z228" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) год, месяц и день рождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z229" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ученая степень и звание, специальность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z230" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) занимаемая должность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z231" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) служебный и домашний адреса и телефоны соискателя, адрес электронной почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z232" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Справка подписывается соискателем и заверяется подписью работника отдела кадров по месту основной работы (учебы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z233" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Краткая характеристика научной деятельности кандидата на соискание премии подписывается руководителем организации, выдвинувшей работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z234" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для коллективных работ указывается творческий вклад кандидата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z235" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Справка из организации, выдвинувшей работу, удостоверяющая, что представленная на конкурс работа не удостаивалась ранее премий, выплачиваемых из средств республиканского бюджета, подписывается руководителем организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Прием работ на соискание</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>премий в области науки,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных научных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стипендий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z238" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Требования к оформлению документов на соискание государственных научных стипендий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 6 в соответствии с приказом Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мотивированное ходатайство (рекомендация) консультативно-совещательного органа содержит сведения о научном вкладе соискателя, его достижениях и разработках, получивших высокую оценку и нашедших практическое применение, а также о программе научной деятельности соискателя на момент выдвижения с указанием ожидаемых результатов и их научной и прикладной значимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z240" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объем мотивированного ходатайства составляет не более 5 (пяти) страниц печатного текста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z241" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В справке с места основной работы соискателя отражаются следующие сведения о нем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z242" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилия, имя, отчество (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z243" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) год, месяц и день рождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z244" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) место основной работы (учебы) и занимаемая должность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z245" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) стаж научной и педагогической работы или год обучения (для докторантов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z246" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ученая степень и время ее присуждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z247" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) домашний и служебный адреса и телефоны, адрес электронной почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z248" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Справка подписывается соискателем и заверяется подписью работника отдела кадров по месту основной работы (учебы) с указанием даты заполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Прием работ на соискание</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>премий в области науки,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных научных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стипендий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" ______ 20___ г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z253" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 7 в соответствии с приказом Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z254" w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждаем прием документов на соискание премии в области науки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(государственной научной стипендии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты услугополучателя: _______________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование работы (для премий в области науки): ________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии) работника ответственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>структурного подразделения услугодателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Прием работ на соискание</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>премий в области науки,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных научных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стипендий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" ______ 20___ г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z259" w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(адрес электронной почты услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z260" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о предварительном решении об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 8 в соответствии с приказом Министра науки и высшего образования РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z261" w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 19-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугах", Некоммерческое акционерное общество "Национальная академия наук</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан при Президенте Республики Казахстан" отказывает в приеме</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документов на оказание государственной услуги "Прием работ на соискание премий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в области науки, государственных научных стипендий" ввиду наличия следующих</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оснований для отказа в оказании государственной услуги, указанных в пункте 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечня основных требований к оказанию государственной услуги "Прием работ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на соискание премий в области науки, государственных научных стипендий":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. _____________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Время проведения заслушивания: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место проведения заслушивания: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Способ проведения заслушивания: _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ссылка (для заслушивания через платформу для видеоконференций):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии) работника ответственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>структурного подразделения услугодателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 11 июня 2020 года № 242</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z90" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства образования и науки Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z91" w:id="54"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z91" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 15 апреля 2015 года № 206 "Об утверждении стандарта государственной услуги "Прием работ на соискание премий в области науки, государственных научных стипендий" (зарегистрирован в Министерстве юстиции Республики Казахстан 21 мая 2015 года № 11107, опубликован 12 июня 2015 года в Информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z92" w:id="55"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z92" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 9 июня 2015 года № 370 "Об утверждении регламента государственной услуги "Прием работ на соискание премий в области науки, государственных научных стипендий" (зарегистрирован в Министерстве юстиции Республики Казахстан 10 июля 2015 года № 11627, опубликован 16 июля 2015 года в Информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z93" w:id="56"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z93" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 13 февраля 2017 года № 62 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 15 апреля 2015 года № 206 "Об утверждении стандарта государственной услуги "Прием работ на соискание премий в области науки, государственных научных стипендий" (зарегистрирован в Министерстве юстиции Республики Казахстан 28 марта 2017 года № 14950);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z94" w:id="57"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z94" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 17 мая 2017 года № 223 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 9 июня 2015 года № 370 "Об утверждении регламента государственной услуги "Прием работ на соискание премий в области науки, государственных научных стипендий" (зарегистрирован в Министерстве юстиции Республики Казахстан 20 июня 2017 года № 15236).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>