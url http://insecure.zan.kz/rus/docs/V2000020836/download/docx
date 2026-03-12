--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21eed56" w14:textId="21eed56">
+    <w:p w14:paraId="18c2a86" w14:textId="18c2a86">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7874,146 +7874,50 @@
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
     <w:bookmarkStart w:name="z196" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. В случае несогласия с решением принятым по результатам обжалования оказания государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8198,51 +8102,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 525</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9003,162 +8927,137 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Взимаемая плата при оказании государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z202" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 За выдачу/переоформление лицензии на занятие деятельностью частного судебного исполнителя взимается лицензионный сбор за право занятия отдельными видами деятельности, который в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>статьей 554</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="165"/>
+              <w:t>статьей 616</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Налогового кодекса Республики Казахстан от 18 июля 2025 года составляет:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>1) выдача лицензии – 6 месячных расчетных показателей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>2) переоформление лицензии – 10 % от ставки при выдаче лицензии.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Оплата за оказание государственной услуги осуществляется по наличному и (или) безналичному расчету через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, которыми выдается документ (квитанция), подтверждающий размер и дату оплаты, либо ПШЭП.</w:t>
+              <w:t>Оплата за оказание государственной услуги осуществляется по наличному и (или) безналичному расчету через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, которыми выдается документ (квитанция), подтверждающий размер и дату оплаты, либо ПШЭП.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9212,70 +9111,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z205" w:id="166"/>
+          <w:bookmarkStart w:name="z205" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="166"/>
+          <w:bookmarkEnd w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9790,70 +9689,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Основания для отказа в оказании государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z215" w:id="167"/>
+          <w:bookmarkStart w:name="z215" w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="167"/>
+          <w:bookmarkEnd w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10055,126 +9954,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z222" w:id="168"/>
+          <w:bookmarkStart w:name="z222" w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="168"/>
+          <w:bookmarkEnd w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z223" w:id="169"/>
+          <w:bookmarkStart w:name="z223" w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа на портале в "личном кабинете" услугополучателя, а также по телефонам услугодателя и Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="169"/>
+          <w:bookmarkEnd w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10380,664 +10279,664 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="170"/>
+    <w:bookmarkStart w:name="z227" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление физического лица для получения лицензии и (или) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         приложения к лицензии</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z228" w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z228" w:id="171"/>
-[...9 lines deleted...]
-      В _________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (полное наименование лицензиара)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z229" w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                         (полное наименование лицензиара)</w:t>
-[...18 lines deleted...]
-      от ________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> (фамилия имя отчество (в случае наличия) физического лица, индивидуальный идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу выдать лицензию и (или) приложение к лицензии на осуществление</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      Прошу выдать лицензию и (или) приложение к лицензии на осуществление</w:t>
+      <w:bookmarkStart w:name="z231" w:id="173"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z231" w:id="174"/>
-[...9 lines deleted...]
-      ____________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать полное наименование вида деятельности и (или) подвида(ов) деятельности) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на бумажном носителе _____ (поставить знак Х в случае, если необходимо получить лицензию на бумажном носителе) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z232" w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес местожительства физического лица</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (указать полное наименование вида деятельности и (или) подвида(ов) деятельности) </w:t>
-[...35 lines deleted...]
-      Адрес местожительства физического лица</w:t>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома/здания)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронная почта _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:p>
-[...49 lines deleted...]
-      Электронная почта _________________________________________________</w:t>
+    <w:bookmarkStart w:name="z234" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z234" w:id="177"/>
-[...15 lines deleted...]
-      Телефоны _________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z235" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факс ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z235" w:id="178"/>
-[...15 lines deleted...]
-      Факс ______________________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z236" w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банковский счет ____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z236" w:id="179"/>
-[...9 lines deleted...]
-      Банковский счет ____________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (номер счета, наименование и местонахождение банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z237" w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес объекта осуществления деятельности или действий (операций)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   (номер счета, наименование и местонахождение банка)</w:t>
-[...18 lines deleted...]
-      Адрес объекта осуществления деятельности или действий (операций)</w:t>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дома/здания (стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прилагается _____ листов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:p>
-[...66 lines deleted...]
-      Прилагается _____ листов.</w:t>
+    <w:bookmarkStart w:name="z239" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z239" w:id="182"/>
-[...15 lines deleted...]
-      Настоящим подтверждается, что:</w:t>
+    <w:bookmarkStart w:name="z240" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      все указанные данные являются официальными контактами и на них может быть направлена любая информация по вопросам выдачи или отказа в выдаче лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z240" w:id="183"/>
-[...15 lines deleted...]
-      все указанные данные являются официальными контактами и на них может быть направлена любая информация по вопросам выдачи или отказа в выдаче лицензии и (или) приложения к лицензии;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заявителю не запрещено судом заниматься лицензируемым видом и (или) подвидом деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z241" w:id="184"/>
-[...15 lines deleted...]
-      заявителю не запрещено судом заниматься лицензируемым видом и (или) подвидом деятельности;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z242" w:id="185"/>
-[...15 lines deleted...]
-      все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заявитель согласен на использование персональных данных ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в информационных системах, при выдаче лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z243" w:id="186"/>
-[...15 lines deleted...]
-      заявитель согласен на использование персональных данных ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в информационных системах, при выдаче лицензии и (или) приложения к лицензии;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заявитель согласен на удостоверение заявления электронной цифровой подписью работника центра обслуживания населения (в случае обращения через центр обслуживания населения).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z244" w:id="187"/>
-[...15 lines deleted...]
-      заявитель согласен на удостоверение заявления электронной цифровой подписью работника центра обслуживания населения (в случае обращения через центр обслуживания населения).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z245" w:id="187"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физическое лицо</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z245" w:id="188"/>
-[...9 lines deleted...]
-      Физическое лицо</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (электронно-цифровая подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z246" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата заполнения: "__" _________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:p>
-[...52 lines deleted...]
-    <w:bookmarkEnd w:id="189"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11194,68 +11093,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z249" w:id="190"/>
+    <w:bookmarkStart w:name="z249" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений о соответствии требованиям для осуществления деятельности частного судебного исполнителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11428,110 +11327,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В соответствии с Законом "Об образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z250" w:id="191"/>
+    <w:bookmarkStart w:name="z250" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Необходимо выбрать только одно основание для получения лицензии и его заполнить:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z251" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) трудовая деятельность;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z251" w:id="192"/>
-[...15 lines deleted...]
-      1) трудовая деятельность;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) решение о прохождение аттестации на занятие деятельностью частного судебного исполнителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z252" w:id="193"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12438,126 +12337,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z255" w:id="194"/>
+    <w:bookmarkStart w:name="z255" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление физического лица для переоформления лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 - в редакции приказа Министра юстиции РК от 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z256" w:id="195"/>
+      <w:bookmarkStart w:name="z256" w:id="194"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование лицензиара)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13037,70 +12936,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 5 в соответствии с приказом Министра юстиции РК от 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z413" w:id="196"/>
+    <w:bookmarkStart w:name="z413" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2730500" cy="2082800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -13122,88 +13021,88 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z414" w:id="197"/>
+    <w:bookmarkStart w:name="z414" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z415" w:id="197"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ___________ 20 ___ года № _____________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:p>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Выдана _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13715,709 +13614,709 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 мая 2020 года № 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z297" w:id="199"/>
+    <w:bookmarkStart w:name="z297" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги "Возбуждение исполнительного производства на основании исполнительного документа по заявлению взыскателя"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z298" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z298" w:id="200"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z299" w:id="201"/>
+    <w:bookmarkStart w:name="z299" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания государственной услуги "Возбуждение исполнительного производства на основании исполнительного документа по заявлению взыскателя" (далее - Правила) разработаны в соответствии с подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Законом Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и определяют порядок оказания государственной услуги "Возбуждение исполнительного производства на основании исполнительного документа по заявлению взыскателя" (далее – государственная услуга).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z300" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z300" w:id="202"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+    <w:bookmarkStart w:name="z301" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Единый контакт-центр – юридическое лицо, определенное Правительством Республики Казахстан, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z301" w:id="203"/>
-[...15 lines deleted...]
-      1) Единый контакт-центр – юридическое лицо, определенное Правительством Республики Казахстан, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственная услуга – одна из форм реализации отдельных государственных функций, осуществляемых в индивидуальном порядке по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z302" w:id="204"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z303" w:id="205"/>
+    <w:bookmarkStart w:name="z303" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Перечень основных требований к оказанию государственной услуги (далее – Перечень), включающий наименование государственной услуги, наименование услугодателя, способы предоставления государственной услуги, срок оказания государственной услуги, форму оказания государственной услуги, результат оказания государственной услуги, размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан, график работы услугодателя, перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги и основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в Перечне согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z304" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) веб-портал "электронного правительства" www.egov.kz, (далее – портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z304" w:id="206"/>
-[...15 lines deleted...]
-      4) веб-портал "электронного правительства" www.egov.kz, (далее – портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z305" w:id="207"/>
-[...15 lines deleted...]
-      5) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра юстиции РК от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z306" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z307" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается территориальными органами юстиции (далее – услугодатель) по месту совершения исполнительных действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z308" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Физическое или юридическое лицо (далее – услугополучатель) для получения государственной услуги направляет заявление и документы, установленные пунктом 8 Перечня основных требований к оказанию государственной услуги через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z417" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z418" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z419" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра юстиции РК от 06.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра юстиции РК от 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="208"/>
-[...113 lines deleted...]
-      3) портал.</w:t>
+    <w:bookmarkStart w:name="z312" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Описание порядка оказания государственной услуги через услугодателя:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:p>
-[...77 lines deleted...]
-      5. Описание порядка оказания государственной услуги через услугодателя:</w:t>
+    <w:bookmarkStart w:name="z313" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугополучатель направляет услугодателю документы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z313" w:id="215"/>
-[...15 lines deleted...]
-      1) услугополучатель направляет услугодателю документы;</w:t>
+    <w:bookmarkStart w:name="z314" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) услугодатель в день поступления документов осуществляет их регистрацию в Автоматизированной информационной системе органов исполнительного производства (далее – АИСОИП) и передает государственному судебному исполнителю;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z314" w:id="216"/>
-[...15 lines deleted...]
-      2) услугодатель в день поступления документов осуществляет их регистрацию в Автоматизированной информационной системе органов исполнительного производства (далее – АИСОИП) и передает государственному судебному исполнителю;</w:t>
+    <w:bookmarkStart w:name="z315" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) государственный судебный исполнитель в течение 3 (трех) рабочих дней с момента поступления документов, выносит постановление о возбуждении или об отказе в возбуждении исполнительного производства, которое направляется услугополучателю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z315" w:id="217"/>
-[...15 lines deleted...]
-      3) государственный судебный исполнитель в течение 3 (трех) рабочих дней с момента поступления документов, выносит постановление о возбуждении или об отказе в возбуждении исполнительного производства, которое направляется услугополучателю.</w:t>
+    <w:bookmarkStart w:name="z316" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Описание порядка оказания государственной услуги через государственную корпорацию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z316" w:id="218"/>
-[...15 lines deleted...]
-      6. Описание порядка оказания государственной услуги через государственную корпорацию:</w:t>
+    <w:bookmarkStart w:name="z317" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугополучатель подает в Государственную корпорацию документы, которые перенаправляются услугодателю;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z317" w:id="219"/>
-[...15 lines deleted...]
-      1) услугополучатель подает в Государственную корпорацию документы, которые перенаправляются услугодателю;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) услугодатель в день поступления документов осуществляет их регистрацию в АИСОИП и передает государственному судебному исполнителю;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z318" w:id="220"/>
-[...15 lines deleted...]
-      2) услугодатель в день поступления документов осуществляет их регистрацию в АИСОИП и передает государственному судебному исполнителю;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) государственный судебный исполнитель в течение 3 (трех) рабочих дней с момента поступления документов, выносит постановление о возбуждении или об отказе в возбуждении исполнительного производства, которое направляется в Государственную корпорацию и услугополучателю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z319" w:id="221"/>
-[...15 lines deleted...]
-      3) государственный судебный исполнитель в течение 3 (трех) рабочих дней с момента поступления документов, выносит постановление о возбуждении или об отказе в возбуждении исполнительного производства, которое направляется в Государственную корпорацию и услугополучателю.</w:t>
+    <w:bookmarkStart w:name="z320" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Описание порядка оказания государственной услуги через портал:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z320" w:id="222"/>
-[...15 lines deleted...]
-      7. Описание порядка оказания государственной услуги через портал:</w:t>
+    <w:bookmarkStart w:name="z321" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугополучатель направляет документы через портал.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z321" w:id="223"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z322" w:id="224"/>
+    <w:bookmarkStart w:name="z322" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14432,351 +14331,351 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О праздниках в Республики Казахстан", регистрация заявления на получение государственной услуги осуществляется следующим рабочим днем;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z323" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) услугодатель в день поступления документов осуществляет их регистрацию в АИСОИП и передает государственному судебному исполнителю;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z323" w:id="225"/>
-[...15 lines deleted...]
-      2) услугодатель в день поступления документов осуществляет их регистрацию в АИСОИП и передает государственному судебному исполнителю;</w:t>
+    <w:bookmarkStart w:name="z324" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) государственный судебный исполнитель в течение 3 (трех) рабочих дней с момента поступления документов, выносит постановление о возбуждении или об отказе в возбуждении исполнительного производства, которое направляется услугополучателю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z324" w:id="226"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z325" w:id="227"/>
+    <w:bookmarkStart w:name="z325" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. В случае предоставления услугополучателем неполного пакета документов, Государственная корпорация или услугодатель отказывает в приеме заявления и выдает об этом расписку по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z326" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z326" w:id="228"/>
-[...15 lines deleted...]
-      9. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
+    <w:bookmarkStart w:name="z421" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При внесении изменений и (или) дополнений в настоящие Правила Министерство юстиции направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в "Единый контакт-центр", услугодателю информацию о таких изменениях и (или) дополнениях в течение 3 (трех) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z421" w:id="229"/>
-[...15 lines deleted...]
-      При внесении изменений и (или) дополнений в настоящие Правила Министерство юстиции направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в "Единый контакт-центр", услугодателю информацию о таких изменениях и (или) дополнениях в течение 3 (трех) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра юстиции РК от 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z327" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случае сбоя информационной системы, услугодатель уведомляет уполномоченный орган и/или Акционерное общество "Национальные информационные технологии".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z328" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...68 lines deleted...]
-      10. В случае сбоя информационной системы, услугодатель уведомляет уполномоченный орган и/или Акционерное общество "Национальные информационные технологии".</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей, государственной корпорации и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z328" w:id="231"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей, государственной корпорации и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+    <w:bookmarkStart w:name="z329" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае обжалования решений, действий (бездействия) услугодателя, государственной корпорации и (или) их должностных лиц жалоба подается на имя руководителя услугодателя, государственной корпорации, в Министерство юстиции Республики Казахстан либо в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z329" w:id="232"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z330" w:id="233"/>
+    <w:bookmarkStart w:name="z330" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Жалоба услугополучателя, поступившая в адрес услугодателя, государственной корпорации либо в Министерство юстиции Республики Казахстан, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z331" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z331" w:id="234"/>
-[...15 lines deleted...]
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+    <w:bookmarkStart w:name="z332" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случае несогласия с результатами оказания государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z332" w:id="235"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="235"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15258,70 +15157,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z334" w:id="236"/>
+          <w:bookmarkStart w:name="z334" w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявления и выдача результата оказания государственной услуги осуществляется через:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="236"/>
+          <w:bookmarkEnd w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16381,70 +16280,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z345" w:id="237"/>
+          <w:bookmarkStart w:name="z345" w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="237"/>
+          <w:bookmarkEnd w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) несоответствие представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным статьей 38 Закона Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16851,375 +16750,375 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z353" w:id="238"/>
+    <w:bookmarkStart w:name="z353" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление о возбуждении исполнительного производства</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z354" w:id="238"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z354" w:id="239"/>
-[...9 lines deleted...]
-      В________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (полное наименование услугодателя) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование юридического лица и БИН, Ф.И.О. (при его наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>физического лица и ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу возбудить исполнительное производство на основании прилагаемому к настоящему заявлению исполнительного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места жительства физического лица, местонахождения юридического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (почтовый индекс, область, город, район, населенный пункт,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   наименование улицы, номер дома/здания)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z355" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронная почта _______________________________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:p>
-[...185 lines deleted...]
-      Электронная почта _______________________________.</w:t>
+    <w:bookmarkStart w:name="z356" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны ___________________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z356" w:id="241"/>
-[...15 lines deleted...]
-      Телефоны ___________________.</w:t>
+    <w:bookmarkStart w:name="z357" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим подтверждается, что: все указанные данные являются официальными контактами, и на них может быть направлена любая информация по вопросам исполнения исполнительного документа; все прилагаемые документы соответствуют действительности и являются действительными.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z357" w:id="242"/>
-[...15 lines deleted...]
-      Настоящим подтверждается, что: все указанные данные являются официальными контактами, и на них может быть направлена любая информация по вопросам исполнения исполнительного документа; все прилагаемые документы соответствуют действительности и являются действительными.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z358" w:id="242"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z358" w:id="243"/>
-[...9 lines deleted...]
-      _______________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (подпись) (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z359" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласен на использования сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах "___"___20__г. (подпись)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkEnd w:id="244"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17402,407 +17301,407 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z362" w:id="245"/>
+    <w:bookmarkStart w:name="z362" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление о выписке, направлении исполнительного документа</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       на принудительное исполнение и возбуждении исполнительного производства</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z363" w:id="245"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z363" w:id="246"/>
-[...9 lines deleted...]
-      В_____________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (полное наименование услугодателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование юридического лица и БИН/Ф.И.О. (при его наличии) физического лица и ИИН) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу выписать и/или направить исполнительный документ на принудительное исполнение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и возбудить исполнительное производство на основании прилагаемому к настоящему заявлению исполнительного документа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места жительства физического лица, местонахождения юридического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (почтовый индекс, область, город, район, населенный пункт,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         наименование улицы, номер дома/здания)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z364" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронная почта___________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:p>
-[...185 lines deleted...]
-      Электронная почта___________________________________________________.</w:t>
+    <w:bookmarkStart w:name="z365" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны___________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z365" w:id="248"/>
-[...15 lines deleted...]
-      Телефоны___________________________________________________________.</w:t>
+    <w:bookmarkStart w:name="z366" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим подтверждается, что: все указанные данные являются официальными контактами, и на них может быть направлена любая информация по вопросам исполнения исполнительного документа; все прилагаемые документы соответствуют действительности и являются действительными.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z366" w:id="249"/>
-[...15 lines deleted...]
-      Настоящим подтверждается, что: все указанные данные являются официальными контактами, и на них может быть направлена любая информация по вопросам исполнения исполнительного документа; все прилагаемые документы соответствуют действительности и являются действительными.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z367" w:id="249"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z367" w:id="250"/>
-[...9 lines deleted...]
-      ______________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (подпись) (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z368" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласен на использования сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:p>
-[...32 lines deleted...]
-      Согласен на использования сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах</w:t>
+    <w:bookmarkStart w:name="z369" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________ (подпись) "___"___20__г.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z369" w:id="252"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17985,51 +17884,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z372" w:id="253"/>
+    <w:bookmarkStart w:name="z372" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  __________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -18050,70 +17949,70 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       _____________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (адрес услугополучателя)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z373" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z373" w:id="254"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z374" w:id="255"/>
+    <w:bookmarkStart w:name="z374" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18128,251 +18027,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", Вам отказывается в приеме документов на оказание государственной услуги "Возбуждение исполнительного производства на основании исполнительного документа по заявлению взыскателя" ввиду представления Вами неполного пакета документов:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z375" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1)________________________________________;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z375" w:id="256"/>
-[...15 lines deleted...]
-      1)________________________________________;</w:t>
+    <w:bookmarkStart w:name="z376" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2)________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z376" w:id="257"/>
-[...15 lines deleted...]
-      2)________________________________________;</w:t>
+    <w:bookmarkStart w:name="z377" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ....</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z377" w:id="258"/>
-[...15 lines deleted...]
-      3) ....</w:t>
+    <w:bookmarkStart w:name="z378" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и (или) документов с истекшим сроком действия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z378" w:id="259"/>
-[...15 lines deleted...]
-      и (или) документов с истекшим сроком действия.</w:t>
+    <w:bookmarkStart w:name="z379" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z379" w:id="260"/>
-[...15 lines deleted...]
-      Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.</w:t>
+    <w:bookmarkStart w:name="z380" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ф.И.О. (работник) (подпись).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z380" w:id="261"/>
-[...15 lines deleted...]
-      Ф.И.О. (работник) (подпись).</w:t>
+    <w:bookmarkStart w:name="z381" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель: Ф.И.О. (при его наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z381" w:id="262"/>
-[...15 lines deleted...]
-      Исполнитель: Ф.И.О. (при его наличии).</w:t>
+    <w:bookmarkStart w:name="z382" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z382" w:id="263"/>
-[...15 lines deleted...]
-      Телефон:</w:t>
+    <w:bookmarkStart w:name="z383" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получил: Ф.И.О. (при его наличии)/подпись услугополучателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z383" w:id="264"/>
-[...15 lines deleted...]
-      Получил: Ф.И.О. (при его наличии)/подпись услугополучателя.</w:t>
+    <w:bookmarkStart w:name="z384" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___"_________ 20__ год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z384" w:id="265"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="265"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18451,442 +18350,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 мая 2020 года № 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z386" w:id="266"/>
+    <w:bookmarkStart w:name="z386" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов  Министерства юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z387" w:id="267"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z387" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 20 апреля 2015 года № 221 "Об утверждении стандарта государственной услуги "Возбуждение исполнительного производства на основании исполнительного документа по заявлению взыскателя" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10963, опубликован 13 мая 2015 года в Информационно-правовая система "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z388" w:id="268"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z388" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра юстиции Республики Казахстан от 29 мая 2015 года № 307 "Об утверждении регламента государственной услуги "Возбуждение исполнительного производства на основании исполнительного документа по заявлению взыскателя" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11287, опубликован 12 июня 2015 года в Информационно-правовая система "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z389" w:id="269"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z389" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 30 ноября 2015 года № 605 "О некоторых вопросах тестирования и аттестации лиц, прошедших стажировку и претендующих на занятие деятельностью частного судебного исполнителя" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12588, опубликован 13 января 2016 года в Информационно-правовая система "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z390" w:id="270"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z390" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 11 января 2018 года № 61 "Об утверждении стандартов государственных услуг "Проведение аттестации лиц, прошедших стажировку и претендующих на право занятия деятельностью частного судебного исполнителя" и "Выдача лицензии на занятие деятельностью частного судебного исполнителя" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16309, опубликован 15 февраля 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z391" w:id="271"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z391" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 1 февраля 2018 года № 170 "О внесении изменений в приказ Министра юстиции Республики Казахстан от 30 ноября 2015 года № 605 "О некоторых вопросах тестирования и аттестации лиц, прошедших стажировку и претендующих на занятие деятельностью частного судебного исполнителя" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16372, опубликован 26 февраля 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z392" w:id="272"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z392" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 20 марта 2018 года № 446 "Об утверждении регламентов государственных услуг "Проведение аттестации лиц, прошедших стажировку и претендующих на право занятия деятельностью частного судебного исполнителя" и "Выдача лицензии на занятие деятельностью частного судебного исполнителя" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16976, опубликован 8 июня 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z393" w:id="273"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z393" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 17 апреля 2019 года № 211 "О внесении изменения в приказ Министра юстиции Республики Казахстан от 20 апреля 2015 года № 221 "Об утверждении стандарта государственной услуги "Возбуждение исполнительного производства на основании исполнительного документа по заявлению взыскателя" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18571, опубликован 3 мая 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z394" w:id="274"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z394" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 9 июля 2019 года №385 "О внесении изменения в приказ исполняющего обязанности Министра юстиции Республики Казахстан от 29 мая 2015 года № 307 "Об утверждении регламента государственной услуги "Возбуждение исполнительного производства на основании исполнительного документа по заявлению взыскателя" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 19053, опубликован 29 июля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>