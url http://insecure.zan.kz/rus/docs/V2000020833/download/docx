--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="96509e0" w14:textId="96509e0">
+    <w:p w14:paraId="e825a10" w14:textId="e825a10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,144 +85,225 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил представления брокерами сведений о сделках физических лиц с ценными бумагами, товарными биржами сведений о сделках физических лиц с биржевыми товарами, реализованными на товарной бирже, и их форм</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра финансов Республики Казахстан от 4 июня 2020 года № 568. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 июня 2020 года № 20833. Утратил силу приказом Министра финансов Республики Казахстан от 12 ноября 2025 года № 697 (вводится в действие с 01.01.2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Министра финансов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 697</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сноска. Вводится в действие с 01.01.2021 в соответствии с пунктом 4 настоящего приказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить прилагаемые:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -235,52 +318,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> представления брокерами сведений о сделках физических лиц с ценными бумагами согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -295,52 +378,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сведений, представляемую брокерами о сделках физических лиц с ценными бумагами согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -355,52 +438,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> представления товарными биржами сведений о сделках физических лиц с биржевыми товарами, реализованными на товарной бирже, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -415,506 +498,545 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сведений, представляемую товарными биржами о сделках физических лиц с биржевыми товарами, реализованными на товарной бирже, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Признать утратившим силу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 28 июля 2016 года № 408 "Об утверждении Правил и форм представления брокерами сведений о сделках проверяемых физических лиц с ценными бумагами или биржевыми товарами, реализованными на товарной бирже" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14178, опубликован 9 сентября 2016 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня приказов Министерства финансов Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного приказом Министра финансов Республики Казахстан от 31 марта 2017 года № 213 "О внесении изменений и дополнений в некоторые приказы Министерства финансов Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15096, опубликован 13 июня 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном законодательном порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие с 1 января 2021 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Е. Жамаубаев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z20" w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Агентство Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по регулированию и развитию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>финансового рынка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z21" w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство торговли и интеграции</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1032,224 +1154,224 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 июня 2020 года № 568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила представления брокерами сведений о сделках физических лиц с ценными бумагами</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила представления брокерами сведений о сделках физических лиц с ценными бумагами (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) и определяют порядок представления брокерами сведений о сделках физических лиц с ценными бумагами (далее – Сведения).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок представления Сведений</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения представляются брокерами по запросу органов государственных доходов по форме согласно приложению к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сведения представляются брокерами электронным способом посредством передачи по информационно-коммуникационной сети, обеспечивающей защиту, подтверждение подлинности, проверку целостности и шифрование передаваемых по сети данных по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу, и заверяются электронной цифровой подписью руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае невозможности представления Сведений по информационно-коммуникационной сети, а также в случае возникновения технических ошибок Сведения представляются в электронном виде в формате "Microsoft Excel" либо "Microsoft Access".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1393,303 +1515,363 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Запрос органа государственных доходов для представления сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z33" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(наименование органа государственных доходов) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах  и других</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обязательных платежах в бюджет" (Налоговый кодекс) просит представить</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>имеющиеся сведения о сделках физических лиц с ценными бумагами фамилия, имя,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>отчество (при его наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за период с __ 20 __ года по __ 20 __ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Причины направления запроса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель (заместитель) органа государственных доходов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя и отчество (при его наличии), подпись, печать)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1976,219 +2158,232 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>период с __ 20__ года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по __ 20 __ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z37" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование брокера</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бизнес-идентификационный номер брокера</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="611"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="951"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2254,51 +2449,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Международный идентификационный номер ценной бумаги (код ISIN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2364,200 +2559,200 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата сделки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид сделки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контрагент по сделке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2623,51 +2818,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2733,517 +2928,447 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="611" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2253" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="611" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="612" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="951" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3283,51 +3408,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цена размещения депозитарных расписок, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3509,51 +3634,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3679,356 +3804,334 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3021" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z38" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________/___________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии) руководителя, (электронная цифровая подпись)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии), номер телефона исполнителя</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес брокера</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4120,488 +4223,488 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>физических лиц с ценными</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бумагами"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения, представляемые брокерами, о сделках физических лиц с ценными бумагами"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Форма "Сведения, представляемые брокерами, о сделках физических лиц с ценными бумагами" (далее – Сведения) включает в себя следующие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 1 – порядковый номер строки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 2 – индивидуальный идентификационный номер физического лица-держателя ценных бумаг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 3 – фамилия, имя, отчество (при его наличии) физического лица-держателя ценных бумаг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в графе 4 – указывается вид ценной бумаги, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 129 Гражданского кодекса Республики Казахстан от 27 декабря 1994 года, держателем которой является физическое лицо, указанное в графе 3;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 5 – международный идентификационный номер ценной бумаги (код ISIN);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 6 – количество ценных бумаг вида, указанного в графе 4;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 7 – номинальная стоимость ценных бумаг, в тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 8 – дата сделки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 9 – вид сделки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 10 – контрагент по сделке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В случае представления информации по депозитарным распискам, то дополнительно представляется следующая информация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 11 – количество ценных бумаг, составляющее базовый актив одной депозитарной расписки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 12 – цена размещения депозитарных расписок, в тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 13 – срок обращения депозитарных расписок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В случае представления информации по паям дополнительно представляется следующая информация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 14 – наименование паевого инвестиционного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 15 – бизнес-идентификационный номер управляющей компании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 16 – наименование управляющей компании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения заверяются электронной цифровой подписью руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4719,224 +4822,224 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 июня 2020 года № 568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила представления товарными биржами сведений о сделках физических лиц с биржевыми товарами, реализованными на товарной бирже</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила представления товарными биржами сведений о сделках физических лиц с биржевыми товарами, реализованными на товарной бирже (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) и определяют порядок представления товарными биржами сведений о сделках физических лиц с биржевыми товарами, реализованными на товарной бирже (далее – Сведения).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок представления сведений</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения представляются товарными биржами по запросу органов государственных доходов по форме согласно приложению к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сведения представляются товарными биржами электронным способом посредством передачи по информационно-коммуникационной сети, обеспечивающей защиту, подтверждение подлинности, проверку целостности и шифрование передаваемых по сети данных по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Приказу, и заверяются электронной цифровой подписью руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В случае невозможности получения Сведений по информационно-коммуникационной сети, а также в случае возникновения технических ошибок Сведения представляются в электронном виде в формате "Microsoft Excel" либо "Microsoft Access".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5106,303 +5209,363 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Запрос органа государственных доходов для представления сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z72" w:id="56"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(наименование органа государственных доходов) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и  других</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обязательных платежах в бюджет" (Налоговый кодекс) просит представить</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>имеющиеся сведения о сделках физических лиц с биржевыми товарами,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>реализованными на товарной бирже фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за период с __ 20 __ года по __ 20 __ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Причины направления запроса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель (заместитель) органа государственных доходов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя и отчество (при его наличии), подпись, печать)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5585,914 +5748,897 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Сведения, представляемые товарными биржами о сделках</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   физических лиц с биржевыми товарами, реализованными</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   на товарной бирже за период с __ 20 __ года по __ 20 __ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z76" w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование товарной биржи _________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      бизнес-идентификационный номер ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1305"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер физического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4083" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование товара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость товара (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4083" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2031" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4083" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1305" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1305" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2271" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="60"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z77" w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________/______________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Фамилия, имя, отчество (при его наличии) руководителя,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(электронная цифровая подпись)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии), номер телефона исполнителя</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________ _______________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес товарной биржи ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6610,282 +6756,304 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реализованными на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>товарной бирже"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="61"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Сведения, представляемые товарными биржами о сделках физических лиц с биржевыми товарами, реализованными на товарной бирже"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z80" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Форма "Сведения, представляемые товарными биржами о сделках физических лиц с биржевыми товарами, реализованными на товарной бирже" (далее – Сведения) включает в себя следующие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z81" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 1 – порядковый номер строки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 2 – индивидуальный идентификационный номер физического лица-покупателя биржевого товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 3 – фамилия, имя, отчество (при его наличии) физического лица-покупателя биржевого товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 4 – наименование биржевого товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 5 – единица измерения биржевого товара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 6 – стоимость биржевого товара, в тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения заверяются электронной цифровой подписью руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7207,35 +7375,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>