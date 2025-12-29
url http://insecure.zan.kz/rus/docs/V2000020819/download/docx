--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1ecae97" w14:textId="1ecae97">
+    <w:p w14:paraId="799e7c7" w14:textId="799e7c7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра финансов Республики Казахстан от 8 февраля 2018 года № 144 "Об утверждении Правил получения, учета, хранения, выдачи акцизных и учетно-контрольных марок и представления обязательства, отчета импортеров о целевом использовании учетно-контрольных марок при импорте алкогольной продукции в Республику Казахстан, а также учета и размера обеспечения такого обязательства"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 2 июня 2020 года № 561. Зарегистрирован в Министерстве юстиции Республики Казахстан 4 июня 2020 года № 20819</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Министра финансов Республики Казахстан от 2 июня 2020 года № 561. Зарегистрирован в Министерстве юстиции Республики Казахстан 4 июня 2020 года № 20819.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -424,62 +520,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -497,51 +594,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр финансов Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -549,155 +646,175 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Жамаубаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Национальный Банк</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z16" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство цифрового развития,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инноваций и аэрокосмической</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>промышленности Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3876,545 +3993,685 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Обязательство о целевом использовании учетно-контрольных марок при импорте</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   алкогольной продукции в Республику Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z142" w:id="129"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z142" w:id="129"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (наименование импортера, БИН, юридический адрес, банковские реквизиты)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">обязуется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 172 Кодекса Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Налоговый кодекс), осуществить обеспечение обязательства способом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(платежный документ, банковская гарантия, договор поручительства,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договор залога имущества) от _______________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ _________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(дата способа обеспечения) (номер способа обеспечения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в размере __________________________ тенге, использовать УКМ в соответствии с их</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>назначением, осуществить вывоз УКМ для наклеивания на алкогольную продукцию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за пределами территории Республики Казахстан, осуществить ввоз на территорию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан маркированной УКМ алкогольной продукции и ее доставку до</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>места назначения, вернуть испорченные и (или) неиспользованные УКМ в выдавший</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>орган государственных доходов, уплатить косвенные налоги по импортированной</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>алкогольной продукций, представить отчет импортеров</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>о целевом использовании УКМ при импорте алкогольной продукции в Республику</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Казахстан в установленные сроки.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В случае неисполнения вышеуказанных действий деньги, являющиеся суммой</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обеспечения исполнения настоящего Обязательства, суммы обеспечения</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обязательства органом государственных доходов будут перечислены в доход</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственного бюджета.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____" ______________20__ год.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок и представления обязательства, отчета импортеров о целевом использовании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>учетно- контрольных марок при импорте алкогольной продукции в Республику</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные из ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество(при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ЭЦП – электронная цифровая подпись. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4584,887 +4841,896 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республику Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="536"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9592"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Выдача учетно-контрольных марок на алкогольную продукцию (за исключением виноматериала, пива и пивного напитка)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное предприятие на праве хозяйственного ведения "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявления и выдача результата оказания государственной услуги осуществляются услугодателем через информационную систему "Контроль, учет и выдача учетно-контрольных марок, акцизных марок и другой печатной продукции Республиканского государственного предприятия "Банкнотная фабрика Национального Банка Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z144" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с момента сдачи пакета документов услугополучателем услугодателю:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="130"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выдача учетно-контрольных марок (далее – УКМ) на алкогольную продукцию, за исключением виноматериала, пива и пивного напитка производится услугодателем в течение 3 (трех) рабочих дней с даты подтверждения органом государственных доходов заявления на получение учетно-контрольных марок, с нанесенным штрих-кодом на УКМ и осуществлҰнными привязками диапазонов номеров УКМ к заявлению на получение учетно-контрольных марок.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (частично автоматизированная) и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z145" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результатом оказания государственной услуги является выдача УКМ, с нанесенным штрих-кодом на УКМ и осуществленными привязками диапазонов номеров УКМ.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="131"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="131"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z146" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5473,669 +5739,721 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="132"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Предварительная запись для получения государственной услуги не требуется, ускоренное обслуживание не предусмотрено;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) информационная система – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услогополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z148" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 к услугодателю: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="133"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) заявки на изготовление УКМ на алкогольную продукцию согласно приложениям 4 или 5 к настоящим Правилам (далее – заявки) посредством информационной системы – не позднее, чем за 30 (тридцать) календарных дней до наступления нового календарного года; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копия внешнеторгового договора (контракта);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) заявление на получение УКМ согласно приложениям 6, 7 или 8, 9 к настоящим Правилам – в целях получения УКМ на алкогольную продукцию посредством информационной системы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) при импорте дополнительно представляет:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обязательство по форме согласно приложению 1 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 документ (платежный документ, банковская гарантия, договор поручительства, договор залога имущества), подтверждающий обеспечение исполнения обязательства.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z154" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основанием для отказа в оказании государственной услуги является:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="134"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>непредставлении к заявлениям документов, указанных в пунктах 18 и 20 настоящих Правил;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 неполной уплате суммы акцизов.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="134"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z156" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес мест оказания государственной услуги размещен на интернет-ресурсе услугодателя – www.pbf.kz.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="135"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через информационную систему при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством Единого</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 контакт-центра 1414, 8800080777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="135"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6308,911 +6626,924 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в Республику Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="536"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9592"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Выдача акцизных марок на табачные изделия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное предприятие на праве хозяйственного ведения "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявления и выдача результата оказания государственной услуги осуществляются услугодателем через информационную систему "Контроль, учет и выдача учетно-контрольных марок, акцизных марок и другой печатной продукции Республиканского государственного предприятия "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – информационная система).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z160" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с момента сдачи пакета документов услугополучателем услугодателю:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="136"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выдача акцизных марок получателям производится поставщиком в течение 3 (трех) рабочих дней с даты подтверждения органом государственных доходов заявления на получение акцизных марок.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="136"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (частично автоматизированная) и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z161" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результатом оказания государственной услуги является:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="137"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) согласование заявок на предстоящий год;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) выдача акцизных марок и накладной.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам (далее – услугополучатели). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z163" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7221,597 +7552,637 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года с перерывом на обед с 13.00 часов до 14.30 часов. </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="138"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Предварительная запись для получения государственной услуги не требуется, ускоренное обслуживание не предусмотрено;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) информационная система – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услогополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z165" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 к услугодателю: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="139"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) заявки на изготовление акцизных марок на табачные изделия согласно приложениям 4 или 5 к настоящим Правилам (далее – заявки) посредством информационной системы – не позднее, чем за 30 (тридцать) календарных дней до наступления нового календарного года;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) заявление на получение акцизных марок согласно приложению 12 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) копия внешнеторгового договора (контракта).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z168" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основанием для отказа в оказании государственной услуги является:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="140"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>непредставлении к заявлениям документов, указанных в пункте 44 настоящих Правил;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 неполной уплате суммы акцизов (за исключением уплаты акцизов за производимые табачные изделия).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z170" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес мест оказания государственной услуги размещен на интернет-ресурсе услугодателя – www.pbf.kz.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="141"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через информационную систему при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством Единого</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 контакт-центра 1414, 8800080777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8260,96 +8631,104 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       алкогольную продукцию или акцизных марок на табачные изделия,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             производимые на территории Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z177" w:id="143"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z177" w:id="143"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>● на предстоящий год, для вновь созданных или начавших деятельность</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>● дополнительная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8402,1197 +8781,1226 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тысячи штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="536"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="4144"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 август</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего на год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4144" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание (указать вид акцизных марок "листовые" или "резаные", для табачных изделий, производимых на территории Республики Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4144" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z179" w:id="144"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z179" w:id="144"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Данные из ЭЦП,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10038,96 +10446,104 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       алкогольную продукцию или акцизных марок на табачные изделия,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             импортируемых на территорию Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z184" w:id="146"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z184" w:id="146"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>● на предстоящий год, для вновь созданных или начавших деятельность</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>● дополнительная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10180,1197 +10596,1226 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тысячи штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="536"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="4144"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 август</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего на год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4144" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание (указать вид акцизных марок "листовые" или "резаные", для табачных изделий, импортируемых на территорию Республики Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4144" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="147"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z186" w:id="147"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Данные из ЭЦП,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес -идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11765,525 +12210,665 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   на получение учетно-контрольных марок № _____ дата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z191" w:id="149"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z191" w:id="149"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявления: маркировка вид УКМ:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на алкогольную продукцию, производимую на территории Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН, наименование получателя, адрес, лицензия</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(орган выдавший лицензию, номер, дата и год выдачи),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит выдать УКМ: в количестве ______________________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(в цифрах и прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указанное количество УКМ необходимо для выпуска товаров:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пин-код алкогольной продукции (при наличии):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При отсутствии пин-кода на алкогольную продукцию необходимо указать:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование, вид, емкость и крепость алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(период розлива), (сертификат соответствия (орган сертификации, номер и период</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>выдачи сертификации) цена за единицу продукции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тенге денежные средства на покупку УКМ внесены на банковский счет ____ платежным</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документом № __ от "___" _______ 20__ года в сумме_______________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сумма прописью) акциз уплачен на банковский счет _____платежным документом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ___от "___" __20__ года в сумме</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С Правилами получения, учета, хранения, выдачи акцизных марок и УКМ и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представления обязательства, отчета импортеров о целевом использовании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ при импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные из ЭЦП,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество(при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПИН-код-персональный идентификационный номер-код;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ЭЦП – электронная цифровая подпись. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12678,564 +13263,716 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявление на получение учетно-контрольных марок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     № _____ дата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z196" w:id="151"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z196" w:id="151"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявления: маркировка вид УКМ: на алкогольную продукцию, импортируемую на</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      территорию Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН, наименование получателя, адрес, лицензия (орган выдавший лицензию, номер,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и год выдачи),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит выдать УКМ: в количестве ______________________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(в цифрах и прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указанное количество УКМ необходимо для ввоза товаров:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пин-код алкогольной продукции (при наличии):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При отсутствии пин-кода на алкогольную продукцию необходимо указать:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование, вид, емкость и крепость алкогольной продукции),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(страна происхождения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сертификат соответствия (орган сертификации, номер и период выдачи</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сертификации – для импортеров из территории государств-членов Евразийского</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>экономического союза) денежные средства на покупку УКМ внесены на банковский</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>счет _______________ платежным документом № __ от "___" _______ 20__ года в</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сумме_____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сумма прописью) акциз уплачен на банковский счет _____платежным документом</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ___от "___" __20__ года в сумме</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С Правилами получения, учета, хранения, выдачи акцизных марок и УКМ и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представления обязательства, отчета импортеров о целевом использовании учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольных марок при импорте алкогольной продукции в Республику Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" _________ 20__ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные из ЭЦП,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество(при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПИН-код – персональный идентификационный номер-код;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ЭЦП – электронная цифровая подпись. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13630,486 +14367,614 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявление на получение учетно-контрольных марок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     № _____ дата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z201" w:id="153"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z201" w:id="153"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявления: перемаркировка вид УКМ:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на алкогольную продукцию, производимую на территории Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН, наименование получателя, адрес, лицензия (орган выдавший лицензию, номер,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и год выдачи), просит выдать УКМ:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в количестве ______________________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(в цифрах и прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указанное количество УКМ необходимо для перемаркировки товаров:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пин-код алкогольной продукции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование, вид, емкость и крепость алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>диапазоны номеров УКМ старого образца:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и номер инвентаризационной описи:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>даты и номера сопроводительных накладных на возврат алкогольной продукции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________ денежные средства на покупку УКМ внесены на банковский счет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________ платежным документом № __ от "___" _______ 20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в сумме___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С Правилами получения, учета, хранения, выдачи акцизных марок и УКМ и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представления обязательства, отчета импортеров о целевом использовании УКМ при</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" __________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные из ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество(при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПИН-код – персональный идентификационный номер-код;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14504,499 +15369,631 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявление на получение учетно-контрольных марок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     № _____ дата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z206" w:id="155"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z206" w:id="155"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вид заявления: перемаркировка вид УКМ:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на алкогольную продукцию, импортируемую на территорию Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН, наименование получателя, адрес, лицензия (орган выдавший лицензию, номер,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и год выдачи)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит выдать УКМ: в количестве ______________________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(в цифрах и прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указанное количество УКМ необходимо для перемаркировки товаров:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пин-код алкогольной продукции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование, вид, емкость и крепость алкогольной продукции)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>диапазоны номеров УКМ старого образца:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и номер инвентаризационной описи:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>даты и номера сопроводительных накладных на возврат алкогольной продукции:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>денежные средства на покупку УКМ внесены на банковский счет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>платежным документом № __ от "___" _______ 20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в сумме___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С Правилами получения, учета, хранения, выдачи акцизных марок и УКМ и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представления обязательства, отчета импортеров о целевом использовании УКМ при</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>импорте алкогольной продукции в Республику Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__"___________ 20__ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные из ЭЦП,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15466,572 +16463,532 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         ввоз (импорт) алкогольной продукции)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2179"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2181"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер заявления на получение УКМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата заявления на получения УКМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер накладной о получении УКМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата накладной о получении УКМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид алкогольной продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2181" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование алкогольной продукции на УКМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2179" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2180" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2180" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1401" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2181" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z211" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="760"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1246"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -16153,88 +17110,88 @@
               <w:t>
 Возвращено в орган государственных доходов испорченных и (или) неиспользованных УКМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 серия и диапазон номеров*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1111" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -16264,162 +17221,162 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заявление о ввозе товаров и уплате косвенных налогов или декларация на товары, подтвержденных органом государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 серия и диапазон номеров*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1111" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 количество (штук)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 серия и диапазон номеров*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -16456,87 +17413,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16585,616 +17542,613 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1395" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1111" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1859" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1863" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1395" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1111" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1246" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z212" w:id="158"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z212" w:id="158"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Всего выдано ______ штук УКМ,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в том числе: использовано для маркировки _____ штук; возвращено ______ штук.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата оформления и номер сопроводительных накладных "___" _____20___ год</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ _________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложение к отчету на ______ листах.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные из ЭЦП,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>*диапазон номеров – набор последовательных номеров учетно-контрольных марок</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>одной серии, представленный первым и последним номерами последовательности;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>расшифровка аббревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17459,961 +18413,906 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> контрольных марок при импорте алкогольной продукции в Республику Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1469"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1470"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес-идентификационный номер получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчетный период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата подтверждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2012" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1469" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2012" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1470" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1470" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1470" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1470" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1470" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -18865,408 +19764,512 @@
               </w:rPr>
               <w:t>доходов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z220" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Заявление на получение акцизных марок</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z221" w:id="161"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z221" w:id="161"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (наименование, ИИН/БИН*, адрес получателя) просит выдать акцизные марки:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в количестве "____" ___________________________________________________ штук</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>деньги на покупку акцизных марок внесены на банковский счет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>платежным документом № _____ от "___" _____________ 20__ года в сумме</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>акциз уплачен на банковский счет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>платежным документом № _______ от "___" _____________ 20__ года в сумме</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(сумма прописью)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способ получения (доставка/самовывоз)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>С Правилами получения, учета, хранения, выдачи акцизных и учетно-контрольных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>марок и представления обязательства, отчета импортеров о целевом использовании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>учетно- контрольных марок при импорте алкогольной продукции в Республику</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Казахстан ознакомлен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено получателем в 00:00 часов "__" ___________ 20__ года:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Данные из ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19518,1482 +20521,1382 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Акт приема-передачи учетно-контрольных марок или акцизных марок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               "____" ___________ 20___ года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z225" w:id="163"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z225" w:id="163"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (наименование органа государственных доходов, адрес, БИН)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в лице Комиссии в составе:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(должность, Ф.И.О. (при его наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>принимает, а получатель УКМ или АМ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование получателя, ИИН/БИН, адрес)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в лице __________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Ф.И.О. (при его наличии) получателя, либо уполномоченного лица)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сдает УКМ или АМ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1696"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата получения УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2908" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Виды, серии и номера УКМ, виды АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ставка акциза, действовавшая в период получения УКМ или АМ, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="787" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма акциза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Причина возврата УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2908" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1393" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3818" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="787" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2908" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1393" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3818" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="787" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2908" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1393" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3818" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="787" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2908" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1393" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3818" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="787" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z226" w:id="164"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z226" w:id="164"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расшифровка абревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>АМ – акцизная марка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21233,246 +22136,294 @@
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z229" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Акт о списании и уничтожении учетно-контрольных марок или акцизных марок</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z230" w:id="166"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z230" w:id="166"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 469 Кодекса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Республики Казахстан от 28 декабря 2017 года "О налогах и других обязательных</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>платежах в бюджет", нами, комиссией в составе:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>произведено списание и уничтожение путем сжигания или измельчения учетно-</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>контрольных  марок, или акцизных марок в количестве</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>штук в том числе:___________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(виды, серии и диапазоны номера учетно-контрольных марок, виды акцизных марок)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комиссия в составе:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии), должность,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подписи членов комиссии и получателя):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21749,1102 +22700,1083 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         отчетный период ____ месяц 20__ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3561"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1653"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3561" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование либо Ф.И.О. (при его наличии), ИИН/БИН получателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток на начало отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Получено УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Использовано УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Испорчено УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возвращено УКМ или АМ в органы государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Утрата УКМ или АМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток на конец отчет ного перио да</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3561" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="999" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3561" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1217" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="999" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1000" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1000" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1870" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1000" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1653" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="168"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z234" w:id="168"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подписано и отправлено получателем в 00:00 часов "__" __________ 20__ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Данные из ЭЦП,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дата и время подписания ЭЦП</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка абревиатур:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>УКМ – учетно-контрольная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>АМ – акцизная марка;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>