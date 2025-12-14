--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9568edb" w14:textId="9568edb">
+    <w:p w14:paraId="fb81183" w14:textId="fb81183">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1103,112 +1103,152 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) архивная справка – документ, составленный на бланке письма организации, содержащий необходимую физическим и юридическим лицам информацию с указанием архивных шифров и номеров листов единиц хранения тех архивных документов, на основании которых она составлена, имеющая юридическую силу (подлинника);</w:t>
+        <w:t xml:space="preserve">
+      1) архивная справка – документ, составленный на бланке письма организации, содержащий необходимую физическим и юридическим лицам информацию, с указанием архивных шифров и номеров листов единиц хранения тех архивных документов, на основании которых она составлена, имеющий юридическую силу (подлинника), оформленная в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных приказом Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) архивная копия – копия, дословно воспроизводящая текст архивного документа, с указанием архивного шифра и номеров листов единицы хранения, оформленная в соответствии с пунктом 455 Правил комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290);</w:t>
+      2) архивная копия – копия, дословно воспроизводящая текст архивного документа, с указанием архивного шифра и номеров листов единицы хранения, оформленная в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных приказом Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) архивная выписка – документ, составленный на бланке письма архива, дословно воспроизводящий часть текста архивного документа, относящийся к определенному факту, событию, лицу, с указанием архивного шифра и номеров листов единицы хранения;</w:t>
+        <w:t xml:space="preserve">
+      3) архивная выписка – документ, составленный на бланке письма архива, дословно воспроизводящий часть текста архивного документа, относящийся к определенному факту, событию, лицу, с указанием архивного шифра и номеров листов единицы хранения, оформленная в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных приказом Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственный архив – государственное учреждение, наделенное правом сбора, приобретения, комплектования, упорядочения, постоянного хранения, государственного учета и использования документов Национального архивного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
@@ -1293,50 +1333,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>275-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1944,105 +2004,87 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Поступившее заявление через канцелярию услугодателя или Государственную корпорацию либо портал, работник канцелярии в течение 1 (одного) рабочего дня передает ответственному исполнителю (в случае поступления после 18.00 часов заявление регистрируется на следующий рабочий день).</w:t>
+      8. Поступившее заявление через канцелярию услугодателя или Государственную корпорацию либо портал, работник канцелярии в течение 1 (одного) рабочего дня регистрирует и направляет руководителю для назначения ответственного исполнителя (в случае поступления после 17.30 часов заявление регистрируется на следующий рабочий день). Руководитель в течение 1 (одного) рабочего дня направляет заявление ответственному исполнителю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственный исполнитель услугодателя в течение 2 (двух) рабочих дней с момента получения документов проверяет полноту и соответствие представленных документов требованиям, предусмотренным пунктом 8 Перечня.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При предоставлении услугополучателем полного пакета документов ответственный исполнитель услугодателя в течение 2 (двух) рабочих дней вносит заключение на имя своего руководителя с приложением документов, на основании которого в течение 1 (одного) рабочего дня принимается решение об оказании государственной услуги.</w:t>
-[...16 lines deleted...]
-        <w:t>
       В случае предоставления услугполучателем неполного пакета документов согласно пункту 8 Перечня ответственный исполнитель услугодателя направляет услугополучателю отказ в приеме заявления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок приведения в соответствие документов, указанных в уведомлении, составляет 2 (два) рабочих дня, если в течение 2 (двух) рабочих дней со дня получения уведомления услугополучатель не привел их в соответствие с требованиями, то услугодатель направляет мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2209,61 +2251,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа и.о. Министра культуры и спорта РК от 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра культуры и информации РК от 28.06.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра культуры и информации РК от 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>275-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4439,61 +4501,61 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>или архивных выписок"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра культуры и информации РК от 28.06.2024 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>275-НҚ</w:t>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4536,51 +4598,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень основных требований к оказанию государственной услуги</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Выдача архивных справок, копий архивных документов или архивных выписок" </w:t>
+              <w:t>"Выдача архивных справок, копий архивных документов или архивных выписок"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4875,51 +4937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В течение 11 (одиннадцати) рабочих дней</w:t>
+В течение 11 (одиннадцати) рабочих дней.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4988,51 +5050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная) /бумажная</w:t>
+Электронная (частично автоматизированная) /бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5101,51 +5163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивная справка, копия архивного документа или архивная выписка по подтверждению сведений социально-правового характера, а также ответы об отсутствии на государственном хранении у услугодателя запрашиваемых документов (сведений) на государственном хранении, направлении запроса по принадлежности в другой государственный или ведомственный архив либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+Архивная справка, копия архивного документа или архивная выписка по подтверждению сведений социально-правового характера, а также отрицательный ответ о наличии документов на государственном хранении в архиве, но отсутствии в них запрашиваемых сведений, ответы об отсутствии на государственном хранении у услугодателя запрашиваемых документов (сведений) на государственном хранении, направлении запроса по принадлежности в другой государственный или ведомственный архив либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5214,51 +5276,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бесплатно</w:t>
+Бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5347,71 +5409,122 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Услугодатель с понедельника по пятницу с 09.00 до 18.00 часов, обеденный перерыв с 13.00 до 14.00 часов, Государственный архив города Астана с 8.30 до 18.00 часов, с перерывом на обед с 13.00 до 14.30 часов, в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовым</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кодексом Республики Казахстан. Прием заявлений и выдача готовых результатов государственных услуг осуществляется через Государственную корпорацию с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
+              <w:t xml:space="preserve"> кодексом Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявлений и выдача готовых результатов государственных услуг осуществляется через Государственную корпорацию с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудового</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кодекса Республики Казахстан. Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в праздничные и выходные дни, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+              <w:t xml:space="preserve"> кодекса Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в праздничные и выходные дни, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Поступившее заявление через канцелярию услугодателя или Государственную корпорацию либо портал, работник канцелярии в течение 1 (одного) рабочего дня регистрирует и направляет руководителю для назначения ответственного исполнителя (в случае поступления после 17.30 часов заявление регистрируется на следующий рабочий день). Руководитель в течение 1 (одного) рабочего дня направляет заявление ответственному исполнителю.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5480,153 +5593,235 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в канцелярию услугодателя:</w:t>
+Через канцелярию услугодателя:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) заявление по форме, согласно приложению 1 к настоящим Правилам. При наличии к заявлению прилагаются документы либо их копии, подтверждающие запрашиваемые сведения;</w:t>
+              <w:t xml:space="preserve">
+1) заявление по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам. При наличии к заявлению прилагаются документы либо их копии, подтверждающие запрашиваемые сведения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) документ, удостоверяющий личность услугополучателя либо цифровой документ из сервиса цифровых документов (представляется для идентификации личности, исполнитель услугодателя воспроизводит копию удостоверения личности для идентификации, после чего возвращает его оригинал услугополучателю), документ, подтверждающий полномочия, либо нотариально засвидетельствованная доверенность, при представлении интересов услугополучателя третьим лицом;</w:t>
+              <w:t>
+2) документ, удостоверяющий личность услугополучателя либо цифровой документ из сервиса цифровых документов (представляется для идентификации личности, исполнитель услугодателя воспроизводит копию удостоверения личности для идентификации, после чего возвращает его оригинал услугополучателю), документ, подтверждающий полномочия, либо нотариально засвидетельствованная доверенность, при представлении интересов услугополучателя третьим лицом;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>при обращении услугополучателя по почте: заявление в произвольной форме, подписанное физическим лицом или представителем юридического лица, с указанием сведений о заявителе (для физического лица – фамилия, имя, отчество (при его наличии), место жительства, контактные телефоны, для юридического лица – его наименование, юридический адрес) и содержащие данные, необходимые для поиска запрашиваемых сведений. При наличии к заявлению прилагаются документы либо их копии, подтверждающие запрашиваемые сведения в Государственную корпорацию:</w:t>
+              <w:t xml:space="preserve">
+При обращении услугополучателя по почте: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) заявление по форме, согласно приложению 1 к настоящим Правилам. При наличии к заявлению прилагаются документы либо их электронные копии, подтверждающие запрашиваемые сведения;</w:t>
+              <w:t>
+заявление в произвольной форме, подписанное физическим лицом или представителем юридического лица, с указанием сведений о заявителе (для физического лица – фамилия, имя, отчество (при его наличии), место жительства, контактные телефоны, для юридического лица – его наименование, юридический адрес) и содержащие данные, необходимые для поиска запрашиваемых сведений. При наличии к заявлению прилагаются документы либо их копии, подтверждающие запрашиваемые сведения.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) документ, удостоверяющий личность, либо цифровой документ из сервиса цифровых документов (для идентификации) и документ, подтверждающий полномочия – для юридического лица либо нотариально засвидетельствованная доверенность – для физического лица (при обращении уполномоченного представителя).</w:t>
+              <w:t>
+Через Государственную корпорацию:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) сведения о документах, удостоверяющих личность услугополучателя, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства". Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства"; на портал: запрос в форме электронного документа, удостоверенного ЭЦП услугополучателя. При наличии к заявлению прилагаются электронные копии документов, подтверждающие запрашиваемые сведения.</w:t>
+              <w:t xml:space="preserve">
+1) заявление по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам. При наличии к заявлению прилагаются документы либо их электронные копии, подтверждающие запрашиваемые сведения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) документ, удостоверяющий личность, либо цифровой документ из сервиса цифровых документов (для идентификации) и документ, подтверждающий полномочия – для юридического лица либо нотариально засвидетельствованная доверенность – для физического лица (при обращении уполномоченного представителя).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) сведения о документах, удостоверяющих личность услугополучателя, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства". Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства"; на портал: запрос в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) услугополучателя. При наличии к заявлению прилагаются электронные копии документов, подтверждающие запрашиваемые сведения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5712,71 +5907,110 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям согласно </w:t>
+              <w:t xml:space="preserve">
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 19-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах".</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5845,51 +6079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия у него ЭЦП. Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием ЭЦП или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.gov.kz. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
+Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия у него ЭЦП. Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием ЭЦП или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе услугодателя. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6503,51 +6737,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случаях представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия в Государственную корпорацию работник Государственной корпорации отказывает в приеме заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z91" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. В случае предоставления услугополучателем полного пакета документов в Государственную корпорацию, а также при обращении на портал результат оказания государственной услуги выдается в течение 30 (тридцати) календарных дней.</w:t>
+      6. В случае предоставления услугополучателем полного пакета документов в Государственную корпорацию, а также при обращении на портал результат оказания государственной услуги выдается в течение 15 (пятнадцати) рабочих дней. Результат оказания государственной услуги выдается на срок не более 6 (шести) месяцев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственный исполнитель услугодателя в течение 2 (двух) рабочих дней с момента получения проверяет полноту и соответствие представленных документов требованиям, предусмотренным пунктом 8 Перечня.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6666,51 +6900,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственный исполнитель в течение 1 (одного) рабочего дня после направления уведомления направляет документы на рассмотрение Центральной экспертно-проверочной комиссии (далее – ЦЭПК).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЦЭПК в течение 15 (пятнадцати) календарных дней с момента получения документов проводит экспертизу научной и практической ценности запрашиваемых документов, составляет экспертное заключение и принимает решение о выдаче разрешения либо об отказе в выдаче разрешения.</w:t>
+      ЦЭПК в течение 10 (десяти) рабочих дней с момента получения документов проводит экспертизу научной и практической ценности запрашиваемых документов, составляет экспертное заключение и принимает решение о выдаче разрешения либо об отказе в выдаче разрешения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ответственный исполнитель в течение 1 (одного) рабочего дня с момента получения экспертного заключения на основании экспертного заключения оформляет разрешение на право временного вывоза за пределы Республики Казахстан документов Национального архивного фонда, находящихся в государственной собственности (далее – разрешение), по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -6909,50 +7143,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра культуры и информации РК от 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>275-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -8943,95 +9197,108 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>документов Национального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>архивного фонда, находящихся</w:t>
+              <w:t>архивного фонда,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в государственной собственности"</w:t>
+              <w:t>находящихся в государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>собственности"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра культуры и информации РК от 28.06.2024 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>275-НҚ</w:t>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -9074,51 +9341,68 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень основных требований к оказанию государственной услуги</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача разрешения на временный вывоз за пределы Республики Казахстан документов Национального архивного фонда, находящихся в государственной собственности"</w:t>
+              <w:t>"Выдача разрешения на временный вывоз за пределы Республики Казахстан документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национального архивного фонда, находящихся в государственной собственности"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9187,51 +9471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комитет архивов, документации и книжного дела Министерства культуры и информации Республики Казахстан</w:t>
+Комитет архивов, документации и книжного дела Министерства культуры и информации Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9300,51 +9584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация), веб-портал "электронного правительства" www.egov.kz (далее – портал)</w:t>
+Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация), веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9413,51 +9697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 (тридцать) календарных дней</w:t>
+15 (пятнадцать) рабочих дней.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9526,51 +9810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная) /бумажная</w:t>
+Электронная (частично автоматизированная) /бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9639,51 +9923,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Разрешение на право временного вывоза за пределы Республики Казахстан документов Национального архивного фонда, находящихся в государственной собственности (далее – разрешение) либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+Разрешение на право временного вывоза за пределы Республики Казахстан документов Национального архивного фонда, находящихся в государственной собственности (далее – разрешение) либо мотивированный ответ об отказе в оказании государственной услуги. Результат оказания государственной услуги выдается на срок не более 6 (шести) месяцев.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9752,51 +10036,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бесплатно</w:t>
+Бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9885,51 +10169,87 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Прием заявлений и выдача готовых результатов государственных услуг осуществляется через Государственную корпорацию с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудового</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кодекса Республики Казахстан. Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в праздничные и выходные дни, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем)</w:t>
+              <w:t xml:space="preserve"> кодекса Республики Казахстан. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в праздничные и выходные дни, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступившее заявление через канцелярию услугодателя или Государственную корпорацию либо портал, работник канцелярии в течение 1 (одного) рабочего дня регистрирует и направляет руководителю для назначения ответственного исполнителя (в случае поступления после 17.30 часов заявление регистрируется на следующий рабочий день). Руководитель в течение 1 (одного) рабочего дня направляет заявление ответственному исполнителю.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9998,244 +10318,293 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в Государственную корпорацию:</w:t>
+Через Государственную корпорацию:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) заявление по форме, согласно приложению 1 к настоящим Правилам;</w:t>
+              <w:t xml:space="preserve">
+1) заявление по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) документ, удостоверяющий личность услугополучателя либо цифровой документ из сервиса цифровых документов (представляется для идентификации личности, исполнитель услугодателя воспроизводит копию удостоверения личности для идентификации, после чего возвращает его оригинал услугополучателю), документ, подтверждающий полномочия, либо нотариально засвидетельствованная доверенность, при представлении интересов услугополучателя третьим лицом;</w:t>
+              <w:t>
+2) документ, удостоверяющий личность услугополучателя либо цифровой документ из сервиса цифровых документов (представляется для идентификации личности, исполнитель услугодателя воспроизводит копию удостоверения личности для идентификации, после чего возвращает его оригинал услугополучателю), документ, подтверждающий полномочия, либо нотариально засвидетельствованная доверенность, при представлении интересов услугополучателя третьим лицом;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) перечень документов Национального архивного фонда Республики Казахстан, находящихся в государственной собственности, на временный вывоз которых запрашивается разрешение по форме согласно приложению 3 к настоящим Правилам;</w:t>
+              <w:t>
+3) перечень документов Национального архивного фонда Республики Казахстан, находящихся в государственной собственности, на временный вывоз которых запрашивается разрешение по форме согласно приложению 3 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) справка государственного архива о наличии страховых копий запрашиваемых документов по форме согласно приложению 76 к Правилам комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных </w:t>
+              <w:t xml:space="preserve">
+4) справка государственного архива о наличии страховых копий запрашиваемых документов по форме согласно приложению 76 к Правилам комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства";</w:t>
+              <w:t>
+Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>портал:</w:t>
+              <w:t>
+Через портал:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) запрос в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) услугополучателя, либо с помощью ввода одноразового пароля;</w:t>
+              <w:t>
+1) запрос в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) услугополучателя, либо с помощью ввода одноразового пароля;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) перечень документов Национального архивного фонда Республики Казахстан, находящихся в государственной собственности, на временный вывоз которых запрашивается разрешение по форме согласно приложению 3 к настоящим Правилам в форме электронной копии документа;</w:t>
+              <w:t xml:space="preserve">
+2) перечень документов Национального архивного фонда Республики Казахстан, находящихся в государственной собственности, на временный вывоз которых запрашивается разрешение по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам в форме электронной копии документа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) электронная справка государственного архива о наличии страховых копий запрашиваемых документов по форме согласно приложению 76 к Правилам комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290).</w:t>
+              <w:t xml:space="preserve">
+3) электронная справка государственного архива о наличии страховых копий запрашиваемых документов по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 76</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных приказом Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10321,71 +10690,110 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) несоответствие представленных данных и сведений, необходимых для оказания государственной услуги, требованиям, установленными </w:t>
+              <w:t xml:space="preserve">
+2) несоответствие представленных данных и сведений, необходимых для оказания государственной услуги, требованиям, установленными </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Законом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Республики Казахстан "О государственных секретах"</w:t>
+              <w:t xml:space="preserve"> Республики Казахстан "О государственных секретах";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10454,51 +10862,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия у него ЭЦП. Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием ЭЦП или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.gov.kz. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
+Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия у него ЭЦП. Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием ЭЦП или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства культуры и информации Республики Казахстан www.gov.kz. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12372,112 +12780,152 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z142" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) архивная справка – документ, составленный на бланке письма организации, содержащий необходимую физическим и юридическим лицам информацию с указанием архивных шифров и номеров листов единиц хранения тех архивных документов, на основании которых она составлена, имеющая юридическую силу (подлинника);</w:t>
+        <w:t xml:space="preserve">
+      1) архивная справка – документ, составленный на бланке письма организации, содержащий необходимую физическим и юридическим лицам информацию, с указанием архивных шифров и номеров листов единиц хранения тех архивных документов, на основании которых она составлена, имеющий юридическую силу (подлинника), оформленная в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных приказом Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z143" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) архивная копия – копия, дословно воспроизводящая текст архивного документа, с указанием архивного шифра и номеров листов единицы хранения, оформленная в соответствии с пунктом 455 Правил комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290);</w:t>
+      2) архивная копия – копия, дословно воспроизводящая текст архивного документа, с указанием архивного шифра и номеров листов единицы хранения, оформленная в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных приказом Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z144" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) архивная выписка – документ, составленный на бланке письма архива, дословно воспроизводящий часть текста архивного документа, относящийся к определенному факту, событию, лицу, с указанием архивного шифра и номеров листов единицы хранения;</w:t>
+        <w:t xml:space="preserve">
+      3) архивная выписка – документ, составленный на бланке письма архива, дословно воспроизводящий часть текста архивного документа, относящийся к определенному факту, событию, лицу, с указанием архивного шифра и номеров листов единицы хранения, оформленная в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комплектования, хранения, учета и использования документов Национального архивного фонда и других архивных документов государственными и специальными государственными архивами, утвержденных приказом Министра культуры и спорта Республики Казахстан от 9 августа 2023 года № 215 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33290);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z145" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственный архив – государственное учреждение, наделенное правом сбора, приобретения, комплектования, упорядочения, постоянного хранения, государственного</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -12522,61 +12970,81 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра культуры и информации РК от 28.06.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказами Министра культуры и информации РК от 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>275-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -14613,50 +15081,166 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"___" ______________ 20___ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16963,55 +17547,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17337,31 +17921,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>