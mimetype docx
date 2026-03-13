--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3fc7647" w14:textId="3fc7647">
+    <w:p w14:paraId="4ba74c6" w14:textId="4ba74c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил оказания государственных услуг в сфере предоставления специальных социальных услуг</w:t>
+        <w:t>Об утверждении Правил оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра труда и социальной защиты населения Республики Казахстан от 28 мая 2020 года № 197. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 мая 2020 года № 20756.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции приказа Министра труда и социальной защиты населения РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -223,317 +261,237 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить:</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые Правила оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным приказом Министра труда и социальной защиты населения РК от 29.09.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 357</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра труда и социальной защиты населения РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Департаменту развития политики социальных услуг Министерства труда и социальной защиты населения Республики Казахстан в установленном законодательством порядке обеспечить: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства труда и социальной защиты Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства труда и социальной защиты Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на вице-министра труда и социальной защиты населения Республики Казахстан Аукенова Е.М.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -682,64 +640,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Нурымбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="10"/>
+      <w:bookmarkStart w:name="z15" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СОГЛАСОВАН</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство цифрового развития, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -895,1710 +853,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 мая 2020 года № 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z344" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Министра труда и социальной защиты населения РК от 29.09.2021 </w:t>
+      Сноска. Приложение 1 исключено приказом Министра труда и социальной защиты населения РК от 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 411</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...1603 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2634,1208 +968,176 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t>Министра труда</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t>и социальной защиты населения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оформление документов</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на оказание специальных</w:t>
-[...363 lines deleted...]
-              <w:t>____________________________</w:t>
+              <w:t>от 28 мая 2020 года № 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z348" w:id="54"/>
-[...285 lines deleted...]
-    <w:bookmarkStart w:name="z335" w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 исключено приказом Министра труда и социальной защиты населения РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...432 lines deleted...]
-        <w:t>"___" ___________ 20___ года.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3871,1029 +1173,990 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t xml:space="preserve">Утверждены приказом </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">Министра труда и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t xml:space="preserve">социальной защиты населения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оформление документов</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на оказание специальных</w:t>
-[...363 lines deleted...]
-              <w:t>____________________________</w:t>
+              <w:t>от 28 мая 2020 года №197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z337" w:id="72"/>
+    <w:bookmarkStart w:name="z98" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z366" w:id="73"/>
+        <w:t xml:space="preserve"> Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра труда и социальной защиты населения РК от 03.08.2022 </w:t>
+      Сноска. Приказ дополнен приложением в соответствии с приказом Министра труда и социальной защиты населения РК от 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 290</w:t>
+        <w:t>№ 411</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-[...498 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z100" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" и определяют порядок оформления документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг в условиях стационара, полустационара и на дому (далее – государственная услуга). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z101" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная услуга оказывается местными исполнительными органами городов Астана, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель) физическим лицам (далее – услугополучатель) в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z102" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z103" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z104" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z105" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) веб-портал "электронного правительства" www.egov.kz (далее – портал). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z106" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг" в условиях стационара, полустационара и на дому</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z107" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Для получения государственной услуги услугополучатель (или его законный представитель) обращается к услугодателю, в Государственную корпорацию по месту проживания или через портал путем подачи заявления по формам согласно приложениям 1, 2 и 3 к настоящим Правилам с приложением документов, указанных в перечне документов и сведений, истребуемых у услугополучателя для оказания государственной услуги, предусмотренных перечнем основных требований к оказанию государственной услуги согласно приложению 4 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z108" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Общий срок рассмотрения документов и выдачи результатов оказания государственной услуги со дня регистрации пакета документов услугодателем составляет 15 (пятнадцать) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z109" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      День приема документов Государственной корпорацией не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z110" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При подаче полного пакета документов, предусмотренных перечнем основных требований к оказанию государственной услуги, услугополучателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z111" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в Государственной корпорации – выдается электронная расписка о приеме соответствующих документов от услугополучателя, в которой указывается перечень принятых документов, фамилия, имя и отчество (при его наличии), специалиста, принявшего заявление, дата и время подачи заявления, а также дата выдачи готовых документов, по обращению услугополучателя, расписка выдается в бумажном формате;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z112" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) у услугодателя – выдается талон с указанием даты регистрации и получения государственной услуги, фамилии и инициалов лица, принявшего документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z113" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на портале – в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z114" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В Государственной корпорации выдача готовых документов услугополучателя осуществляется, при предъявлении документа, удостоверяющего личность (или его представителя по нотариально удостоверенной нотариусом или должностным лицом, совершающим нотариальные действия, доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z115" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, не выданные в срок из-за отсутствия обращения услугополучателя (представителя), в течение 1 (одного) месяца хранятся в Государственной корпорации, после истечения данного срока возвращаются услугодателю как невостребованные. При обращении услугополучателя по истечении 1 (одного) месяца, по запросу Государственной корпорации услугодатель в течение 1 (одного) рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z116" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случаях представления услугополучателем неполного пакета документов согласно перечню основных требований к оказанию государственной услуги, указанных в перечне, и (или) документов с истекшим сроком действия специалист услугодателя, Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме заявления по форме согласно приложению 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z117" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения услугополучателя через портал, услугодатель направляет в "личный кабинет" уведомление об отказе в рассмотрении заявления с указанием оснований, по которым пакет документов признан не соответствующим установленным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z118" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. При соответствии пакета документов, указанных в перечне основных требований к оказанию государственной услуги согласно приложению 4 к настоящим Правилам, специалист услугодателя вносит в автоматизированную информационную систему "Е-Собес" (далее – АИС "Е-Собес") данные из заявления обратившегося лица (семьи), нуждающегося в специальных социальных услугах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z119" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя через Государственную корпорацию, портал данные из заявления автоматически передаются в АИС "Е-Собес".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z120" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Сведения о стадии оказания государственной услуги поступают в автоматизированном режиме из АИС "Е-Собес" в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z121" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При обращении в Государственную корпорацию, день приема документов не включается в срок оказания государственной услуги, при этом результат оказания государственной услуги предоставляется услугодателем в Государственную корпорацию за один рабочий день до истечения установленного срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z122" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. После принятия заявления и документов, предусмотренных перечнем основных требований к оказанию государственной услуги, по поручению услугодателя социальный работник в течение 10 (десяти) рабочих дней проводит оценку и определение потребности в специальных социальных услугах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z123" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При проведении оценки и определении потребностей в специальных социальных услугах социальный работник действует в соответствии с требованиями, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 2 июня 2023 года № 200 "Об утверждении Правил оценки и определения потребности в специальных социальных услугах" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 32697.).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z124" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оформлении документов на оказание специальных социальных услуг в условиях на дому специалист услугодателя в течение 5 (пяти) рабочих дней выезжает к месту проживания лица с инвалидностью, престарелого и в течение 3 (трех) рабочих дней со дня проведения обследования составляет акт обследования жилищных и материально-бытовых условий по форме согласно приложению 6 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z125" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Услугодателем в течении 3 (трех) рабочих дней со дня получения заключения социального работника по оценке и определению потребности в специальных социальных услугах принимается решение о предоставлении специальных социальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z126" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. После вынесения решения в срок о предоставлении специальных социальных услуг, услугодатель по месту жительства услугополучателя в течение 2 (двух) рабочих дней направляет уведомление об оформлении документов и о необходимости авторизации и выбора организации в условиях стационара, полустационара и на дому на портале социальных услуг (http://aleumet.egov.kz). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z127" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Результатом оказания государственной услуги является уведомление об оформлении документов в произвольной форме с указанием срока оказания специальных социальных услуг в условиях стационара, полустационара и на дому или мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 15 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z128" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При наличии оснований, предусмотренных в пункте 9 Перечня основных требований к оказанию государственной услуги, согласно приложению 4 к настоящим Правилам, услугодатель согласно статье 73 Административного процедурно-процессуального кодекса Республики Казахстан уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z129" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется заранее, но не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z130" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугополучателю в форме электронного документа, подписанного электронной цифровой подписью уполномоченного лица услугодателя, направляется уведомление об оформлении документов либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z131" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация информирует услугополучателя о результатах оказания государственной услуги посредством передачи смс-уведомления на абонентское устройство услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z132" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц, Государственной корпорации и (или) их специалистов по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z133" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуется, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворящее требования, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z134" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с подпунктом 2) пункта 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z135" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес органа, рассматривающий жалобу, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z136" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях несогласия с результатами оказанной государственной услуги услугополучатель обращается в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4927,51 +2190,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4992,1928 +2255,5298 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на оказание специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>социальных услуг</w:t>
+              <w:t>социальных услуг в центрах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в медико-социальных</w:t>
+              <w:t>оказания специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учреждениях (организациях)"</w:t>
+              <w:t>социальных услуг"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уполномоченной местным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительным органом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии) руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>местного исполнительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органа или уполномоченной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>местным исполнительным органом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной организации)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-идентификационный номер:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z368" w:id="75"/>
-[...11 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z139" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z140" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документ, удостоверяющий личность № ___ выдан "___" ______ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z141" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место прописки _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z142" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место проживания _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z143" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место рождения __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z144" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата рождения "___" _________ _____ год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z145" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вид и размер пособия _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z146" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Группа инвалидности (при наличии инвалидности) ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z147" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наличие законных представителей__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z148" w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (фамилия, имя, отчество (при его наличии), индивидуальный идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             номер, родственные отношения, возраст, социальный статус, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               проживания, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наличие родственников (трудоспособные совершеннолетние дети, супруг/супруга)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z150" w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), индивидуальный идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             номер, родственные отношения, возраст, социальный статус, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         проживания, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z151" w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу предоставить _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии) услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         специальные социальные услуги в условиях круглосуточного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         постоянного/временного (нужное подчеркнуть) проживания в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         организации стационарного типа, так как нуждаюсь (нуждается)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   в оказании специальных социальных услуг в условиях стационара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прилагаю следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z153" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _______________________ 2) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z154" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) _______________________ 4) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z155" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) _______________________ 6) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z156" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) _______________________ 8) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z157" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) _______________________ 10) ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z158" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции приказа Министра труда и социальной защиты населения РК от 03.08.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите" даю согласие на сбор и обработку моих персональных данных, отнесенных к категории ограниченного доступа, необходимых для оформления документов на оказание специальных социальных услуг в организациях стационарного типа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z159" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее согласие действует со дня его подписания до дня завершения оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z160" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим выражаю согласие на использование информации о трудоспособных совершеннолетних детях, супруге для определения права на оказание специальных социальных услуг, проверку, приведение в соответствие и обновление соответствующей информации в информационных системах государственных органов, а также на использование (передачу) указанных мною сведений и сведений, полученных из информационных систем, моего статуса, как получателя специальных социальных услуг в моих интересах, в том числе для предоставления гарантированного объема специальных социальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z161" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предупрежден (а) об ответственности за предоставление ложной информации и недостоверных (поддельных) документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z162" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С условиями приема, содержания, перевода и выписки из организации стационарного типа ознакомлен(а).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z163" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ___________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z164" w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии) и подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z165" w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы принял ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (должность, фамилия, имя, отчество (при его наличии) подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ___________ 20___ года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Оформление документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на оказание специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг в центрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уполномоченной местным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительным органом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителя местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уполномоченной местным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительным органом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной организации)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-идентификационный номер:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z170" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z171" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу предоставить</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z172" w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии) услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ___________ ______ года рождения, проживающего по адресу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z174" w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             специальные социальные услуги в условиях дневного пребывания в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             организацию полустационарного типа, так как нуждаюсь (нуждается)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             в оказании специальных социальных услуг в условиях полустационара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прилагаю следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z176" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ________________ 2) _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z177" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ________________ 4) _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z178" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ________________ 6) _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z179" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ________________ 8) _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z180" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ________________ 10) ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z181" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите" даю согласие на сбор и обработку моих персональных данных ограниченного доступа, необходимых для оформления документов на оказание специальных социальных услуг в организацию полустационара типа. Настоящее согласие действует со дня его подписания до дня завершения оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг)". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z182" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С условиями приема, пребывания, отчисления и выписки из организации полустационарного типа ознакомлен(а).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z183" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z184" w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии) и подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z185" w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы принял ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (должность, фамилия, имя, отчество (при его наличии) подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" __________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Оформление документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на оказание специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг в центрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уполномоченной местным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительным органом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителя местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уполномоченной местным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительным органом</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной организации)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-идентификационный номер:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z189" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z190" w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу взять на учет ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать фамилию, имя, отчество (при его наличии) услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для предоставления специальных социальных услуг в условиях на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата рождения _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z192" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес проживания ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z193" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Номер телефона (домашний, мобильный) _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z194" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Категория инвалидности (при наличии) _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z195" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Совместно проживающие члены семьи (указать фамилию, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z196" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (при его наличии), индивидуальный идентификационный номер, родство):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z197" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z198" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z199" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите" даю согласие на сбор и обработку моих персональных данных ограниченного доступа, необходимых для оформления документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z200" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее согласие действует со дня его подписания до дня завершения оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z201" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим выражаю согласие на использование информации о трудоспособных совершеннолетних детях, супруге для определения права на оказание специальных социальных услуг, проверку, приведение в соответствие и обновление соответствующей информации в информационных системах государственных органов, а также на использование (передачу) указанных мною сведений и сведений, полученных из информационных систем, моего статуса, как получателя специальных социальных услуг в моих интересах, в том числе для предоставления гарантированного объема специальных социальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z202" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предупрежден (а) об ответственности за предоставление ложной информации и недостоверных (поддельных) документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z203" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С порядком и условиями оказания специальных социальных услуг в условиях на дому ознакомлен(а).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z204" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прилагаю следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z205" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z206" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z207" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z208" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии) и подпись ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z209" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z210" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z211" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата "___" ___________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z212" w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление принял __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указать фамилию, имя, отчество (при его наличии) и должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись _________ Дата "___" __________ 20__года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Оформление документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на оказание специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг в центрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z215" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень основных требований к оказанию государственной услуги</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень основных требований к оказанию государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подвиды государственной услуги:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оформление документов на оказание специальных социальных услуг в медико-социальных учреждениях (организациях)"</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) "Оформление документов на оказание специальных социальных услуг в условиях стационара";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) "Оформление документов на оказание специальных социальных услуг в условиях полустационара";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "Оформление документов на оказание специальных социальных услуг в условиях на дому".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z221" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="119"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Местные исполнительные органы городов Астана, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z225" w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="120"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z227" w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Государственную корпорацию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портал.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z232" w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="122"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z234" w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Со дня регистрации пакета документов – 15 (пятнадцать) рабочих дней. При обращении в Государственную корпорацию, день приема документов не входит в срок оказания государственной услуги, при этом результат оказания государственной услуги услугодателем предоставляется в Государственную корпорацию за день до окончания срока оказания государственной услуги; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи пакета документов в Государственной корпорации – 15 минут, у услугодателя – 30 минут; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 15 минут, у услугодателя – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z238" w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма оказания и предоставления результата оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местные исполнительные органы городов Нур-Султан, Алматы и Шымкент, районов и городов областного значения (далее – услугодатель)</w:t>
+Электронная (частично автоматизированная)/бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z242" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="125"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Результатом оказания государственной услуги является уведомление об оформлении документов в произвольной форме с указанием срока оказания специальных социальных услуг в условиях стационара, полустационара и на дому или мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 15 настоящих Правил.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z246" w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="126"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
-[...50 lines deleted...]
-              <w:t>3) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+Бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z250" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="127"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z252" w:id="128"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) отделений Госкорпорации – с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="128"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием осуществляется в порядке электронной очереди, без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) услугодатель – обслуживание осуществляется в соответствии с утверждҰнным режимом работы услугодателя, за исключением перерыва на обед. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портал – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно Трудовому кодексу Республики, Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z257" w:id="129"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="129"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Со дня регистрации пакета документов – 17 (семнадцать) рабочих дней. При обращении в Государственную корпорацию, день приема документов не входит в срок оказания государственной услуги, при этом результат оказания государственной услуги услугодателем предоставляется в Государственную корпорацию за день до окончания срока оказания государственной услуги; 2) максимально допустимое время ожидания для сдачи пакета документов в Государственной корпорации – 15 минут, у услугодателя – 30 минут; 3) максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 15 минут, у услугодателя – 30 минут.</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z259" w:id="130"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление по формам, согласно приложениям 1, 2 и 3 к настоящим Правилам оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в центрах оказания специальных услуг" (далее – Правила);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="130"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов услугополучателя с наличием индивидуального идентификационного номера (далее – ИИН) (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) медицинская карта по формам согласно приложениям 7, 8 и 9 к Правилам с выпиской из амбулаторной карты или истории болезни.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сведения о документе, удостоверяющем личность, об установлении инвалидности (для престарелых при наличии инвалидности), о разработанных мероприятиях в индивидуальной программе абилитации и реабилитации лица с инвалидностью (далее – ИПР) (для престарелых при наличии ИПР), о признании лица старше 18 лет с психоневрологическими заболеваниями недееспособным по решению суда (при наличии), о пенсионном возрасте, о наличии статуса ветерана Великой Отечественной войны, ветерана боевых действий на территории других государств, а также ветерана, приравненного по льготам к ветеранам Великой Отечественной войны, семьи погибших военнослужащих, перечисленных в подпункте 1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О ветеранах" (для ветеранов Великой Отечественной войны, ветеранов боевых действий на территории других государств, а также ветеранов, приравненных по льготам к ветеранам Великой Отечественной войны, семьи погибших военнослужащих, перечисленных в подпункте 1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О ветеранах") услугодатель или Государственная корпорация получает в форме электронных документов, удостоверенных электронно-цифровой подписью уполномоченных должностных лиц из соответствующих государственных информационных систем. При отсутствии сведений из информационных систем к заявлению прилагаются для лиц старше восемнадцати лет – копия решения суда о признании лица недееспособным (при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z265" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="131"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания и предоставления результата оказания государственной услуги</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z267" w:id="132"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="132"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) отрицательный ответ уполномоченного государственного органа на запрос о предоставлении необходимого согласования для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) отрицательное заключение экспертизы, исследования или проверки.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z273" w:id="133"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="133"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная)/ бумажная.</w:t>
-[...40 lines deleted...]
-5</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z275" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Лицам с инвалидностью оформление документов на оказание специальных социальных услуг в центрах оказания специальных социальных услуг осуществляется при содействии социального работника.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          </w:tcPr>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уведомление об оформлении документов в произвольной форме с указанием срока оказания - государственной услуги, или мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 настоящего перечня основных требований к оказанию государственной услуги. При обращении на портал результат оказания государственной услуги направляется услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью должностного лица услугодателя.</w:t>
-[...244 lines deleted...]
-              <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) услугодатель – с 9.00 часов до 18.00, 18.30, 19.00 часов с перерывом на обед с 13.00 часов до 14.00, 14.30, 15.00 часов. Прием заявления и выдача результата оказания государственной услуги с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+              <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...151 lines deleted...]
-              </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) заявление по форме, согласно </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в медико-социальных учреждениях (организациях)" (далее – Правила);</w:t>
+              <w:t>1) Министерства труда и социальной защиты населения Республики Казахстан – www.enbek.gov.kz, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов услугополучателя с наличием индивидуального идентификационного номера (далее – ИИН) (для идентификации);</w:t>
+              <w:t>2) Государственной корпорации – www.gov4c.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) медицинская карта по формам согласно </w:t>
-[...581 lines deleted...]
-              <w:t>3) портала www.egov.kz.</w:t>
+              <w:t>3) портала.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -7026,51 +7659,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7091,795 +7724,686 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на оказание специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>социальных услуг</w:t>
+              <w:t>социальных услуг в центрах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в медико-социальных</w:t>
+              <w:t>оказания специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учреждениях (организациях)"</w:t>
-[...64 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>социальных услуг"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z339" w:id="80"/>
+    <w:bookmarkStart w:name="z285" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
-[...632 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> АКТ № _________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обследования жилищных-бытовых условий лица,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>претендующего на специальные социальные услуги*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z286" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Фамилия, имя, отчество (при его наличии) получателя услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z287" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z288" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z289" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дата рождения "___" ___________ ______ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z290" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Адрес проживания ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z291" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Номер телефона _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z292" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Вид и размер получаемых выплат (пенсий, пособий, иных социальных выплат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z293" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z294" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Семейное положение _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z295" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Последнее место работы ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z296" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сведения о детях и близких родственниках (фамилия, имя, отчество (при его наличии), место проживания, место работы, контактные телефоны):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z297" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z298" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z299" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z300" w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Условия проживания: ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (благоустроенное/неблагоустроенное жилье)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z301" w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (квартира, частный дом, комната в общежитии и другое)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z302" w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать этаж, количество комнат, наличие санузлов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         центрального отопления, лифта и так далее)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z303" w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (другие условия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z304" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Наличие приусадебного участка _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z305" w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо, составившее акт __________ _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (подпись) (фамилия, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z306" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата "___" _________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z307" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проведение обследования согласовано с получателем: да / нет</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z308" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Примечание: заполняется для лиц с инвалидностью и престарелых.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7913,51 +8437,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7978,77 +8502,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на оказание специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>социальных услуг</w:t>
+              <w:t>социальных услуг в центрах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в медико-социальных</w:t>
+              <w:t>оказания специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учреждениях (организациях)"</w:t>
+              <w:t>социальных услуг"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8075,1177 +8599,623 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z341" w:id="83"/>
+    <w:bookmarkStart w:name="z311" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> МЕДИЦИНСКАЯ КАРТА</w:t>
-[...27 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> РАСПИСКА ОБ ОТКАЗЕ  В ПРИЕМЕ ЗАЯВЛЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z312" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 - в редакции приказа Министра труда и социальной защиты населения РК от 03.08.2022 </w:t>
-[...1079 lines deleted...]
-    </w:p>
+      Руководствуясь статьями 19, 19-1, пунктом 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах",</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z313" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z314" w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (местные исполнительные органы городов Астана, Алматы и Шымкент, районов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       и городов областного значения; некоммерческое акционерное общество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Государственная корпорация "Правительство для граждан") отказывает Вам в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       приеме документов на оказание государственной услуги "Оформление документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       на оказание специальных социальных услуг в центрах оказания специальных услуг"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ввиду представления неполного пакета документов и (или) документов с истекшим</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       сроком действия / недостоверности документов / несоответствие услугополучателя и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (или) представленных материалов, объектов, данных и сведений, необходимых для</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             оказания государственной услуги (нужное подчеркнуть), а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z315" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ______________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z316" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ______________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z317" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ______________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z318" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая расписка составлена в 2 (двух) экземплярах по одному для каждой из сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z319" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель: _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z320" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z321" w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии) специалист местного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       исполнительного органа городов Астана, Алматы и Шымкент, районов и городов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   областного значения, некоммерческого акционерного общества</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             "Государственная корпорация "Правительство для граждан", подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z322" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z323" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получил:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z324" w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии) услугополучателя или</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         законного представителя, подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z325" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ____________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9279,51 +9249,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>Приложение 7</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9344,77 +9314,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на оказание специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>социальных услуг</w:t>
+              <w:t>социальных услуг в центрах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в медико-социальных</w:t>
+              <w:t>оказания специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учреждениях (организациях)"</w:t>
+              <w:t>социальных услуг"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9441,1217 +9411,1250 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z343" w:id="86"/>
+    <w:bookmarkStart w:name="z328" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> МЕДИЦИНСКАЯ КАРТА</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> для получения специальных социальных услуг в медико-социальных учреждениях (организациях) полустационарного типа</w:t>
-[...15 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t>для получения специальных социальных услуг в центрах</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оказания специальных социальных услуг стационарного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z329" w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование медицинской организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z330" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z331" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z332" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата рождения "____" _________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z333" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Домашний адрес ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z334" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Краткий анамнез (сведения о перенесенных заболеваниях; непереносимости</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z335" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лекарственных препаратов, пищевых продуктов и так далее):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z336" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z337" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z338" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медицинский осмотр (с указанием основного и сопутствующего диагноза, наличия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z339" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осложнений):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z340" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      невропатолог ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z341" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      психиатр ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z342" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дерматовенеролог ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z343" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фтизиатр (наличие данных флюорографии обязательно) _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z344" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 6 - в редакции приказа Министра труда и социальной защиты населения РК от 03.08.2022 </w:t>
-[...1113 lines deleted...]
-    </w:p>
+      терапевт/педиатр </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z345" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z346" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z347" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заключение об эпидемиологическом окружении: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z348" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z349" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По показаниям (при диспансерном учете):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z350" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эндокринолог _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z351" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кардиолог ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z352" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ортопед ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z353" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарколог _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z354" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      онколог ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z355" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гинеколог (уролог)______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z356" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хирург_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z357" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      окулист_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z358" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отоларинголог_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z359" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты лабораторных исследований: общий анализ крови</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z360" w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (дата, результат) анализ крови на ВИЧ-инфекцию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z361" w:id="207"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (дата, результат) анализ крови на сифилис</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z362" w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (дата, результат) общий анализ мочи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z363" w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (дата, результат) паразитологическое исследование фекалий на яйца гельминтов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z364" w:id="210"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (дата, результат) бактериологическое исследование фекалий на кишечную палочку</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z365" w:id="211"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (дата, результат) лабораторное обследование на менингококковую инфекцию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z366" w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (дата, результат) для лиц, старше 18 лет с психоневрологическими заболеваниями:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   вагинальный мазок у женщин</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z367" w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (дата, результат) уретральный мазок у мужчин</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z368" w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключение председателя врачебно-консультативной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z370" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z371" w:id="217"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (имеются ли медицинские противопоказания для пребывания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               в организации стационарного типа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z372" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место печати.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z373" w:id="219"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель медицинской организации: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z374" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10685,1150 +10688,1535 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к приказу</w:t>
+              <w:t>Приложение 8</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра труда</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и социальной защиты населения</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>"Оформление документов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 28 мая 2020 года № 197</w:t>
+              <w:t>на оказание специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг в центрах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:bookmarkStart w:name="z377" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оказания государственной услуги</w:t>
+        <w:t xml:space="preserve"> МЕДИЦИНСКАЯ КАРТА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Оформление документов на оказание специальных социальных услуг в условиях ухода на дому"</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t>для получения специальных социальных услуг в центрах</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оказания специальных социальных услуг полустационарного типа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z378" w:id="222"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование медицинской организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z379" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z380" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z381" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата рождения "___" ______ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z382" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Домашний адрес ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z383" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Краткий анамнез (сведения о перенесенных заболеваниях, непереносимости</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z384" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лекарственных препаратов, пищевых продуктов и так далее):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z385" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z386" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z387" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z388" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медицинский осмотр (с указанием основного и сопутствующего диагноза, наличия осложнений):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z389" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      невропатолог ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z390" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z391" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Министра труда и социальной защиты населения РК от 03.08.2022 </w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z394" w:id="92"/>
+      психиатр </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z392" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z393" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Оформление документов на оказание специальных социальных услуг в условиях ухода на дому" (далее – Правила) разработаны в соответствии с </w:t>
-[...141 lines deleted...]
-    <w:bookmarkStart w:name="z401" w:id="99"/>
+      дерматовенеролог </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z394" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z395" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Для получения государственной услуги физическое лицо (или его законный представитель) обращается к услугодателю, Государственную корпорацию по месту проживания или через портал путем подачи заявления по форме согласно </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z402" w:id="100"/>
+      фтизиатр (наличие данные флюорографии обязательно) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z396" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z397" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терапевт/педиатр</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z398" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z399" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z400" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z401" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключение об эпидемиологическом окружении: ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z402" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z403" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По показаниям (при диспансерном учете):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z404" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эндокринолог __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z405" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кардиолог ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z406" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ортопед ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z407" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарколог _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z408" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      онколог ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z409" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гинеколог (уролог)_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z410" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты лабораторных исследований:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z411" w:id="255"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      общий анализ крови ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z412" w:id="256"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ крови на ВИЧ-инфекцию __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z413" w:id="257"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ крови на сифилис ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z414" w:id="258"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      общий анализ мочи ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z415" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      паразитологическое исследование фекалий на яйца гельминтов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z416" w:id="260"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z417" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бактериологическое исследование фекалий на кишечную палочку</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z418" w:id="262"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z419" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лабораторное обследование на менингококковую инфекцию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z420" w:id="264"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z421" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в перечне основных требований к оказанию государственной услуги согласно </w:t>
-[...720 lines deleted...]
-    <w:bookmarkEnd w:id="132"/>
+      для лиц, старше 18 лет с психоневрологическими заболеваниями: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z422" w:id="266"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вагинальный мазок у женщин ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z423" w:id="267"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уретральный мазок у мужчин ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z424" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключение председателя врачебно-консультативной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z425" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z426" w:id="270"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (имеются ли медицинские противопоказания для пребывания в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               организации полустационарного типа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z427" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место печати.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z428" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель медицинской организации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z429" w:id="273"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z430" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата " ___" _________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11862,116 +12250,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к Правилам</w:t>
+              <w:t>Приложение 9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Оформление документов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на оказание специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>социальных услуг</w:t>
+              <w:t>социальных услуг в центрах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в условиях ухода на дому"</w:t>
+              <w:t>оказания специальных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальных услуг"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11997,5532 +12411,941 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...258 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z438" w:id="133"/>
+    <w:bookmarkStart w:name="z433" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
-[...1190 lines deleted...]
-              <w:t>
+        <w:t xml:space="preserve"> МЕДИЦИНСКАЯ КАРТА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>для получения специальных социальных услуг в условиях на дому</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z434" w:id="276"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование медицинской организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z435" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z436" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z437" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата рождения "___" ______ ______ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z438" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Домашний адрес: ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z439" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Краткий анамнез (сведения о перенесенных заболеваниях; непереносимости</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z440" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лекарственных препаратов, пищевых продуктов и так далее):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z441" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z442" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z443" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z444" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медицинский осмотр (с указанием основного и сопутствующего диагноза, наличия осложнений):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z445" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      невропатолог </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z446" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z447" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      психиатр </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z448" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z449" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дерматовенеролог _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z450" w:id="292"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   фтизиатр (наличие данных флюорографии обязательно) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z451" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z452" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      терапевт/педиатр </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z453" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z454" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z455" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключение об эпидемиологическом окружении:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z456" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z457" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты лабораторных исследований: общий анализ крови</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z458" w:id="300"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z459" w:id="301"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      общий анализ мочи ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z460" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бактериологическое исследование фекалий на кишечную палочку</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z461" w:id="303"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата, результат)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z462" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключение председателя врачебно-консультативной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z463" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z464" w:id="306"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (имеются ли медицинские противопоказания для пребывания в организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         надомного обслуживания)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z465" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место печати.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z466" w:id="308"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель медицинской организации: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z467" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата "___" ________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...25 lines deleted...]
-              <w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...158 lines deleted...]
-              <w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...3823 lines deleted...]
-        <w:t>Дата "___" ________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -17530,55 +13353,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17904,31 +13727,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>