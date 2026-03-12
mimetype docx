--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="78e5fd3" w14:textId="78e5fd3">
+    <w:p w14:paraId="a60444e" w14:textId="a60444e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1099,1666 +1099,1744 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Целью процедуры проставления апостиля является обеспечение гарантии подлинности и надлежащего оформления апостилируемых документов, предназначенных для действия на территории стран-участниц Гаагской конвенции. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Услугодатель апостилирует официальные документы, исходящие из органов юстиции, регистрации актов гражданского состояния и иных государственных органов, а также нотариусов Республики Казахстан по принципу экстерриториальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z157" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департаменты юстиции областей, городов Астана, Алматы и Шымкент вносят в информационную систему "Е-Апостиль" образцы подписей должностных лиц, наделенных правом подписания документов (далее – образец подписи) и оттиска печати органа, выдавшего документ (далее - оттиск печати), в соответствии со своей территориальной единицей по мере назначения должностных лиц и изменения печати органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z158" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерство юстиции вносит в информационную систему "Е-Апостиль" образцы подписей и оттисков печатей, поступающие от государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра юстиции РК от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок и условия оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Основные требования к оказанию государственной услуги приведены в перечне основных требований к оказанию государственной услуги "Апостилирование официальных документов, исходящих из органов юстиции, регистрации актов гражданского состояния и иных государственных органов, а также нотариусов Республики Казахстан" (далее – Перечень) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра юстиции РК от 29.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 458</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Для получения государственной услуги физическими и юридическими лица (далее - услугополучатели) заявление по желанию подается в некоммерческое акционерное общество Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация) в бумажном виде или посредством веб-портала "электронного правительства" (далее - портал), в электронном виде согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Перечень необходимых документов для оказания государственной услуги при обращении услугополучателя либо его представителя по доверенности в Государственной корпорации, либо через портал предусмотренным пунктом 8 Перечня основных требований к оказанию государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра юстиции РК от 29.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 458</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сведения о документах, удостоверяющих личность услугополучателя, документа подтверждающего оплату услугополучателем в бюджет суммы пошлины (в случае оплаты через ПШЭП), а также сведений о государственной регистрации актов гражданского состояния, произведенных на территории Республики Казахстан услугодатель и работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. При отсутствии в информационных системах соответствующих сведений сотрудник Государственной корпорации или услугодателя воспроизводит электронные/бумажные копии документов, после чего возвращает оригиналы услугополучателю, за исключением документов которые подлежат апостилированию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истребование от услугополучателей документов и сведений, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При оказании государственных услуг услугополучатель предоставляет согласие на использование сведений, составляющих охраняемую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законом тайну</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, содержащихся в информационных системах, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. В случае сбоя информационной системы услугодатель незамедлительно уведомляет сотрудника ответственного за информационно-коммуникационную инфраструктуру. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае ответственный сотрудник за информационно-коммуникационную инфраструктуру предпринимает меры по определению причины сбоя информационной системы и в течение 1 (одного) рабочего дня составляет протокол (акт) о технической проблеме и подписывает его услугодателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой подписи (далее – ЭЦП).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z130" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При сдаче услугополучателем заявления через портал в "личный кабинет" в течение 1 (одного) рабочего дня с момента поступления заявления направляется статус о принятии запроса на оказание государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z131" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z132" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление на получение государственной услуги в электронном формате и перечень необходимых документов, указанных в Правилах, подается посредством портала с использованием ЭЦП заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z133" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель проверяет образец подписи и оттиск печати на соответствие их электронного либо сканированного оригинала документа, подлежащего апостилированию прикрепленного к заявлению, а также на соответствие заявления и прикрепленных документов требованиям Конвенцией и Единых правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z134" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несоответствии заявления и прикрепленных документов требованиям Конвенцией и Единых правил, услугодатель в течение 1 (одного) рабочего дня с момента поступления заявления подготавливает и направляет на портал заявителю результат оказания государственной услуги в виде мотивированного отказа в оказании государственной услуги, в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z135" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае соответствия заявления и представленных документов услугополучателя требованиям Правил, должностное лицо в тот же рабочий день посредством информационной системы "Е-Апостиль" на электронном документе, подлежащем апостилированию формирует электронный апостиль и посредством шлюза "электронного правительства" направляет подписанный ЭЦП уполномоченного лица результат оказания государственной услуги в "личный кабинет" заявителя на портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z136" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апостилирование документов назначается на следующий рабочий день.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z137" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апостиль проставляется услугодателем вне зависимости от территории выдачи по предъявлении документа в тот же день в электронном/бумажном виде и уплаты государственной пошлины за проставление апостиля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z138" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель сверяет представленный документ, проставляет штамп "апостиль" на документе и выдает услугополучателю результат оказания государственной услуги в виде документа в электронном формате, подписанного ЭЦП уполномоченного лица услугодателя по форме, согласно приложению 3-1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z139" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При не представлении документа, подлежащего апостилированию в назначенный день, не соответствии представленных документов требованиям Конвенции и Единых правил, либо установлении факта неполноты представленных документов услугодатель в тот же рабочий день с момента представления, либо не представления документов подготавливает и направляет на портал услугополучателю результат оказания государственной услуги в виде мотивированного отказа в оказании государственной услуги, в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...65 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра юстиции РК от 29.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 458</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. При оказании государственной услуги через Государственную корпорацию на бумажном носителе, день приема заявлений и документов не входит в срок оказания государственных услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z141" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z142" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае предоставления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 Перечня основных требований к оказания государственной услуги, и (или) документов с истекшим сроком действия, работник Государственной корпорации отказывает в приеме заявления, и выдает расписку об отказе в приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z143" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении полного пакета документов услугополучателем – работник Государственной корпорации проверяет документы, представленные услугополучателем, принимает их и выдает электронную расписку о приеме соответствующих документов от заявителя, в которой указывается перечень принятых документов, фамилия, имя и отчество (при наличии), работника принявшего заявление, дата и время подачи заявления, а также дата выдачи готовых документов, по обращению заявителя расписка выдается в бумажном формате. Принятые документы направляются услугодателю через курьерскую связь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z144" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Канцелярия услугодателя в день поступления заявления осуществляет их прием и регистрацию, после чего передает сотруднику ответственного за проставление апостиля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z145" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель проверяет образец подписи и оттиск печати на соответствие их документу, подлежащего апостилированию, а также на соответствие заявления и представленных документов требованиям Конвенции и Единых правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z146" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      После проверки заявления и представленных документов, поступивших через Государственную корпорацию в течение 2 (двух) рабочих дней проставляет штамп "апостиль" на документе и направляет результат оказания государственной услуги в виде документа в бумажном формате, подписанного уполномоченным лицом услугодателя по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо мотивированного отказа по основаниям предусмотренным пунктом 9 Перечня основных требований к оказанию государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...395 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра юстиции РК от 29.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 458</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении получателем удостоверения личности, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>либо электронного документа из сервиса цифровых документов (для идентификации)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (либо его представителя, действующего на основании документа, выданного в соответствии с гражданским законодательством Республики Казахстан, в которой указываются соответствующие полномочия представителя).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация обеспечивает хранение документов, в течение 1 (одного) месяца, после чего передает их услугодателю для дальнейшего хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя по истечении 1 (одного) месяца, по запросу Государственной корпорации услугодатель в течение 1 (одного) рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...195 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным приказом и.о. Министра юстиции РК от 13.08.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 708</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) уполномоченного органа и (или) его должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Жалоба на решения, действия (бездействие) услугодателя и (или) их работников по вопросам оказания государственных услуг подается на имя руководителя услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал информацию о порядке обжалования можно получить по телефону единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...85 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа и.о. Министра юстиции РК от 28.09.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 841</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается услугодателю, чье решение, действие (бездействие) обжалуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если иное не предусмотрено законом, то обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...117 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа и.о. Министра юстиции РК от 28.09.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 841</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа и.о. Министра юстиции РК от 28.09.2021 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Исключен приказом и.о. Министра юстиции РК от 28.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 841</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...97 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. Исключен приказом и.о. Министра юстиции РК от 28.09.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 841</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа и.о. Министра юстиции РК от 28.09.2021 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Исключен приказом и.о. Министра юстиции РК от 28.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 841</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -2768,331 +2846,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">18. Исключен приказом и.о. Министра юстиции РК от 28.09.2021 </w:t>
+        <w:t xml:space="preserve">21. Исключен приказом и.о. Министра юстиции РК от 28.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 841</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...258 lines deleted...]
-        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -3293,71 +3111,91 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1- в редакции приказа Министра юстиции РК от 29.05.2024 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра юстиции РК от 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 458</w:t>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3616,51 +3454,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Государственная корпорация;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) через портал.</w:t>
+              <w:t>
+2) через портал.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3746,102 +3585,106 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Государственной корпорации – 2 рабочих дня. День приема не входит в срок оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>На портале – получение уведомления о назначении даты, времени на апостилирование документов – 1 (один) рабочий день;</w:t>
+              <w:t>
+На портале – получение уведомления о назначении даты, времени на апостилирование документов – 1 (один) рабочий день;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>выдача результата оказания государственной услуги при поступлении заявления через портал – 1 (один) рабочий день;</w:t>
+              <w:t>
+выдача результата оказания государственной услуги при поступлении заявления через портал – 1 (один) рабочий день;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>максимально допустимое время ожидания для сдачи пакета документов услугополучателем в Государственной корпорации – 15 (пятнадцать) минут;</w:t>
+              <w:t>
+максимально допустимое время ожидания для сдачи пакета документов услугополучателем в Государственной корпорации – 15 (пятнадцать) минут;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 15 (пятнадцать) минут.</w:t>
+              <w:t>
+максимально допустимое время обслуживания услугополучателя в Государственной корпорации – 15 (пятнадцать) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4022,123 +3865,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам. Электронный апостиль выдается через портал путем скачивания апостиля с применением защитного кода, переданного уполномоченным государственным органом при подаче заявления, по форме согласно приложению 3-1 к Правилам;</w:t>
+              <w:t>
+1) Документ со штампом "апостиль" на бумажном носителе, по форме согласно приложению 3 к Правилам. Электронный апостиль выдается через портал путем скачивания апостиля с применением защитного кода, переданного уполномоченным государственным органом при подаче заявления, по форме согласно приложению 3-1 к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) письмо о прекращении рассмотрения заявления в случае обращения услугополучателя с ходатайством;</w:t>
+              <w:t>
+2) письмо о прекращении рассмотрения заявления в случае обращения услугополучателя с ходатайством;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+              <w:t>
+3) мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма предоставления результата оказания государственной услуги – бумажная, электронная при направлении мотивированного ответа об отказе в оказании государственной услуги через портал.</w:t>
+              <w:t>
+Форма предоставления результата оказания государственной услуги – бумажная, электронная при направлении мотивированного ответа об отказе в оказании государственной услуги через портал.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4217,61 +4043,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 За проставление апостиля на официальных документах, совершенных в Республике Казахстан - 0,5 МРП за каждый документ согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подпункту 7)</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> статьи 615 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)".</w:t>
+              <w:t>подпункту 6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пункта 3 статьи 667 Налогового кодекса Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4340,122 +4166,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодатель – с понедельника по пятницу включительно с 09.00 до 17.30 часов, перерыв с 13.00 до 14.30 часов, кроме выходных и праздничных дней;</w:t>
+1) услугодатель – с понедельника по пятницу включительно с 08.00 до 17.30 часов, перерыв с 12.00 до 13.30 часов, кроме выходных и праздничных дней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) Государственная корпорация – с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
+              <w:t xml:space="preserve">
+2) Государственная корпорация – с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Прием осуществляется в порядке "электронной" очереди, документов подлежащих апостилированию – в любом филиале Государственной корпорации по принципу экстерриториальности (вне зависимости от территории выдачи документа), без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+              <w:t xml:space="preserve">
+Прием осуществляется в порядке "электронной" очереди, документов подлежащих апостилированию – в любом филиале Государственной корпорации по принципу экстерриториальности (вне зависимости от территории выдачи документа), без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+              <w:t>
+3) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4541,343 +4370,358 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственной корпорации:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) заявление на проставление апостиля по форме согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам;</w:t>
+              <w:t>
+1) заявление на проставление апостиля по форме согласно приложение 2 к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) удостоверение личности, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+              <w:t>
+2) удостоверение личности, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) документ, подлежащий апостилированию (документы принимаются для проставления апостиля как в подлинниках, так и в нотариально засвидетельствованных копиях);</w:t>
+              <w:t>
+3) документ, подлежащий апостилированию (документы принимаются для проставления апостиля как в подлинниках, так и в нотариально засвидетельствованных копиях);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4) документ, подтверждающий уплату в бюджет государственной пошлины;</w:t>
+              <w:t>
+4) документ, подтверждающий уплату в бюджет государственной пошлины;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5) нотариально удостоверенная доверенность, в случае обращения представителя услугополучателя (физического лица);</w:t>
+              <w:t>
+5) нотариально удостоверенная доверенность, в случае обращения представителя услугополучателя (физического лица);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>доверенность от имени юридического лица выданная за подписью его руководителя или иного лица, уполномоченного на это его учредительными документами, и скрепленная печатью этой организации (при наличии) при обращении представителя юридического лица;</w:t>
+              <w:t>
+доверенность от имени юридического лица выданная за подписью его руководителя или иного лица, уполномоченного на это его учредительными документами, и скрепленная печатью этой организации (при наличии) при обращении представителя юридического лица.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Доверенности, выданные или засвидетельствованные компетентным учреждением иностранного государства либо специально на то уполномоченным лицом, в пределах его компетенции и по установленной форме скрепленные гербовой печатью иностранного государства, принимаются только после прохождения процедуры специального удостоверения (легализации либо апостилирования) (для идентификации с копией);</w:t>
+              <w:t>
+Доверенности, выданные или засвидетельствованные компетентным учреждением иностранного государства либо специально на то уполномоченным лицом, в пределах его компетенции и по установленной форме скрепленные гербовой печатью иностранного государства, принимаются только после прохождения процедуры специального удостоверения (легализации либо апостилирования) (для идентификации с копией);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) образец подписи и оттиска печати выданных документов другими государственными органами.</w:t>
+              <w:t>
+6) образец подписи и оттиска печати выданных документов другими государственными органами.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>При обращении через портал:</w:t>
+              <w:t>
+При обращении через портал:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) электронное заявление, удостоверенное ЭЦП услугополучателя или удостоверенный одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+              <w:t>
+1) электронное заявление, удостоверенное ЭЦП услугополучателя или удостоверенный одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) документ, подлежащий апостилированию в виде сканированной копии прикрепляется к электронному запросу;</w:t>
+              <w:t>
+2) документ, подлежащий апостилированию в виде сканированной копии прикрепляется к электронному запросу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) нотариально удостоверенная доверенность, в случае обращения представителя услугополучателя (физического лица);</w:t>
+              <w:t>
+3) нотариально удостоверенная доверенность, в случае обращения представителя услугополучателя (физического лица);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>доверенность от имени юридического лица выданная за подписью его руководителя или иного лица, уполномоченного на это его учредительными документами и скрепленная печатью этой организации (при наличии) при обращении представителя юридического лица; Доверенности, выданные или засвидетельствованные компетентным учреждением иностранного государства либо специально на то уполномоченным лицом, в пределах его компетенции и по установленной форме скрепленные гербовой печатью иностранного государства, принимаются только после прохождения процедуры специального удостоверения (легализации либо апостилирования) (для идентификации с копией).</w:t>
+              <w:t>
+доверенность от имени юридического лица выданная за подписью его руководителя или иного лица, уполномоченного на это его учредительными документами и скрепленная печатью этой организации (при наличии) при обращении представителя юридического лица. Доверенности, выданные или засвидетельствованные компетентным учреждением иностранного государства либо специально на то уполномоченным лицом, в пределах его компетенции и по установленной форме скрепленные гербовой печатью иностранного государства, принимаются только после прохождения процедуры специального удостоверения (легализации либо апостилирования) (для идентификации с копией).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В случае изменения анкетных данных услугополучателя, дополнительно прилагаются подтверждающие документы (выданные или засвидетельствованные компетентным учреждением иностранного государства либо специально на то уполномоченным лицом, в пределах его компетенции и по установленной форме скрепленные гербовой печатью иностранного государства, принимаются только после прохождения процедуры специального удостоверения (легализации либо апостилирования).</w:t>
+              <w:t>
+4) образец подписи и оттиска печати выданных документов другими государственными органами.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>При обращении наследников, представляются подтверждающие документы.</w:t>
+              <w:t>
+В случае изменения анкетных данных услугополучателя, дополнительно прилагаются подтверждающие документы (выданные или засвидетельствованные компетентным учреждением иностранного государства либо специально на то уполномоченным лицом, в пределах его компетенции и по установленной форме скрепленные гербовой печатью иностранного государства, принимаются только после прохождения процедуры специального удостоверения (легализации либо апостилирования).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+              <w:t>
+При обращении наследников, представляются подтверждающие документы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сведения о документах, удостоверяющих личность услугополучателя, документ, подтверждающий уплату услугополучателем суммы пошлины в бюджет (в случае оплаты через ПШЭП), а также сведения о государственной регистрации актов гражданского состояния, произведенной на территории Республики Казахстан, услугодатель и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+              <w:t>
+Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих личность услугополучателя, документ, подтверждающий уплату услугополучателем суммы пошлины в бюджет (в случае оплаты через ПШЭП), а также сведения о государственной регистрации актов гражданского состояния, произведенной на территории Республики Казахстан, услугодатель и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4945,86 +4789,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+              <w:t xml:space="preserve">
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t xml:space="preserve">
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -5113,102 +4959,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучателям имеющих нарушение здоровья, со стойким расстройством функций организма ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+Услугополучателям имеющих нарушение здоровья, со стойким расстройством функций организма ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсах услугодателя и Государственной корпорации www.gov4c.kz.</w:t>
+              <w:t>
+Адреса мест оказания государственной услуги размещены на интернет-ресурсах услугодателя и Государственной корпорации www.gov4c.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра 1414, 8 800 080 7777. Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+              <w:t>
+Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра 1414, 8 800 080 7777. Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+              <w:t>
+Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5694,88 +5543,88 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правый верхний угол приложения 2- в редакции приказа Министра юстиции РК от 29.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 458</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="51"/>
+    <w:bookmarkStart w:name="z99" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на проставление апостиля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z100" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z100" w:id="53"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу апостилировать _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование и содержание документа) ____________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6443,70 +6292,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правый верхний угол приложения 3- в редакции приказа Министра юстиции РК от 29.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 458</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="53"/>
+    <w:bookmarkStart w:name="z103" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5613400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -6930,210 +6779,210 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="54"/>
+    <w:bookmarkStart w:name="z147" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қауіпсіздік коды / Сode de sécurité / Security code: 000000000000</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z148" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z148" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінім нөмірі / Numéro de dépôt / Application number: 00000000000000</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z149" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z149" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы апостиль тек қол қойған адамның қолының, лауазымының/атағының түпнұсқалылығын және құжатқа қойылған мөр мен мөртаңбаның түпнұсқалылығын куәландырады және ол қойылған құжаттың мазмұнын растамайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z150" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z150" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Cette apostille électronique ne certifie que l'authenticité de la signature, du titre / du rang du signataire et l'authenticité du sceau ou timbre sur le document et ne certifie pas le contenu du document sur lequel il est apposé.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z151" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z151" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       This apostille certifies only the authenticity of the signature, the position/title of the signatory and the authenticity of the seal or stamp affixed on the document and does not certify the content of the document on which it is affixed.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z152" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z152" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген апостильдің заңдылығын тексеру үшін https://egov.kz/cms/ru/services/apostil/apostil сайтына кіріңіз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z153" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z153" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Pour vérifier la légitimité de l'apostille publiée, voir https://egov.kz/cms/ru/services/apostil/apostil.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z154" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z154" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       To verify the legitimacy of the issued apostille, see https://egov.kz/cms/ru/services/apostil/apostil.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7511,146 +7360,146 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="62"/>
+    <w:bookmarkStart w:name="z107" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4- в редакции приказа Министра юстиции РК от 29.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 458</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z155" w:id="63"/>
+      <w:bookmarkStart w:name="z155" w:id="64"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О государственных услугах", отдел №__ филиала Государственной корпорации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8086,402 +7935,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 мая 2020 года № 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="64"/>
+    <w:bookmarkStart w:name="z115" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов министра юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z116" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z116" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 30 июня 2015 года № 367 "Об утверждении регламента государственной услуги "Апостилирование официальных документов, исходящих из органов юстиции и иных государственных органов, а также нотариусов Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 11685, опубликованный в информационно-правовой системе "Әділет" от 13 августа 2015 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z117" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z117" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 23 февраля 2016 года № 93 "О внесении изменений в приказ Министра юстиции Республики Казахстан от 30 июня 2015 года № 367 "Об утверждении регламента государственной услуги "Апостилирование официальных документов, исходящих из органов юстиции и иных государственных органов, а также нотариусов Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 13235, опубликованный в информационно-правовой системе "Әділет" от 1 марта 2016 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z118" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z118" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 2 декабря 2016 года № 1107 "О внесении изменений в приказ Министра юстиции Республики Казахстан от 30 июня 2015 года № 367 "Об утверждении регламента государственной услуги "Апостилирование официальных документов, исходящих из органов юстиции и иных государственных органов, а также нотариусов Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 14485, опубликованный в Эталонном контрольном банке нормативных правовых актов Республики Казахстан от 14 декабря 2016 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z119" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z119" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 7 августа 2017 года № 1001 "О внесении изменений в приказ Министра юстиции Республики Казахстан от 30 июня 2015 года № 367 "Об утверждении регламента государственной услуги "Апостилирование официальных документов, исходящих из органов юстиции и иных государственных органов, а также нотариусов Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 15466, опубликованный в Эталонном контрольном банке нормативных правовых актов Республики Казахстан от 17 августа 2017 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z120" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z120" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра юстиции Республики Казахстан 13 июля 2018 года № 1090 "О внесении изменения в приказ Министра юстиции Республики Казахстан от 30 июня 2015 года № 367 "Об утверждении регламента государственной услуги "Апостилирование официальных документов, исходящих из органов юстиции и иных государственных органов, а также нотариусов Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 17203, опубликованный в Эталонном контрольном банке нормативных правовых актов Республики Казахстан от 23 июля 2018 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z121" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z121" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 17 января 2019 года № 26 "О внесении изменения в приказ Министра юстиции Республики Казахстан от 30 июня 2015 года № 367 "Об утверждении регламента государственной услуги "Апостилирование официальных документов, исходящих из органов юстиции и иных государственных органов, а также нотариусов Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 18207, опубликованный в Эталонном контрольном банке нормативных правовых актов Республики Казахстан от 29 января 2019 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z122" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z122" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра юстиции Республики Казахстан от 20 сентября 2019 года № 472 "О внесении изменений в приказ Министра юстиции Республики Казахстан от 30 июня 2015 года № 367 "Об утверждении регламента государственной услуги "Апостилирование официальных документов, исходящих из органов юстиции и иных государственных органов, а также нотариусов Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 19403, опубликованный в Эталонном контрольном банке нормативных правовых актов Республики Казахстан от 24 сентября 2019 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>