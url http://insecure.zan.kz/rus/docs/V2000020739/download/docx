--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b14ce97" w14:textId="b14ce97">
+    <w:p w14:paraId="01d845e" w14:textId="01d845e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения и дополнения в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 8 февраля 2017 года № 85 "Об утверждении Правил и условий заключения и расторжения специального инвестиционного контракта"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 21 мая 2020 года № 310. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 мая 2020 года № 20739</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 21 мая 2020 года № 310. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 мая 2020 года № 20739.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом и.о. Министра промышленности и строительства РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 477</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -464,137 +540,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр индустрии и инфраструктурного развития </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -602,227 +697,263 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Атамкулов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z17" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Согласован"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__"________ 2020 г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z18" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Согласован"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство иностранных дел</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__"________ 2020 г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z19" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Согласован"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__"________ 2020 г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>