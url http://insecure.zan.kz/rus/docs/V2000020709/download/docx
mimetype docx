--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="828d3cf" w14:textId="828d3cf">
+    <w:p w14:paraId="55bba16" w14:textId="55bba16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,60 +94,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 21 февраля 2017 года № 40 "О некоторых вопросах занятия административной государственной должности"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы от 19 мая 2020 года № 81. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 мая 2020 года № 20709</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы от 19 мая 2020 года № 81. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 мая 2020 года № 20709.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Председателя Агентства РК по делам государственной службы от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3787,150 +3863,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Агентства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан по </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">делам государственной службы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3938,122 +4037,138 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Жаилғанова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="71"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z106" w:id="71"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство цифрового </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">развития, инноваций и </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">аэрокосмической промышленности </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4288,999 +4403,1028 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных государственных должностей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="455"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10000"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Тестирование государственных служащих, претендентов на занятие вакантной административной государственной должности и граждан, впервые поступающих на правоохранительную службу"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Агентство Республики Казахстан по делам государственной службы и его территориальные подразделения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z109" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявлений осуществляется через:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) Государственную корпорацию "Правительство для граждан";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) веб-портал "электронного правительства": www.egov.kz и абонентское устройство сотовой связи.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выдача результата оказания государственной услуги осуществляется услугодателем.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z112" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тестирование проводится не ранее одного календарного дня со дня подачи заявления, и не позднее дня и времени тестирования, выбранного кандидатом.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Максимально допустимое время ожидания для сдачи пакета документов – 15 минут.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Максимально допустимое время обслуживания кандидата – 30 минут.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (частично автоматизированная) и/или бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z114" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сертификат по форме, согласно приложению 5 к настоящим Правилам, заключение по результату тестирования на оценку личных качеств кандидата на должность корпуса "Б" по форме согласно приложению 9 к настоящим Правилам, либо справка о прохождении тестирования с результатами ниже значений прохождения тестирования по форме согласно приложению 6 к настоящим Правилам.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Тест на знание государственного языка не имеет порогового значения.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается физическим лицам бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z116" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5309,765 +5453,833 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Закону</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Выдача результата оказания государственной услуги осуществляется в рабочее время, в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) Государственной корпорации – с понедельника по субботу включительно с 09.00 до 20.00 часов, без перерыва на обед, за исключением воскресенья и праздничных дней согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года и Закону Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан".</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Прием документов осуществляется в порядке электронной очереди, без ускоренного обслуживания. Возможно бронирование электронной очереди посредствам портала;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) портала – круглосуточно, за исключением перерывов, связанных с проведением технических работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года и Закону Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан", прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) интернет-ресурсе услугодателя;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) интернет-ресурсе Государственной корпорации: www.gov4c.kz;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z124" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) в Государственную корпорацию:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>заявление по форме, согласно приложению 1 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>документ, удостоверяющий личность (для идентификации);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) при обращении через портал:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>запрос в форме электронного документа.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о документах, удостоверяющих личность, услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z129" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) прохождение кандидатом тестирования в течение последних пятнадцати календарных дней с результатами ниже пороговых значений;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) наличие Акта о нарушении кандидатом Правил организации тестирования, согласно приложению 10 к настоящим Правилам, составленного оператором в течение шести последних месяцев;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) наличие Акта о выявлении подставного лица при тестировании, согласно приложению 10-1 к настоящим Правилам, составленного оператором в течение последнего года.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10000" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z131" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кандидатам, имеющим в установленном законодательством порядке полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться, прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кандидат имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кандидат имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7068,657 +7280,606 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о прохождении тестирования с результатами ниже значений прохождения тестирования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2406"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана о том, что ______________________________________ (фамилия, имя и отчество (при его наличии) кандидата) прошел(а) "____" _______________ 20 __ г. тестирование на знание государственного языка и законодательства Республики Казахстан в городе ________________________ по ___ программе тестирования на занятие административной государственной должности корпуса "Б" с результатами ниже значений прохождения тестирования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1320800" cy="1638300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1320800" cy="1638300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2406" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Название теста</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4371" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество тестовых вопросов/заданий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3336" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значение прохождения тестирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество правильных ответов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2406" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4371" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3336" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2406" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4371" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3336" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2187" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z157" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный кандидат может пройти повторное тестирование не ранее чем через пятнадцать календарных дней со дня прохождения данного тестирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z158" w:id="98"/>
@@ -9073,55 +9234,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>