--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="55bba16" w14:textId="55bba16">
+    <w:p w14:paraId="c03373b" w14:textId="c03373b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,117 +86,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 21 февраля 2017 года № 40 "О некоторых вопросах занятия административной государственной должности"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы от 19 мая 2020 года № 81. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 мая 2020 года № 20709. Утратил силу приказом Председателя Агентства Республики Казахстан по делам государственной службы от 8 декабря 2025 года № 196.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Председателя Агентства РК по делам государственной службы от 08.12.2025 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Председателя Агентства РК по делам государственной службы от 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -9226,55 +9228,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9604,35 +9628,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>