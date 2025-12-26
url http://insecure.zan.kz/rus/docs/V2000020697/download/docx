--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="710a585" w14:textId="710a585">
+    <w:p w14:paraId="43ccc47" w14:textId="43ccc47">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,60 +94,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в приказ Министра сельского хозяйства Республики Казахстан от 14 января 2015 года № 18-04/14 "Об утверждении Правил маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 21 мая 2020 года № 116. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 мая 2020 года № 20697</w:t>
+        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 21 мая 2020 года № 116. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 мая 2020 года № 20697.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра сельского хозяйства РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -365,247 +441,278 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр экологии,геологии и природных ресурсов </w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Мирзагалиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство цифрового развития,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инноваций и аэрокосмической промышленности</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3550,1591 +3657,1592 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: При указании кода идентификации осетровых видов рыб используется следующая таблица:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="870"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1229"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Виды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сібір бекіресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сибирский осетр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Acipenser baerii</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 BAE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орыс бекіресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Русский осетр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Acipenser gueldenstaedtii</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GUE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пілмай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шип</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Acipenser nudiventris</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 NUD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Парсы бекіресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Персидский осетр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Acipenser persicus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 PER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүйрік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стерлядь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Acipenser ruthenus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 RUT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шокыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Севрюга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Acipenser stellatus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қортпа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белуга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Huso huso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 HUS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескектұмсык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веслонос</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Polyodon spathula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 SPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калуга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Калуга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Huso dauricus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аралас түрлер (Тығыздалған уылдырық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Различные виды (Паюсная икра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9331" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Mixed species (for ‘pressed' caviar exclusively)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5709,67 +5817,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о видах икры:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="984"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1086"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
@@ -5834,858 +5943,774 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Количество и объем емкости по видам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2736" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На государственном языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На латинском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="935" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество емкости (штук)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем одной емкости (килограмм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общий объем икры (килограмм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2736" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2736" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6732,78 +6757,71 @@
               <w:t>
 Происхождение образца (отечественная-естественная, отечественная-искусственная, импортированная, конфискованная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6850,78 +6868,71 @@
               <w:t>
 Номер и дата справки о происхождении вылова рыбы выдаваемого территориальными подразделениями уполномоченного органа в соответствии с пунктом 1-3 статьи 26 Закона об охране, воспроизводстве и использовании животного мира, в случае если заявленная икра естественная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6968,78 +6979,71 @@
               <w:t xml:space="preserve">
 Номер и дата уведомления (й) о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения в случае если заявленная икра искусственная (при наличии) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7086,68 +7090,61 @@
               <w:t>
 Номер и дата разрешения (й) на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, в случае если заявленная икра импортированная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z132" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за предоставление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z133" w:id="118"/>
@@ -7168,96 +7165,104 @@
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z134" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявления "__" ____________20___года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z135" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z135" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), подпись,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> место печати (за исключением лиц, являющихся субъектами частного предпринимательства))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7362,1926 +7367,2051 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>внешнем рынках</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10614"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Выдача марки икры осетровых видов рыб для торговли на внутреннем рынке Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z137" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием документов и выдача результатов оказания государственной услуги осуществляется через:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z139" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С момента сдачи пакета документов в Государственную корпорацию, а также при обращении на портал – 2 (два) рабочих дня;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (частично автоматизированная) или бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z140" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марки икры осетровых видов рыб для торговли на внутреннем рынке Республики Казахстан либо мотивированный отказ.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная/бумажная.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z141" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается платно физическим и юридическим лицам.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Стоимость и размер платы марок для внутреннего рынка определяется с учетом затрат на изготовление и размещаются на единой платформе интернет-ресурсов государственных органов: www.gov.kz в разделе "Министерство экологии, геологии и природных ресурсов Республики Казахстан".</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оплата производится в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций либо через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="124"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z143" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Услугодатель – с понедельника по пятницу включительно с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 часов до 14.30 часов, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан и статье 5 Закона.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="125"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) Государственная корпорация – с понедельника по субботу включительно, в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статье 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" (далее – Закон).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В Государственной корпорации государственная услуга оказывается по выбору услугополучателя в порядке "электронной" очереди, без предварительной записи и ускоренного обслуживания, возможно бронирование электронной очереди посредством веб-портала "электронного правительства";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан и статьей 5 Закона, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса мест оказания государственной услуги размещены на портале.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="125"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z147" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в Государственную корпорацию:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) заявление по форме согласно приложению 4 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) документ, удостоверяющий личность (либо его представителя по доверенности) (для идентификации);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) если заявленная икра:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>естественная – копия договора купли-продажи;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>конфискованная – копия документа, подтверждающего приобретение у субъекта государственной монополии, осуществляющего деятельность по изъятию осетровых видов рыб из естественной среды обитания, их закупу, переработке и экспорту их икры и других видов продукции, а также судебного акта о конфискации;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>искусственная – информация о получении икры осетровых видов рыб по форме согласно приложению 2 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копия платежного поручения об оплате за марки.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>На портал:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) заявление в форме электронного документа, удостоверенное ЭЦП услугополучателя по форме согласно приложению 4 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) если заявленная икра:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>естественная – электронная копия договора купли-продажи;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>конфискованная – электронная копия документа, подтверждающего приобретение у субъекта государственной монополии, осуществляющего деятельность по изъятию осетровых видов рыб из естественной среды обитания, их закупу, переработке и экспорту их икры и других видов продукции, а также судебного акта о конфискации;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>искусственная – электронная копия информации о получении икры осетровых видов рыб по форме согласно приложению 2 к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) электронная копия платежного поручения об оплате за марки.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации индивидуального предпринимателя либо о начале деятельности в качестве индивидуального предпринимателя, о происхождении вылова рыбы, о регистрации в административном органе физических и юридических лиц, осуществляющих искусственное разведение животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения и (или) об уведомлении о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, разрешении на импорт на территорию Республики Казахстан и разрешение на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На портале услугополучателю в "личный кабинет" направляется статус о принятии запроса для оказания государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="126"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z163" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленным настоящими Правилами;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="127"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10614" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z166" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="128"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа по средством "личного кабинета" в портале, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе услугодателя. Единый контакт-центр 1414, 8 800 080 7777</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9472,1033 +9602,954 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация о получении икры осетровых видов рыб</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1267"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="5610"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид рыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество и возраст рыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вес рыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вес полученной икры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5610" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способ получения икры (метод доения (прижизненный) или метод кесарево сечения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5610" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1267" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1267" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z171" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z172" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z172" w:id="131"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10813,181 +10864,209 @@
         <w:t>
       ________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:bookmarkStart w:name="z181" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящая расписка составлена в 2 (двух) экземплярах, по одному для  каждой стороны. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z182" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z182" w:id="139"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z183" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z183" w:id="140"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
              работника Государственной корпорации, подпись) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Исполнитель ______________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Телефон _______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Получил: _______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии), подпись услугополучателя) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"___" _________ 20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11175,1429 +11254,1304 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета марок для торговли икрой осетровых видов рыб на внутреннем рынке</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="855"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1571"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование заявителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и количество полученных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер накладной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата выдачи марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид марки, емкость и объем икры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес-идентификационный номер или индивидуальный идентификационный номер заявителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата передачи марок через почтовую связь или курьера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Данные почтовой связи, подпись курьера</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12789,976 +12743,893 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета марок для торговли икрой  осетровых видов рыб на внешнем рынке</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1108"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3677"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1108" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование физического или юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и количество марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер разрешения на вывоз за пределы Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество емкостей и объем икры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3677" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер физического лица или бизнес-идентификационный номер юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1108" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3677" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1108" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1108" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>