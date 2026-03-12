--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5ebc5b9" w14:textId="5ebc5b9">
+    <w:p w14:paraId="4b3f355" w14:textId="4b3f355">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,147 +85,248 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил и форм представления организацией, осуществляющей деятельность по ведению системы реестров держателей ценных бумаг, имеющихся сведений о физических лицах-держателях ценных бумаг, а также о сделках физических лиц с ценными бумагами, и страховыми (перестраховочными) организациями, страховыми брокерами, филиалами страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, филиалами страховых брокеров-нерезидентов Республики Казахстан сведений по заключенным физическими лицами договорам страхования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 15 мая 2020 года № 488. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 мая 2020 года № 20653. Утратил силу приказом Министра финансов Республики Казахстан от 12 ноября 2025 года № 697 (вводится в действие с 01.01.2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра финансов РК от 23.04.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 381</w:t>
+        <w:t xml:space="preserve">      Сноска. Утратил силу приказом Министра финансов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 697</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра финансов РК от 23.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящий приказ вводится в действие с 1 января 2021 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -745,260 +848,295 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие с 1 января 2021 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Первый Заместитель</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министра Республики</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Казахстан-Министр финансов </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А. Смаилов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z20" w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Агентство Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по регулированию и развитию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>финансового рынка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1638,253 +1776,297 @@
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z102" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Запрос органа государственных доходов для представления сведений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z103" w:id="24"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z103" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (наименование органа государственных доходов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z104" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с пунктом 14 статьи 26 Кодекса Республики Казахстан от 25 декабря</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит представить имеющиеся сведения о физических лицах-держателей ценных бумаг</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________ по состоянию на "__" __ 20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Причины направления запроса ___________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z105" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель (заместитель) органа государственных доходов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фамилия, имя и отчество (при его наличии), подпись, печать)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2111,266 +2293,314 @@
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z108" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Запрос органа государственных доходов для представления сведений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z109" w:id="28"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z109" w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (наименование органа государственных доходов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z110" w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с пунктом 14 статьи 26 Кодекса Республики Казахстан от 25 декабря</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит представить имеющиеся сведения о сделках физических лиц с ценными бумагами</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________ за период с__ 20 __ года по __ 20 __ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Причины направления запроса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z111" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель (заместитель) органа государственных доходов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фамилия, имя и отчество (при его наличии), подпись, печать)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2653,1379 +2883,1349 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Форма - в редакции приказа Министра финансов РК от 23.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 381</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="32"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z113" w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование организации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бизнес-идентификационный номер организации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="623"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="968"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z114" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид ценных бумаг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Международный идентификационный номер ценной бумаги (код ISIN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество ценных бумаг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номинальная стоимость (при наличии) ценных бумаг, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование паевого инвестиционного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес-идентификационный номер управляющей компании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="968" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование управляющей компании</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z125" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="968" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z136" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="35"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1949" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="623" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="623" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1950" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="796" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1027" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="968" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="36"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z147" w:id="36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Фамилия, имя, отчество (при его наличии) руководителя организации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> представляющего сведения, (электронная цифровая подпись)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер телефона исполнителя ________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес организации, представляющей сведения</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4740,2235 +4940,2160 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 3 в соответствии с приказом Министра финансов РК от 23.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 381</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="52"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z167" w:id="52"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование организации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бизнес-идентификационный номер организации ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="549"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="703"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="549" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z168" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="549" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сделки/операции с ценными бумагами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1618" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата и время регистрации сделки или операции с ценными бумагами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер или бизнес-идентификационный номер контрагента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при его наличии) или наименование контрагента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2750" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Международный идентификационный номер ценной бумаги (код ISIN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование паевого инвестиционного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="549" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z178" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="54"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="549" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1618" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2750" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="549" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z188" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="549" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1718" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="873" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1618" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1363" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2177" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2750" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z198" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2028"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1690"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z199" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бизнес-идентификационный номер эмитента или управляющей компании</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="57"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование эмитента или управляющей компании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем сделки или операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюта сделки или операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид сделки или операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак перевода денег Центральным депозитарием</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак сделки, заключенной на бирже</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z208" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z217" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1429" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1429" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1429" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1429" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1433" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1690" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z226" w:id="60"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z226" w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии) руководителя организации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представляющего сведения, (электронная цифровая подпись)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер телефона исполнителя ________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес организации, представляющей сведения</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8490,285 +8615,345 @@
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z263" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Запрос органа государственных доходов для представления сведений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z264" w:id="89"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z264" w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (наименование органа государственных доходов)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в соответствии с пунктом 17 статьи 26 Кодекса Республики Казахстан от 25 декабря</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>просит представить сведения по заключенным физическими лицами договорам страхования</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за период с __ 20__ года по с __ 20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Причины направления запроса</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z265" w:id="90"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель (заместитель) органа государственных доходов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фамилия, имя и отчество (при его наличии), подпись, печать)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9019,319 +9204,348 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Форма - в редакции приказа Министра финансов РК от 23.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 381</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="92"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z269" w:id="92"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наименование страховой (перестраховочной) организации, филиала страховой</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(перестраховочной) организации-нерезидента Республики Казахстан (страхового</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>брокера, филиала страхового брокера-нерезидента Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бизнес-идентификационный номер страховой (перестраховочной) организации,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>филиала страховой (перестраховочной) организации-нерезидента Республики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Казахстан (страхового брокера, филиала страхового брокера-нерезидента Республики Казахстан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="708"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z270" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="93"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер физического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2611" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при его наличии) физического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -9529,937 +9743,977 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1035" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z292" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="94"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2611" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1035" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z305" w:id="95"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z305" w:id="95"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии) руководителя страховой</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(перестраховочной) организации, филиала страховой (перестраховочной)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>организации-нерезидента Республики Казахстан (страхового брокера, филиала</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>страхового брокера-нерезидента Республики Казахстан), представляющего сведения,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(электронная цифровая подпись)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер телефона исполнителя ___________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес страховой (перестраховочной) организации, филиала страховой</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(перестраховочной) организации-нерезидента Республики Казахстан (страхового</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>брокера, филиала страхового брокера-нерезидента Республики Казахстан),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> представляющих сведения _______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10902,55 +11156,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -11280,35 +11556,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>