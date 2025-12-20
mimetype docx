--- v0 (2025-11-26)
+++ v1 (2025-12-20)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c0b66c8" w14:textId="c0b66c8">
+    <w:p w14:paraId="287f276" w14:textId="287f276">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1558,2334 +1558,2464 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">1) исключен приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лицензия – разрешение первой категории, выдаваемое лицензиаром физическому или юридическому лицу на осуществление лицензируемого вида деятельности либо подвида лицензируемого вида деятельности, связанного с высоким уровнем опасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разрешительный контроль – деятельность разрешительных органов, направленная на проверку соответствия заявителя квалификационным или разрешительным требованиям до выдачи разрешения и (или) приложения к разрешению, а также обеспечение соблюдения лицензиатами и владельцами разрешений второй категории законодательства Республики Казахстан о разрешениях и уведомлениях после их выдачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) квалификационные требования – совокупность количественных и качественных нормативов и показателей, характеризующих способность заявителя и лицензиата заниматься отдельным лицензируемым видом деятельности и (или) подвидом лицензируемого вида деятельности, предъявляемых как при выдаче лицензии и (или) приложения к лицензии, так и на протяжении всего периода времени ее действительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взрывчатое вещество – конденсированное химическое вещество или смесь таких веществ, способное при определенных условиях под влиянием внешних воздействий к быстрому самораспространяющемуся химическому превращению (взрыву) с выделением большого количества тепла и газообразных продуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) изделие на основе взрывчатого вещества – компактная масса взрывчатого вещества конечных размеров, заключенная в оболочку или без нее, предназначенная для использования в изготовленном виде самостоятельно или в сочетании с другими взрывчатыми веществами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) пиротехническое изделие – изделие, предназначенное для получения требуемого эффекта с помощью горения (взрыва) пиротехнического состава. В зависимости от свойств пиротехнических составов и характера процессов, протекающих при их химических превращениях, пиротехнические изделия подразделяются на пожароопасные и взрывоопасные. По назначению пиротехнические изделия подразделяются на пиротехнические изделия бытового назначения и пиротехнические изделия технического назначения. Пиротехнические изделия не требуют проведения технического обслуживания в процессе хранения и энергозатрат при эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...161 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Для получения государственной услуги юридические или физические лица (далее – услугополучатель) направляют услугодателю через веб-портал "электронного правительства" www.egov.kz (далее – портал):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z482" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для получения лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z483" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z484" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения, подтверждающие уплату в бюджет лицензионного сбора за право занятия отдельными видами деятельности, за исключением случаев оплаты через ПШЭП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z485" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заполненную форму сведений к квалификационным требованиям для осуществления деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением и перечня документов, подтверждающих соответствие им, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 9 декабря 2016 года № 843 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14742) (далее – квалификационные требования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z486" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для получения приложения к лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z487" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z488" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заполненную форму сведений к квалификационным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z489" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для переоформления лицензии и (или) приложения к лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z490" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z491" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения, подтверждающие уплату лицензионного сбора за переоформление лицензии, за исключением оплаты через ПШЭП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z492" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронную копию документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии и (или) приложения к лицензии, за исключением документов, информация из которых содержится в государственных информационных системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z493" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) для переоформления лицензии и (или) приложения к лицензии в случае реорганизации услугополучателя в форме выделения или разделения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z494" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z495" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения, подтверждающие уплату лицензионного сбора за переоформление лицензии, за исключением оплаты через ПШЭП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z496" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронную копию документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии и (или) приложения к лицензии, за исключением документов, информация из которых содержится в государственных информационных системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z497" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заполненную форму сведений к квалификационным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z498" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z499" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок оказания государственной услуги составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z500" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при выдаче лицензии и (или) приложения к лицензии – 10 (десять) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z501" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при переоформлении лицензии и (или) приложения к лицензии – 3 (три) рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z502" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при переоформлении лицензии и (или) приложения к лицензии в случае реорганизации услугополучателя в форме выделения или разделения – 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...463 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Работник канцелярии услугодателя осуществляет прием и регистрацию документов и сведений в день их поступления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...45 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным приказом и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ответственный исполнитель услугодателя с момента регистрации представленных услугополучателем документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при выдаче лицензии и (или) приложения к лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z503" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в течение 2 (двух) рабочих дней проверяет полноту и достоверность сведений представленных документов и в случае установления факта неполноты и (или) недостоверности сведений представленных документов направляет мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z504" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае полноты и достоверности сведений представленных документов, направляет запрос в территориальное подразделение ведомства уполномоченного органа в области промышленной безопасности (далее - территориальный департамент) через портал для получения заключения о соответствии или несоответствии услугополучателя предъявляемым квалификационным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z505" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      территориальный департамент в течение 7 (семи) рабочих дней осуществляет разрешительный контроль соответствия услугополучателя квалификационным требованиям в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях", по результатам которого составляет заключение о соответствии или несоответствии услугополучателя предъявляемым квалификационным требованиям и направляет услугодателю через портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z506" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      С момента получения заключения о соответствии или несоответствии услугополучателя предъявляемым квалификационным требованиям ответственный исполнитель услугодателя в течение 1 (одного) рабочего дня оформляет лицензию и (или) приложение к лицензии на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо мотивированный ответ об отказе в оказании государственной услуги по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при выдаче переоформленной лицензии и (или) приложения к лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в течение 2 (двух) рабочих дней проверяет полноту и достоверность сведений представленных документов и в случае установления факта неполноты и (или) недостоверности сведений представленных документов направляет мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно приложению 8 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае полноты и достоверности сведений представленных документов в течение 1 (одного) рабочего дня, оформляет лицензию и (или) приложение к лицензии на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением по форме, согласно приложениям 6 и (или) 7 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при выдаче переоформленной лицензии и (или) приложения к лицензии в случае реорганизации услугополучателя в форме выделения или разделения, выдача осуществляется в порядке согласно подпункту 1) пункта 9 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основания для переоформления лицензии и (или) приложения к лицензии, а также для переоформления лицензии и (или) приложения к лицензии в случае реорганизации услугополучателя в форме выделения или разделения определены </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в приложении 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документе, удостоверяющем личность, о государственной регистрации (перерегистрации) юридического лица, индивидуального предпринимателя, об оплате через платежный шлюз "электронного правительства" услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменениями, внесенными приказами и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z477" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9-1. При выявлении оснований для отказа в оказании государственной услуги в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления. По результатам заслушивания услугодатель выдает положительный результат либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 1) пункта 9 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) при выдаче лицензии и (или) приложения к лицензии:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+      10. Результат оказания государственной услуги направляется услугополучателю на портал в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью руководителя услугодателя либо лица его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в течение 2 (двух) рабочих дней проверяет полноту и достоверность сведений представленных документов и в случае установления факта неполноты и (или) недостоверности сведений представленных документов направляет мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно приложению 8 к настоящим Правилам;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+      Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в случае полноты и достоверности сведений представленных документов, направляет запрос в территориальное подразделение уполномоченного органа в области промышленной безопасности через портал для получения заключения о соответствии или несоответствии услугополучателя предъявляемым квалификационным требованиям;</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+      11. Государственная услуга, оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      С момента получения заключения о соответствии или несоответствии услугополучателя предъявляемым квалификационным требованиям ответственный исполнитель услугодателя в течение 1 (одного) рабочего дня оформляет лицензию и (или) приложение к лицензии на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением по форме, согласно приложению 6 и (или) 7 к настоящим Правилам, либо мотивированный ответ об отказе в оказании государственной услуги по форме, согласно приложению 8 к настоящим Правилам.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+      12. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z507" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) при выдаче переоформленной лицензии и (или) приложения к лицензии:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+      При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z508" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в течение 2 (двух) рабочих дней проверяет полноту и достоверность сведений представленных документов и в случае установления факта неполноты и (или) недостоверности сведений представленных документов направляет мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно приложению 8 к настоящим Правилам;</w:t>
-[...140 lines deleted...]
-    </w:p>
+      Уполномоченный орган в области промышленной безопасности в течение трех рабочих дней направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила оператору информационно-коммуникационной инфраструктуры "электронного правительства", а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменением, внесенным приказом и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 137</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования)</w:t>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z477" w:id="69"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      13. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления. По результатам заслушивания услугодатель выдает положительный результат либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      Жалоба подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Результат оказания государственной услуги направляется услугополучателю на портал в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью руководителя услугодателя либо лица его замещающего.</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...135 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...322 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="79"/>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3900,51 +4030,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4228,80 +4358,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z465" w:id="80"/>
+    <w:bookmarkStart w:name="z465" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                ЗАЯВЛЕНИЕ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       юридического лица для получения лицензии и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5235,80 +5365,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z467" w:id="81"/>
+    <w:bookmarkStart w:name="z467" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                ЗАЯВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       физического лица для получения лицензии и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6206,92 +6336,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z469" w:id="82"/>
+    <w:bookmarkStart w:name="z469" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                ЗАЯВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   юридического лица для переоформления лицензии и (или)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7657,92 +7787,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z471" w:id="83"/>
+    <w:bookmarkStart w:name="z471" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                ЗАЯВЛЕНИЕ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             физического лица для переоформления лицензии</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8751,166 +8881,50 @@
               </w:rPr>
               <w:t>цифровая подпись</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заполнения: "__" __________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9119,50 +9133,90 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции приказа и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -10707,51 +10761,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) услугополучатель не соответствует квалификационным требованиям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5) услугодателем получен ответ от согласующего территориального подразделения уполномоченного органа в области промышленной безопасности о несоответствии услугополучателя предъявляемым при лицензировании квалификационным требованиям;</w:t>
+              <w:t>5) услугодателем получен ответ от согласующего территориального департамента о несоответствии услугополучателя предъявляемым при лицензировании квалификационным требованиям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о приостановлении или запрещении деятельности, или отдельных видов деятельности, подлежащих лицензированию;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18260,126 +18314,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>развития Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 апреля 2020 года № 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z265" w:id="84"/>
+    <w:bookmarkStart w:name="z265" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги "Выдача разрешения на постоянное применение взрывчатых веществ и изделий на их основе"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z266" w:id="85"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z266" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z267" w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z267" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания государственной услуги "Выдача разрешения на постоянное применение взрывчатых веществ и изделий на их основе" (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и определяют порядок выдачи разрешения на постоянное применение взрывчатых веществ и изделий на их основе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18398,110 +18452,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="87"/>
+    <w:bookmarkStart w:name="z268" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Действие настоящих Правил распространяется на взрывчатые вещества и изделия на их основе для использования в промышленных целях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z269" w:id="88"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z269" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Действие настоящих Правил не распространяется на взрывчатые вещества и изделия на их основе, относящиеся к оборонной и гражданской продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z270" w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z270" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственная услуга "Выдача разрешения на постоянное применение взрывчатых веществ и изделий на их основе" (далее – государственная услуга) оказывается Комитетом промышленной безопасности Министерства по чрезвычайным ситуациям Республики Казахстан (далее – услугодатель) согласно настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18520,1632 +18574,1616 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z271" w:id="90"/>
+    <w:bookmarkStart w:name="z271" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">1)  исключен приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z273" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрешение – подтверждение права физического или юридического лица на осуществление деятельности или действий (операций), осуществляемое разрешительными органами посредством лицензирования или разрешительной процедуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z274" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) взрывчатое вещество – конденсированное химическое вещество или смесь таких веществ, способное при определенных условиях под влиянием внешних воздействий к быстрому самораспространяющемуся химическому превращению (взрыву) с выделением большого количества тепла и газообразных продуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z275" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) изделие на основе взрывчатого вещества – компактная масса взрывчатого вещества конечных размеров, заключенная в оболочку или без нее, предназначенная для использования в изготовленном виде самостоятельно или в сочетании с другими взрывчатыми веществами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...101 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:bookmarkStart w:name="z276" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z277" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Для получения государственной услуги юридические лица (далее – услугополучатель) направляют услугодателю через веб-портал "электронного правительства" www.egov.kz (далее – портал):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z509" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z510" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронную копию акта контрольных и приемочных испытаний опытной партии, проведенных комиссией в составе представителей, изготовителя, разработчика, организации, в которой проводятся испытания, аттестованной (экспертной) организации и уполномоченного органа в области промышленной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z511" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронную копию экспертного заключения организации, аттестованной на право проведения экспертизы в области взрывных работ, о соответствии взрывчатых веществ и изделий на их основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z512" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Экспертное заключение должно содержать требования, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, а также соответствовать требованиям, установленным в технической документации на их изготовление и применение, в том числе требованиям промышленной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z513" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z514" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок оказания государственной услуги составляет 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...163 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z284" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Работник канцелярии услугодателя осуществляет прием и регистрацию документов и сведений в день их поступления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z285" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...45 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z286" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ответственный исполнитель услугодателя с момента регистрации представленных услугополучателем документов в течение 2 (двух) рабочих дней проверяет полноту представленных документов и в случае установления факта неполноты представленных документов направляет мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно приложению 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z287" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае полноты представленных документов в течение 3 (трех) рабочих дней проверяет достоверность сведений представленных документов и оформляет разрешение на постоянное применение взрывчатых веществ и изделий на их основе по форме, согласно приложению 4 к настоящим Правилам, либо мотивированный ответ об отказе в оказании государственной услуги по форме, согласно приложению 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z288" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в приложении 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о государственной регистрации (перерегистрации) юридического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z480" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8-1. При выявлении оснований для отказа в оказании государственной услуги в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления. По результатам заслушивания услугодатель выдает положительный результат либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...159 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 8-1 в соответствии с приказом Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z290" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Результат оказания государственной услуги направляется услугополучателю на портал в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью руководителя услугодателя либо лица его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z291" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z292" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Государственная услуга, оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z293" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z515" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z516" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области промышленной безопасности в течение трех рабочих дней направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила оператору информационно-коммуникационной инфраструктуры "электронного правительства", а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...65 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z296" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 11 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z297" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
-[...111 lines deleted...]
-      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="113"/>
+    <w:bookmarkStart w:name="z300" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="113"/>
+      14. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z303" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 170</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="114"/>
-[...157 lines deleted...]
-    <w:bookmarkStart w:name="z304" w:id="116"/>
+    <w:bookmarkStart w:name="z304" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Если иное не предусмотрено Законом, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20538,51 +20576,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заявления: [Номер]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заявления: [Дата]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z474" w:id="117"/>
+    <w:bookmarkStart w:name="z474" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                ЗАЯВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -20591,51 +20629,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> и изделий на их основе _________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование юридического лица)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1  - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23008,368 +23046,368 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>взрывчатых веществ и изделий</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на их основе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z342" w:id="118"/>
+    <w:bookmarkStart w:name="z342" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Содержание экспертного заключения организации, аттестованной на право проведения экспертизы в области взрывных работ, о соответствии взрывчатых веществ и изделий на их основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z343" w:id="119"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z343" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Экспертное заключение о соответствии взрывчатых веществ и изделий на их основе требованиям промышленной безопасности должно содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z344" w:id="120"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z344" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование экспертного заключения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z345" w:id="121"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z345" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) вводную часть, включающую основание для проведения экспертизы, сведения об экспертной организации, сведения о специалистах, проводивших экспертизу промышленной безопасности и наличии аттестата на право проведения экспертизы промышленной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z346" w:id="122"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z346" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) перечень объектов экспертизы, на которые распространяется действие экспертного заключения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z347" w:id="123"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z347" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) данные об организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z348" w:id="124"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z348" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) цель экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z349" w:id="125"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z349" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в зависимости от объекта экспертизы сведения о рассмотренных в процессе экспертизы документах, в том числе программы и методики контрольных и приемочных испытаний, взрывчатых веществ и изделий на их основе с указанием завода и страны изготовителя, шифра, номера, марки или другой индикации, необходимой для идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z350" w:id="126"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z350" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сведения об использованных оборудованиях при проведении экспертизы промышленной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z351" w:id="127"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z351" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) краткую характеристику и назначение объекта экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z352" w:id="128"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z352" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) результаты проведенной экспертизы, проведенных испытаний, в том числе по показателям, необходимых для оценки безопасности взрывчатых веществ при их разработке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z353" w:id="129"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z353" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) заключительную часть с указанием обоснованных выводов, рекомендаций по техническим решениям и мероприятиям, наименования взрывчатого вещества или изделия на его основе, данными о разработчике и изготовителе (номер свидетельства о их государственной регистрации, дата выдачи, наименование органа, выдавшего свидетельство), номера технических условий (стандарта) взрывчатого вещества или изделия на его основе, кода товарной номенклатуры внешнеэкономической деятельности Таможенного союза, класса и подкласса транспортной опасности, группы совместимости, серийного номера Организации объединенных наций, кода экстренных мер, назначения, области и условий применения взрывчатого вещества или изделия, дополнительные требования (в случае необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z354" w:id="130"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z354" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) приложения, содержащие перечень использованной при экспертизе нормативных правовых актов, технической и методической документации, копии протокола проверки знаний специалистов по вопросам промышленной безопасности, актов проведенных контрольных и приемочных испытаний, программ и методик контрольных и приемочных испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z355" w:id="131"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z355" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) сведения о вероятности воздействия вредных и опасных производственных факторов на производственный персонал, население, окружающую среду, степень их поражающего воздействия в процессе эксплуатации, в случае аварий, инцидентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z356" w:id="132"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z356" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Экспертное заключение действует в течение одного года со дня проведения экспертизы промышленной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z357" w:id="133"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z357" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экспертное заключение подписывается руководителем организации, аттестованной на право проведения экспертизы в области взрывных работ, заверяется печатью экспертной организации, прошивается с указанием количества сшитых страниц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26735,87 +26773,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индустрии и инфраструктурного развития Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 апреля 2020 года № 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z371" w:id="134"/>
+    <w:bookmarkStart w:name="z371" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила выдачи разрешения на производство взрывных работ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z372" w:id="135"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z372" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z373" w:id="136"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z373" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила выдачи разрешения на производство взрывных работ (далее – Правила) разработаны в соответствии с подпунктом 17) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26830,1313 +26868,1327 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 11 апреля 2014 года "О гражданской защите" и подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок выдачи разрешений на производство взрывных работ, и порядок оказания государственной услуги "Выдача разрешения на производство взрывных работ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z374" w:id="137"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z374" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Действие настоящих Правил распространяется на взрывчатые вещества и изделия на их основе для использования в промышленных целях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z375" w:id="138"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z375" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Действие настоящих Правил не распространяется на взрывчатые вещества и изделия на их основе, относящиеся к оборонной и гражданской продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z376" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга "Выдача разрешений на производство взрывных работ" (далее – государственная услуга) оказывается территориальным подразделением ведомства уполномоченного органа в области промышленной безопасности (далее – услугодатель) согласно настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z377" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключить приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z379" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрешение – подтверждение права физического или юридического лица на осуществление деятельности или действий (операций), осуществляемое разрешительными органами посредством лицензирования или разрешительной процедуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z380" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) взрывчатое вещество – конденсированное химическое вещество или смесь таких веществ, способное при определенных условиях под влиянием внешних воздействий к быстрому самораспространяющемуся химическому превращению (взрыву) с выделением большого количества тепла и газообразных продуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z381" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) изделие на основе взрывчатого вещества – компактная масса взрывчатого вещества конечных размеров, заключенная в оболочку или без нее, предназначенная для использования в изготовленном виде самостоятельно или в сочетании с другими взрывчатыми веществами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 1) пункта 5 предусматривается исключить приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z382" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z383" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z379" w:id="140"/>
+      6. Для получения государственной услуги юридические лица (далее – услугополучатель) направляют услугодателю через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z517" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z518" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) разрешение – подтверждение права физического или юридического лица на осуществление деятельности или действий (операций), осуществляемое разрешительными органами посредством лицензирования или разрешительной процедуры;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z380" w:id="141"/>
+      2) электронный документ, содержащий сведения с указанием расчетов, уточняющие условия безопасного выполнения взрывных работ, безопасных расстояний по разлету кусков, действию ударной воздушной волны, действию ядовитых газов при взрыве, сейсмического воздействия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z519" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) взрывчатое вещество – конденсированное химическое вещество или смесь таких веществ, способное при определенных условиях под влиянием внешних воздействий к быстрому самораспространяющемуся химическому превращению (взрыву) с выделением большого количества тепла и газообразных продуктов;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z381" w:id="142"/>
+      3) при проведении взрывных работ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z520" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) изделие на основе взрывчатого вещества – компактная масса взрывчатого вещества конечных размеров, заключенная в оболочку или без нее, предназначенная для использования в изготовленном виде самостоятельно или в сочетании с другими взрывчатыми веществами.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z382" w:id="143"/>
+      на земной поверхности, электронный документ, содержащий план местности с нанесением места производства взрывных работ, границ опасной зоны, места выставления постов охраны опасной зоны и находящихся в ее пределах жилых и производственных зданий, сооружений, железнодорожных путей, автомобильных дорог, каналов, трубопроводов, линий электропередачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z521" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в подземных условиях, электронный документ, содержащий план горных работ с нанесением места производства взрывных работ, границ опасной зоны, места выставления постов охраны опасной зоны, а также сведения об опасности шахты (рудника, объекта геологоразведочных работ) по газу и пыли.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z522" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении сейсморазведочных работ с использованием взрывчатых материалов предоставляется электронный документ, содержащий схемы профилей работ и охраны опасной зоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z523" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z524" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок оказания государственной услуги составляет составляет 5 (пять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...228 lines deleted...]
-    <w:bookmarkStart w:name="z392" w:id="152"/>
+    </w:p>
+    <w:bookmarkStart w:name="z392" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Работник канцелярии услугодателя осуществляет прием и регистрацию документов и сведений в день их поступления и направляет руководителю услугодателя, которым назначается ответственный исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z393" w:id="153"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z393" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z394" w:id="154"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z394" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ответственный исполнитель услугодателя с момента регистрации представленных услугополучателем документов в течение 2 (двух) рабочих дней проверяет полноту представленных документов и в случае установления факта неполноты представленных документов направляет мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно приложению 4 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z395" w:id="155"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z395" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае полноты представленных документов в течение 3 (трех) рабочих дней проверяет достоверность сведений представленных документов и оформляет разрешение на производство взрывных работ по форме, согласно приложению 3 к настоящим Правилам, либо мотивированный ответ об отказе в оказании государственной услуги по форме, согласно приложению 4 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z396" w:id="156"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z396" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в приложении 2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z397" w:id="157"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z397" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о государственной регистрации (перерегистрации) юридического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z398" w:id="158"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z398" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Результат оказания государственной услуги направляется услугополучателю на портал в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью руководителя услугодателя либо лица его замещающего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z399" w:id="159"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z399" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z400" w:id="160"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z400" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Государственная услуга, оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z401" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z525" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z526" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области промышленной безопасности в течение трех рабочих дней направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила оператору информационно-коммуникационной инфраструктуры "электронного правительства", а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...102 lines deleted...]
-    <w:bookmarkStart w:name="z403" w:id="162"/>
+    </w:p>
+    <w:bookmarkStart w:name="z403" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z404" w:id="163"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z404" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя территориального подразделения уполномоченного органа, осуществляющего руководство в сфере промышленной безопасности (далее – уполномоченный орган), в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z405" w:id="164"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z405" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Жалоба услугополучателя в соответствии с подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z406" w:id="165"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z406" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       услугодателем уполномоченного органа – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z407" w:id="166"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z407" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z408" w:id="167"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z408" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Срок рассмотрения жалобы услугодателем уполномоченного органа, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z409" w:id="168"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z409" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z410" w:id="169"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z410" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z411" w:id="170"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z411" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z412" w:id="171"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z412" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28488,125 +28540,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z416" w:id="172"/>
+    <w:bookmarkStart w:name="z416" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Заявление на выдачу разрешения на производство взрывных работ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z417" w:id="173"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z417" w:id="184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование организации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z418" w:id="174"/>
+      <w:bookmarkStart w:name="z418" w:id="185"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       просит Вас рассмотреть и выдать разрешение на производство взрывных работ на </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -28682,130 +28734,130 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место хранения взрывчатых материалов __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           (название, расположение)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z419" w:id="175"/>
+    <w:bookmarkStart w:name="z419" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z420" w:id="176"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z420" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z421" w:id="177"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z421" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) согласен на использование персональных данных ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z422" w:id="178"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z422" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответственность за достоверность представленных сведений и документов несет услугополучатель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28883,115 +28935,158 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при наличии), электронная цифровая подпись</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>руководителя организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи разрешения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на производство взрывных работ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -29067,77 +29162,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
-[...25 lines deleted...]
-              <w:t>на производство взрывных работ</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -29156,51 +29225,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стандарт государственной услуги "Выдача разрешения на производство взрывных работ"</w:t>
+Перечень основных требований к оказанию государственной услуги "Выдача разрешения на производство взрывных работ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29269,51 +29338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Территориальное подразделение уполномоченного органа в области промышленной безопасности Комитета индустриального развития и промышленной безопасности Министерства индустрии и инфраструктурного развития Республики Казахстан.</w:t>
+Территориальное подразделение ведомства уполномоченного органа в области промышленной безопасности (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29382,51 +29451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал).</w:t>
+Веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29608,51 +29677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная).</w:t>
+Электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29706,86 +29775,106 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z425" w:id="179"/>
-[...34 lines deleted...]
-(далее – Правила).</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Разрешение на производство взрывных работ либо мотивированный ответ об отказе в оказании государственной услуги по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложениям 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам оказания государственной услуги "Выдача разрешения на производство взрывных работ" (далее – Правила).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29854,51 +29943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бесплатно.</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29952,86 +30041,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z426" w:id="180"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан с перерывом на обед.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9:00 до 18:30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
-[...18 lines deleted...]
-2) портала – круглосуточно, за исключением перерывов, связанных с проведением технических работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений осуществляется следующим рабочим днем).</w:t>
+2) портала – круглосуточно, за исключением перерывов, связанных с проведением технических работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30085,198 +30192,140 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z427" w:id="181"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление в форме электронного документа, удостоверенного электронной цифровой подписью услугополучателя, по форме согласно приложению 1 к настоящим Правилам;</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="181"/>
+2) электронный документ, содержащий сведения с указанием расчетов, уточняющие условия безопасного выполнения взрывных работ, безопасных расстояний по разлету кусков, действию ударной воздушной волны, действию ядовитых газов при взрыве, сейсмического воздействия;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) электронный документ, содержащий сведения с указанием расчетов, уточняющие условия безопасного выполнения взрывных работ, безопасных расстояний по разлету кусков, действию ударной воздушной волны, действию ядовитых газов при взрыве, сейсмического воздействия;</w:t>
+3) при проведении взрывных работ: на земной поверхности предоставляется электронный документ, содержащий план местности с нанесением места производства взрывных работ, границ опасной зоны, места выставления постов охраны опасной зоны и находящихся в ее пределах жилых и производственных зданий, сооружений, железнодорожных путей, автомобильных дорог, каналов, трубопроводов, линий электропередачи;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...83 lines deleted...]
-При проведении сейсморазведочных работ с использованием взрывчатых материалов предоставляется электронный документ, содержащий схемы профилей работ и охраны опасной зоны.</w:t>
+в подземных условиях предоставляется электронный документ, содержащий план горных работ с нанесением места производства взрывных работ, границ опасной зоны, места выставления постов охраны опасной зоны, а также сведения об опасности шахты (рудника, объекта геологоразведочных работ) по газу и пыли. При проведении сейсморазведочных работ с использованием взрывчатых материалов предоставляется электронный документ, содержащий схемы профилей работ и охраны опасной зоны.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30330,162 +30379,140 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z432" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) представление неполного пакета документов, указанных в пункте 6 настоящих Правил;</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="182"/>
+1) представление неполного пакета документов, указанных в пункте 6 настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) установление недостоверности документов, представленных заявителем для получения разрешения, и (или) данных (сведений), содержащихся в них;</w:t>
+2) установление недостоверности документов, представленных заявителем для получения разрешения, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным Правилами обеспечения промышленной безопасности для опасных производственных объектов, утвержденными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 30 декабря 2014 года № 343 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10244);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...47 lines deleted...]
-4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения данной государственной услуги.</w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения данной государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30539,422 +30566,282 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z435" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="183"/>
+Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1) Министерства индустрии и инфраструктурного развития Республики Казахстан – www.miid.gov.kz, раздел "Государственные услуги";</w:t>
+1) интернет-ресурсеуслугодателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) услугодателя – www.comprom.miid.gov.kz, раздел "Государственные услуги".</w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
+Телефон Единого контакт-центра по вопросам оказания государственных услуг: "1414", +7 (800) 080 7777. В случае если основной вид деятельности не подлежит лицензированию, то для получения разрешения на производство взрывных работ достаточно лицензии, указанной в пункте 3. 1. Лицензия на проектирование (технологическое) и (или) эксплуатацию горных производств (углеводороды), нефтехимических производств, эксплуатацию магистральных газопроводов, нефтепроводов, нефтепродуктопроводов в сфере углеводородов с приложением к лицензии на подвид деятельности – прострелочно-взрывные работы в нефтяных;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>В случае если основной вид деятельности не подлежит лицензированию, то для получения разрешения на производство взрывных работ достаточно лицензии, указанной в пункте 3.</w:t>
+газовых; газоконденсатных; нагнетательных скважинах и лицензия на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением с приложением к лицензии на подвиды деятельности:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1. Лицензия на проектирование (технологическое) и (или) эксплуатацию горных производств (углеводороды), нефтехимических производств, эксплуатацию магистральных газопроводов, нефтепроводов, нефтепродуктопроводов в сфере углеводородов с приложением к лицензии на подвид деятельности – прострелочно-взрывные работы в нефтяных; газовых; газоконденсатных; нагнетательных скважинах и лицензия на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением с приложением к лицензии на подвиды деятельности:</w:t>
+1) приобретение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением для собственных производственных нужд;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1) приобретение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением для собственных производственных нужд;</w:t>
+2) хранение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) хранение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением.</w:t>
+2. Лицензия на осуществление деятельности по эксплуатации горных и химических производств с приложением к лицензии на подвид деятельности – производство взрывных работ для добычи полезных ископаемых и лицензия на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением с приложением к лицензии на подвиды деятельности:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2. Лицензия на осуществление деятельности по эксплуатации горных и химических производств с приложением к лицензии на подвид деятельности – производство взрывных работ для добычи полезных ископаемых и лицензия на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением с приложением к лицензии на подвиды деятельности:</w:t>
+1) приобретение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением для собственных производственных нужд;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1) приобретение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением для собственных производственных нужд;</w:t>
+2) хранение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) хранение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением.</w:t>
+3. Лицензия на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением с приложением к лицензии на подвиды деятельности:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>3. Лицензия на осуществление деятельности по разработке, производству, приобретению, реализации, хранению взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением с приложением к лицензии на подвиды деятельности:</w:t>
+1) приобретение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением для собственных производственных нужд;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...27 lines deleted...]
-2) хранение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением.</w:t>
+2) хранение взрывчатых и пиротехнических (за исключением гражданских) веществ и изделий с их применением.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -31210,59 +31097,59 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Индустриялық даму және өнеркәсіптік қауіпсіздік комитетінің [облыстар, республикалық маңызы бар қалалардың және астананың] бойынша департаменті" республикалық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z451" w:id="184"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="184"/>
+          <w:bookmarkStart w:name="z451" w:id="190"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1790700" cy="1498600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
@@ -31686,70 +31573,70 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z452" w:id="185"/>
+          <w:bookmarkStart w:name="z452" w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РАЗРЕШЕНИЕ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="185"/>
+          <w:bookmarkEnd w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 НА ПРОИЗВОДСТВО ВЗРЫВНЫХ РАБОТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31975,70 +31862,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z453" w:id="186"/>
+          <w:bookmarkStart w:name="z453" w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [...]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="186"/>
+          <w:bookmarkEnd w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (наименование территориального подразделения уполномоченного органа в области промышленной безопасности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32177,70 +32064,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z454" w:id="187"/>
+          <w:bookmarkStart w:name="z454" w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 […]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="187"/>
+          <w:bookmarkEnd w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (наименование организации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32379,70 +32266,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z455" w:id="188"/>
+          <w:bookmarkStart w:name="z455" w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 […]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="188"/>
+          <w:bookmarkEnd w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (наименование места производства взрывных работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32763,70 +32650,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z456" w:id="189"/>
+          <w:bookmarkStart w:name="z456" w:id="195"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 […]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="189"/>
+          <w:bookmarkEnd w:id="195"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (фамилия, имя, отчество (при наличии), должность, номер единой книжки взрывника, дата выдачи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32965,70 +32852,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z457" w:id="190"/>
+          <w:bookmarkStart w:name="z457" w:id="196"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 […]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="190"/>
+          <w:bookmarkEnd w:id="196"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (название, расположение)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -33682,59 +33569,59 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z458" w:id="191"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="191"/>
+          <w:bookmarkStart w:name="z458" w:id="197"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="197"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="1790700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
@@ -33999,59 +33886,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Индустриялық даму және өнеркәсіптік қауіпсіздік комитетінің [облыстар, республикалық маңызы бар қалалардың, астананың] бойынша департаменті" республикалық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z461" w:id="192"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="192"/>
+          <w:bookmarkStart w:name="z461" w:id="198"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="198"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1790700" cy="1498600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:stretch>
@@ -34721,70 +34608,70 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z462" w:id="193"/>
+          <w:bookmarkStart w:name="z462" w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное учреждение "Департамент Комитета индустриального развития и промышленной безопасности [областей, городов республиканского значения и столицы]", рассмотрев Ваше заявление от [Дата] года № [Номер входящего документа], сообщает следующее:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="193"/>
+          <w:bookmarkEnd w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Обоснование отказа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -35042,59 +34929,59 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z463" w:id="194"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="194"/>
+          <w:bookmarkStart w:name="z463" w:id="200"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="200"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="7810500" cy="1790700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:stretch>
@@ -35189,55 +35076,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>