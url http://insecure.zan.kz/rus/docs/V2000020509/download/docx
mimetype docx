--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c4b9d1" w14:textId="9c4b9d1">
+    <w:p w14:paraId="00d9565" w14:textId="00d9565">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,96 +77,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил оказания государственной услуги Прием документов для участия в конкурсе по присуждению образовательного гранта Президента Республики Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы"</w:t>
+        <w:t>Об утверждении Правил оказания государственной услуги "Прием документов для участия в конкурсе и зачисление на обучение в автономную организацию образования "Назарбаев Интеллектуальные школы" в рамках образовательного гранта Президента Республики Казахстан "Өркен"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра образования и науки Республики Казахстан от 27 апреля 2020 года № 164. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 апреля 2020 года № 20509.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Министра просвещения РК от 23.05.2024 </w:t>
+      Сноска. Заголовок - в редакции приказа и.о. Министра просвещения РК от 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 117</w:t>
+        <w:t>№ 278</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -190,91 +190,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить прилагаемые Правила оказания государственной услуги "Прием документов для участия в конкурсе по присуждению образовательного гранта Президента Республики Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы".</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги "Прием документов для участия в конкурсе и зачисление на обучение в автономную организацию образования "Назарбаев Интеллектуальные школы" в рамках образовательного гранта Президента Республики Казахстан "Өркен".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 23.05.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 117</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра просвещения РК от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 278</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -753,1134 +773,1106 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 апреля 2020 года № 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов для участия в конкурсе по присуждению образовательного гранта Президента Республики Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы"</w:t>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов для участия в конкурсе и зачисление на обучение в автономную организацию образования "Назарбаев Интеллектуальные школы" в рамках образовательного гранта Президента Республики Казахстан "Өркен"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок правил - в редакции приказа Министра просвещения РК от 23.05.2024 </w:t>
+      Сноска. Правила - в редакции приказа и.о. Министра просвещения РК от 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 117</w:t>
+        <w:t>№ 278</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z89" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Министра просвещения РК от 30.01.2023 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+      1. Настоящие Правила оказания государственной услуги "Прием документов для участия в конкурсе и зачисление на обучение в автономную организацию образования "Назарбаев Интеллектуальные школы" в рамках образовательного гранта Президента Республики Казахстан "Өркен"" (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и определяют порядок приема документов и зачисления в автономную организацию образования "Назарбаев Интеллектуальные школы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная услуга "Прием документов для участия в конкурсе и зачисление на обучение в автономную организацию образования "Назарбаев Интеллектуальные школы" в рамках образовательного гранта Президента Республики Казахстан "Өркен" (далее – государственная услуга) осуществляется посредством веб-портала "электронного правительства" (далее – Портал) или на бумажном носителе через автономную организацию образования "Назарбаев Интеллектуальные школы" (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение 3 (трех) рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и услугодателю, а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Услугодатель для открытия государственной услуги на Портале отправляет уведомление в уполномоченный орган в области образования не позднее чем за две недели до начала оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для приема документов и организации проведения конкурсного отбора претендентов услугодателем создается приемная комиссия из числа педагогов, сотрудников административно-управленческого и учебно-вспомогательного персонала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сроки и место приема документов, а также срок проведения конкурса определяются услугодателем и публикуются на интернет-ресурсе услугодателя, официальных аккаунтах социальных сетей, распространяемых на всей территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Прием документов для участия в конкурсе по присуждению образовательного гранта Президента Республики Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы" (далее - Правила) разработаны в соответствии с </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+      4. Для получения государственной услуги через Портал законные представители претендента (далее – услугополучатель) представляют заявление на участие в конкурсе с анкетой согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам с приложением перечня документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для получения государственной услуги на бумажном носителе услугополучатель предоставляет услугодателю заявление на участие в конкурсе с анкетой согласно приложению 1 к настоящим Правилам с приложением перечня документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Услугодатель после поступления заявления через Портал в Единой информационной образовательной среде (далее – ЕИОС) услугодателя в течение 1 (одного) рабочего дня осуществляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверку пакета документов на соответствие требованиям настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) отправку услугополучателю в "личный кабинет" пропуска согласно приложению 3 к настоящим Правилам при предоставлении полного пакета документов и их соответствии требованиям, указанным в пункте 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил. Претендентам в дни тестирования необходимо иметь при себе пропуск;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) отказ в оказании государственной услуги в случае несоответствия документов требованиям, указанным в пункте 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Все заявления, поступающие через Портал, обрабатываются в ЕИОС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При предоставлении пакета документов на бумажном носителе услугодатель в течение 1 (одного) рабочего дня осуществляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверку пакета документов на соответствие требованиям настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) предоставление услугополучателю пропуска согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, при предоставлении полного пакета документов и их соответствии требованиям, указанным в пункте 8 приложения 2 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Претендентам в дни тестирования необходимо иметь при себе пропуск;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отказ в оказании государственной услуги в случае несоответствия документов требованиям, указанным в пункте 8 приложения 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов на бумажном носителе услугодатель формирует базу данных претендентов в ЕИОС на основании документов, представленных в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. При предоставлении услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 Перечня основных требований, посредством Портала или на бумажном носителе и (или) подачи заявления об участии в конкурсном отборе позже установленных сроков, а также документов с истекшим сроком действия, услугодатель отказывает в приеме документов и выдает расписку согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в соответствии с подпунктом 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. После прохождения комплексного тестирования услугополучателю, обратившемуся через Портал, направляется уведомление посредством SMS-сообщения через SMS-шлюз Единого контакт-центра "1414" о результатах комплексного тестирования на абонентский номер сети сотовой связи, зарегистрированный в базе мобильных граждан (далее – БМГ), в день опубликования результатов на официальном сайте услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случае присуждения претенденту образовательного гранта Президента Республики Казахстан "Өркен" услугополучателю направляется уведомление посредством SMS-сообщения через SMS-шлюз Единого контакт-центра "1414" на абонентский номер сети сотовой связи, зарегистрированный в БМГ, или на адрес электронной почты, указанный при подаче заявления на участие в конкурсе, со следующим содержанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о присуждении образовательного гранта Президента Республики Казахстан "Өркен" по итогам конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) о необходимости заключения договора об оказании образовательных услуг в случае согласия на обучение в Назарбаев Интеллектуальной школе через сервис "Bilim" в мобильном приложении электронного правительства "eGov Mobile" в течение пяти (5) рабочих дней со дня получения уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Для подтверждения обучения в Назарбаев Интеллектуальной школе услугополучатель, подавший заявление:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) посредством Портала, в течение 5 (пяти) рабочих дней подписывает договор об оказании образовательных услуг в сервисе "Bilim" в мобильном приложении электронного правительства "eGov Mobile";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на бумажном носителе, в течение 5 (пяти) рабочих дней подписывает договор об оказании образовательных услуг, предоставленный услугодателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неподписания услугополучателем договора об оказании образовательных услуг в указанный срок, учащийся не может быть зачислен в Назарбаев Интеллектуальную школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий услугодателя и (или) его должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      12. Рассмотрение жалобы по вопросам оказания государственной услуги производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+      Жалоба на административный акт, административное действие (бездействие), которые обжалуются, подается в административный орган, должностному лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Государственная услуга "Прием документов для участия в конкурсе по присуждению образовательного гранта Президента Республики Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы" (далее - государственная услуга) оказывается автономной организацией образования "Назарбаев Интеллектуальные школы" (далее - услугодатель).</w:t>
-[...747 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      13. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 25 Закона "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+        <w:t xml:space="preserve"> статьи 25 Закона "О государственных услугах", подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+      14. Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Если иное не предусмотрено законом Республики Казахстан, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
+      15. Если иное не предусмотрено законом Республики Казахстан, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 91 Административного процедурного-процессуального кодекса Республики Казахстан.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1966,129 +1958,181 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Прием документов для участия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в конкурсе по присуждению</w:t>
+              <w:t>в конкурсе и зачисление</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на обучение в автономную</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организацию образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Назарбаев Интеллектуальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школы" в рамках</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>образовательного гранта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президента Республики Казахстан</w:t>
+              <w:t>Президента Республики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Өркен" для оплаты обучения</w:t>
+              <w:t>Казахстан "Өркен"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>одаренных детей в автономной</w:t>
+              <w:t>в Приемную комиссию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организации образования</w:t>
+              <w:t>от законного представителя</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Назарбаев Интеллектуальные школы"</w:t>
+              <w:t>претендента</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2109,378 +2153,363 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В Приемную комиссию</w:t>
+              <w:t>Фамилия ________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от родителя</w:t>
+              <w:t>Имя ____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(законного представителя)</w:t>
+              <w:t>Отчество (при его наличии)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Фамилия _______ Имя ________</w:t>
+              <w:t>________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Отчество _______________</w:t>
+              <w:t>Адрес зарегистрированного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адрес зарегистрированного</w:t>
+              <w:t>места проживания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>места проживания</w:t>
+              <w:t>__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>Адрес фактического проживания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адрес фактического проживания</w:t>
+              <w:t>__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>Номер телефона ___________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефон ____________________</w:t>
+              <w:t>Удостоверение личности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Удостоверение личности</w:t>
+              <w:t>____№_____</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_____№___________</w:t>
+              <w:t>Выдано (кем и когда)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выдано (кем и когда)</w:t>
-[...12 lines deleted...]
-              <w:t>____________________________</w:t>
+              <w:t>__________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление</w:t>
-[...46 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Заявление на участие в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z64" w:id="50"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прошу допустить моего ребенка _______________________________________</w:t>
-[...67 lines deleted...]
-        <w:t>___________ с ___________ языком обучения.</w:t>
+      Прошу допустить претендента _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) полностью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата рождения ____________ к конкурсному отбору для обучения в ____ классе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(день, месяц, год)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Назарбаев Интеллектуальной школы ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с (наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________ языком обучения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящим подтверждаю, что ознакомлен(а) с требованиями Правил присуждения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2504,51 +2533,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>для оплаты обучения одаренных детей в автономной организации образования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Назарбаев Интеллектуальные школы" о том, что мой ребенок принимает участие</w:t>
+        <w:t>"Назарбаев Интеллектуальные школы" о том, что претендент принимает участие</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в конкурсе для обучения в пределах выделенных грантов, в указанной в настоящем</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2575,135 +2604,183 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________ "____"___________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись) (дата подачи заявления)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="36"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Анкета претендента для обучения в филиалах АОО "Назарбаев Интеллектуальные школы"</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Анкета претендента для обучения в филиалах</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>АОО "Назарбаев Интеллектуальные школы"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z66" w:id="52"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________________</w:t>
-[...50 lines deleted...]
-        <w:t>Имя/Отчество (согласно свидетельства о рождении или удостоверения личности)</w:t>
+      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя претендента (согласно свидетельству о рождении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или удостоверению личности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии) (согласно свидетельству о рождении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или удостоверению личности)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -2744,57 +2821,78 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>укажите гражданство</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2817,243 +2915,306 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>укажите дату рождения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Национальность</w:t>
+Наименование Назарбаев Интеллектуальной школы, выбранной для участия в конкурсе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>укажите наименование школы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование Назарбаев Интеллектуальной школы, выбранной для участия в конкурсе</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>укажите класс обучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс</w:t>
+Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3062,92 +3223,92 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>укажите предполагаемый класс обучения</w:t>
+              <w:t>укажите желаемый язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Язык обучения</w:t>
+Из какой школы прибыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3156,1195 +3317,1010 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>укажите предполагаемый язык обучения</w:t>
+              <w:t>полное наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>местонахождение школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Из какой школы прибыл</w:t>
+Контактные данные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-___________________________________</w:t>
-[...127 lines deleted...]
-              <w:t>e-mail ________________________</w:t>
+домашний телефон __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мобильный телефон _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>e-mail _____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="53"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________ Подпись законного представителя</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="37"/>
+      _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись законного представителя претендента</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сведения о родителях, попечителях:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+        <w:t xml:space="preserve"> Сведения о законных представителях претендента*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Степень родства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отец</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мать</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Иные законные представители </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии), год рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гражданство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место работы/учебы, должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Домашний и рабочий телефон, код телефона населенного пункта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...167 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="38"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Адресные данные*</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+        <w:t xml:space="preserve"> Адресные данные претендента*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4357,215 +4333,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекені/</w:t>
-[...16 lines deleted...]
-              <w:t>Населенный пункт</w:t>
+Населенный пункт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұратын орны/</w:t>
-[...16 lines deleted...]
-              <w:t>Место проживания</w:t>
+Место проживания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тіркелген орны/</w:t>
-[...16 lines deleted...]
-              <w:t>Место прописки</w:t>
+Место прописки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облыс/Область</w:t>
+Область</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4626,51 +4551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қала/Город</w:t>
+Город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4731,51 +4656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудан/Район</w:t>
+Район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4836,51 +4761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауыл/Село</w:t>
+Село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4941,51 +4866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көше, ш.а./Улица, мкр</w:t>
+Улица, микрорайон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5046,51 +4971,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үй/Дом</w:t>
+Дом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5151,51 +5076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пәтер/Квартира</w:t>
+Квартира</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5227,573 +5152,575 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z70" w:id="56"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * При изменении контактных, адресных данных в течение 5 дней необходимо</w:t>
-[...1 lines deleted...]
-    </w:p>
+      *При изменении контактных, адресных данных в течение 5 дней необходимо</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>оповестить членов приемной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________________________</w:t>
-[...169 lines deleted...]
-        <w:t>образовательного гранта "Өркен" в случае его присуждения.</w:t>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись законного представителя претендента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Я ___________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) законного представителя претендента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) претендента (далее – претендент)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждаю, что вся информация, представленная в данной анкете, является</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полной и достоверной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мне известно, что предоставление заведомо ложных или неполных данных ведет</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к исключению претендента из конкурса, а также к лишению образовательного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гранта "Өркен" в случае его присуждения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Я ознакомлен(а) с требованиями:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- Правил присуждения и размеров образовательного гранта Президента</w:t>
-[...84 lines deleted...]
-        <w:t>деловой, классический стиль согласно Правил внутреннего распорядка для учащихся</w:t>
+        <w:t>Правил присуждения и размеров образовательного гранта Президента Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования "Назарбаев Интеллектуальные школы";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил организации деятельности общежитий Назарбаев Интеллектуальных школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к единой школьной форме и внешнему виду учащихся, для которых предусмотрен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деловой, классический стиль в соответствии с правовыми актами Назарбаев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Интеллектуальных школ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Я обязуюсь, в случае присуждения претенденту образовательного гранта "Өркен",</w:t>
-[...16 lines deleted...]
-        <w:t>в соответствии с законом Республики Казахстан "</w:t>
+        <w:t>Я обязуюсь, в случае присуждения претенденту образовательного гранта Президента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан "Өркен", в соответствии с законом Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об образовании</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" выполнять все</w:t>
-[...118 lines deleted...]
-        <w:t>до его отчисления из Интеллектуальной школы.</w:t>
+        <w:t>" выполнять все правила, установленные в Назарбаев</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Интеллектуальных школах, в том числе гарантирую соблюдение претендентом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требований к внешнему виду и обязанности ношения единой школьной формы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мне известно, что в случае несоблюдения вышеперечисленных требований</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и обязанностей, это может повлечь за собой дисциплинарные меры в отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учащегося, предусмотренные правовыми актами Назарбаев Интеллектуальных школ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вплоть до его отчисления из Интеллектуальной школы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Я не возражаю против передачи анкетных данных претендента, результатов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5885,121 +5812,393 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и обязуюсь обеспечить соблюдение претендентом всех условий и требований</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>конкурса, а также непосредственное самостоятельное участие в конкурсе,</w:t>
-[...69 lines deleted...]
-    </w:p>
+        <w:t>конкурса, а также непосредственное самостоятельное участие в конкурсе, без участия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>посредников. При прохождении претендентом конкурса обязуюсь быть вежливым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с сотрудниками организаций, отвечающих за организацию и проведение конкурсного отбора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>После прохождения конкурса обязуюсь обеспечить неразглашение мной и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>претендентом содержания тестовых заданий комплексного тестирования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>являющегося конфиденциальной информацией и интеллектуальной собственностью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АОО "Назарбаев Интеллектуальные школы".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: Все вышеуказанные нормативно-правовые акты размещены</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на официальном сайте услугодателя www.nis.edu.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата _____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подпись законного представителя претендента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6085,172 +6284,147 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Прием документов для участия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в конкурсе по присуждению</w:t>
+              <w:t>в конкурсе и зачисление</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на обучение в автономную</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организацию образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Назарбаев Интеллектуальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школы" в рамках</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>образовательного гранта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президента Республики Казахстан</w:t>
+              <w:t>Президента Республики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Өркен" для оплаты обучения</w:t>
-[...38 lines deleted...]
-              <w:t>Интеллектуальные школы"</w:t>
+              <w:t>Казахстан "Өркен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6264,51 +6438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень основных требований к оказанию государственной услуги "Прием документов для участия в конкурсе по присуждению образовательного гранта Президента Республики Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы"</w:t>
+Перечень основных требований к оказанию государственной услуги "Прием документов для участия в конкурсе и зачисление на обучение в автономную организацию образования "Назарбаев Интеллектуальные школы" в рамках образовательного гранта Президента Республики Казахстан "Өркен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6490,51 +6664,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявления и выдача государственной услуги осуществляет услугодатель</w:t>
+1) веб-портал "электронного правительства";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) приемная комиссия услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6603,85 +6794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания с момента сдачи пакета документов услугодателю составляет не более 1 (одного) календарного дня.</w:t>
-[...33 lines deleted...]
-              <w:t>Максимально допустимое время обслуживания услугополучателя - 30 (тридцать) минут.</w:t>
+С момента сдачи пакета документов услугодателю, а также при обращении через Портал – 1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6750,51 +6907,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бумажная</w:t>
+Электронная (частично автоматизированная) / бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6862,72 +7019,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам, либо мотивированный отказ в предоставлении государственной услуги по основаниям, предусмотренным пунктом 9 настоящего Перечня основных требований.</w:t>
+              <w:t>
+Результат оказания государственной услуги через услугодателя – выдача пропуска претенденту для участия в конкурсе, либо мотивированный отказ в предоставлении государственной услуги по основаниям, предусмотренным пунктом 9 настоящего Перечня основных требований.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги через Портал: в личный кабинет услугополучателя направляется пропуск претендента для участия в конкурсе, либо мотивированный отказ в предоставлении государственной услуги по основаниям, предусмотренным пунктом 9 настоящего Перечня основных требований.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6960,87 +7114,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Государственная услуга физическим лицам (услугополучателю) оказывается бесплатно.</w:t>
+              <w:t xml:space="preserve">
+Государственная услуга услугополучателю оказывается бесплатно. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7073,158 +7227,192 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">с понедельника по пятницу в соответствии с установленным графиком работы с 9:00 до 18:00 часов, в субботу с 10:00 до 15:00 за исключением выходных и праздничных дней, согласно действующему </w:t>
+              <w:t xml:space="preserve">
+1) услугодателя – с понедельника по пятницу в соответствии с установленным графиком работы с 09:00 до 18:00 часов, за исключением выходных и праздничных дней согласно действующему </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кодексу Республики Казахстан с перерывом на обед с 12:30 часов до 13:30 часов.</w:t>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) с перерывом на обед с 12:30 до 13:30 часов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после 18:00 часов рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки и адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе, официальных аккаунтах социальных сетей услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Портале.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
-            </w:r>
-[...15 lines deleted...]
-              <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсе услугодателя: www.nis.edu.kz, а также на интернет ресурсе Министерства просвещения Республики Казахстан www.edu.gov.kz (раздел "Государственные услуги").</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7293,153 +7481,527 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Заявление на участие в конкурсе и заполненная анкета согласно приложению 1 к Правилам;</w:t>
-[...101 lines deleted...]
-              <w:t>Фотография выполняется строго в анфас на светлом фоне, с нейтральным выражением лица и закрытым ртом, в которой лицо занимает около 75 % общей площади фотографии. Не допускается использование изображений, изготовленных методом компьютерного сканирования, моделирования или ксерокопирования. При фотографировании не допускаются головные уборы и очки. Глаза открыты, четко видны и не закрыты волосами. Размер фотографии должен быть не менее 450 х 600 пикселей с разрешением не ниже 600 пикселей/дюйм (dpi).</w:t>
+К услугодателю (на бумажном носителе):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление на участие в конкурсе и согласие в соответствии с приложением 1 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) свидетельство о рождении / документ, удостоверяющий личность (оригинал требуется для идентификации, который возвращается услугополучателю) или электронный документ, полученный из сервиса цифровых документов претендента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) документ, удостоверяющий личность (оригинал требуется для идентификации, который возвращается услугополучателю) или электронный документ, полученный из сервиса цифровых документов законного представителя претендента.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При необходимости, по требованию услугодателя законные представители претендента предоставляют документ, подтверждающий гражданство претендента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) копия табеля успеваемости претендента за текущий год обучения. Требуемые документы должны быть заверены подписью руководителя и скреплены печатью соответствующей организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) претендентам, обучающимся на момент подачи документов в зарубежных организациях образования, необходимо приложить/прикрепить цветную копию табеля/справки или иной официальный документ со школы на государственном либо русском языке или нотариально заверенный перевод на государственный или русский язык с указанием класса обучения и учебного/календарного года и даты выдачи справки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) цифровая цветная фотография претендента: выполняется строго в анфас на светлом фоне с нейтральным выражением лица и закрытым ртом;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>глаза открыты, четко видны и не закрыты волосами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицо занимает 70–85 % общей площади фотографии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>соотношение сторон 3х4 в виде графического файла размером не более 1 МБ (мегабайт);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размер фотографии не менее 450 х 600 пикселей с разрешением не менее 80 пикселей/дюйм (dpi).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не разрешаются:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фото с головным убором и в очках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>использование изображений, изготовленных методом компьютерного сканирования, моделирования или ксерокопирования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) доверенность (в случае подачи заявления третьим лицом от имени законных представителей претендента);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на Портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление на участие в конкурсе и согласие в соответствии с приложением 1 к Правилам в форме электронного документа, подписанное ЭЦП услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) претендентам, обучающимся на момент подачи документов в зарубежных организациях образования, необходимо приложить/прикрепить цветную электронную копию табеля/справки или иной официальный документ со школы на государственном либо русском языке или нотариально заверенный перевод на государственный или русский язык с указанием класса обучения и учебного/календарного года и даты выдачи справки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) цифровая цветная фотография претендента:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выполняется строго в анфас на светлом фоне с нейтральным выражением лица и закрытым ртом;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>глаза открыты, четко видны и не закрыты волосами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицо занимает 70–85 % общей площади фотографии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>соотношение сторон 3х4 в виде графического файла размером не более 1 МБ (мегабайт);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размер фотографии не менее 450 х 600 пикселей с разрешением не менее 80 пикселей/дюйм (dpi).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Не разрешаются:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фото с головным убором и в очках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>использование изображений, изготовленных методом компьютерного сканирования, моделирования или ксерокопирования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сведения о документах, удостоверяющих личность, свидетельств о рождении услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7525,71 +8087,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+              <w:t xml:space="preserve">2) несоответствие предоставленных документов услугополучателя и (или) предоставленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 14 августа 2023 года № 255 Об утверждении Правил присуждения и размеров образовательного гранта Президента Республики Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33295) и настоящими Правилами;</w:t>
+              <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 14 августа 2023 года № 255 "Об утверждении Правил присуждения и размеров образовательного гранта Президента Республики Казахстан "Өркен" для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы"" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33295);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -7659,87 +8221,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контактные телефоны справочных служб услугодателя размещены на интернет-ресурсе www.nis.edu.kz, телефоны единого контакт-центра по вопросам оказания государственных услуг: 1414,8 800 080 77777.</w:t>
+Услугополучатель имеет возможность получения государственной услуги в электронной форме через Портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Получение информации о статусе оказания государственной услуги доступно в "личном кабинете" на Портале, справочных службах услугодателя, на официальном сайте www.nis.edu.kz, а также через Единый контакт-центр "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Условия получения услуги третьими лицами: электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на Портале.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При подаче пакета документов на бумажном носителе максимально допустимое время ожидания – 20 (двадцать) минут. Максимально допустимое время обслуживания услугополучателя – 30 (тридцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При подаче заявления для участия в конкурсе в последний день приема документов услугополучатель может получить результат оказания государственной услуги после истечения сроков приема документов, при этом не будет возможности повторной подачи заявления с учетом устранения замечаний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7830,1659 +8460,232 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Прием документов для участия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в конкурсе по присуждению</w:t>
+              <w:t>в конкурсе и зачисление</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на обучение в автономную</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организацию образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Назарбаев Интеллектуальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школы" в рамках</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>образовательного гранта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президента Республики Казахстан</w:t>
+              <w:t>Президента Республики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Өркен" для оплаты обучения</w:t>
-[...38 lines deleted...]
-              <w:t>"Назарбаев Интеллектуальные школы"</w:t>
+              <w:t>Казахстан "Өркен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 23.05.2024 </w:t>
-[...1508 lines deleted...]
-    </w:tbl>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="8191500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="8191500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9568,412 +8771,434 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Прием документов для участия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в конкурсе по присуждению</w:t>
+              <w:t>в конкурсе и зачисление</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на обучение в автономную</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организацию образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Назарбаев Интеллектуальные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школы" в рамках</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>образовательного гранта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президента Республики Казахстан</w:t>
+              <w:t>Президента Республики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Өркен" для оплаты обучения</w:t>
-[...38 lines deleted...]
-              <w:t>"Назарбаев Интеллектуальные школы"</w:t>
+              <w:t>Казахстан "Өркен"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="39"/>
+    <w:bookmarkStart w:name="z78" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Расписка об отказе в приеме заявления </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="41"/>
+        <w:t xml:space="preserve"> Расписка об отказе в приеме заявления</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z79" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 Перечня основных требований;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="42"/>
+      АОО "Назарбаев Интеллектуальные школы" отказывает в приеме заявления ввиду следующих оснований:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z80" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) представление услугополучателем документов с истекшим сроком действия.</w:t>
-[...24 lines deleted...]
-          <w:i/>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z81" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие представленных документов услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z82" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предоставление документов третьим лицом без доверенности от законного представителя претендента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z83" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отсутствие у претендента гражданства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z84" w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) несоответствие фото претендента требованиям, установленным настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(нужное основание подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="43"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель: Ф.И.О. (при его наличии) ________________ Телефон ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Получил: Ф.И.О. (при его наличии)/ЭЦП услугополучателя __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись сотрудника/БИН филиала услугодателя _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _____ 20__ год</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10295,35 +9520,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>