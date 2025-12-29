--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a52a8f3" w14:textId="a52a8f3">
+    <w:p w14:paraId="73a6fb6" w14:textId="73a6fb6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1414,1496 +1414,1394 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Для получения государственной услуги услугополучатель направляет услугодателю:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z269" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявление в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) услугополучателя, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z270" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия экспертного заключения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z271" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспертное заключение содержит требования, предусмотренные в приложении к Перечню основных требований. Каждая страница представленных копий документов заверена подписью и печатью (при наличии) услугополучателя, либо копии документов прошиты и их последние листы заверены подписью и печатью (при наличии) услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z272" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче услугополучателем всех необходимых документов посредством портала – в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z273" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок рассмотрения документов и выдачи результата государственной услуги составляет 3 (три) рабочих дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z274" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник канцелярии услугодателя осуществляет регистрацию документов и сведений в день их поступления и направляет руководителю услугодателя либо лицу его замещающему, которым назначается ответственный исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z275" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Ответственный исполнитель в течение двух рабочих дней проверяет полноту представленных документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, и в случае установления факта неполноты представленных документов готовит мотивированный отказ по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, подписанный ЭЦП руководителя услугодателя либо лица его замещающего, и направляет его через портал в форме электронного документа в личный кабинет услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z278" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае представления услугополучателем полного пакета документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, услугодатель проверяет представленные документы и сведения, указанные в них на соответствие требованиям нормативных правовых актов в области промышленной безопасности и оформляет результат оказания государственной услуги по формам согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z279" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основания для отказа в оказании государственной услуги установленные законодательством Республики Казахстан изложены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z280" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результат оказания государственной услуги подписывается ЭЦП руководителя услугодателя либо лица его замещающего и направляется через портал в "личный кабинет" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-1. Исключен приказом и.о. Министра по чрезвычайным ситуациям РК от 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z281" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z282" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в области промышленной безопасности в течение трех рабочих дней направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила оператору информационно-коммуникационной инфраструктуры "электронного правительства", а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае сбоя информационной системы, содержащей необходимые сведения для оказания государственной услуги, услугодатель в течение 1 (одного) рабочего дня уведомляет оператора информационно-коммуникационной инфраструктуры "электронного правительства" (далее - оператор) посредством направления запроса в единую службу поддержки по электронной почте sd@nitec.kz с обязательным предоставлением информации по наименованию государственной услуги, номера и кода административного документа заявления (НИКАД), или уникальный идентификационный номер заявления (УИНЗ), номера и кода административного документа (НИКАД РД), или уникальный идентификационный номер разрешительного документа (УИНРД), индивидуальный идентификационный номер (ИИН), или бизнес-идентификационный номер (БИН) услугополучателя, с приложением пошаговых скриншотов с момента авторизации до момента возникновения ошибки с указанием точного времени ошибки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-      2) электронная копия экспертного заключения.</w:t>
-[...280 lines deleted...]
-</w:t>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Ответственный исполнитель в течение двух рабочих дней проверяет полноту представленных документов, и в случае установления факта неполноты представленных документов готовит мотивированный отказ по форме, согласно приложению 4 к настоящим Правилам, удостоверенный ЭЦП руководителя услугодателя либо лица его замещающего, и направляет его услугополучателю через портал в форме электронного документа.</w:t>
-[...137 lines deleted...]
-      Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя услугодателя либо лица его замещающего.</w:t>
+      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра по чрезвычайным ситуациям РК от 23.07.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 356</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...61 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 8 предусматривается в редакции приказа Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
+        <w:t xml:space="preserve">12. Исключен приказом Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
-[...95 lines deleted...]
-      Жалоба подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
-[...17 lines deleted...]
-      При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра по чрезвычайным ситуациям РК от 24.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="28"/>
+    <w:bookmarkStart w:name="z59" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 25 Закона, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      14. Если иное не предусмотрено </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...349 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5226,114 +5124,227 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Экспертное заключение действует в течение одного года со дня проведения экспертизы промышленной безопасности.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Экспертное заключение подписывается руководителем экспертной организации, заверяется печатью экспертной организации, прошивается с указанием количества сшитых страниц.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к Стандарту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Выдача разрешений на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>применение технологий,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">применяемы на опасных </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">производственных объектах, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опасных технических устройств"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      Приложение предусматривается исключить приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение исключено приказом Министра по чрезвычайным ситуациям РК от 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5409,727 +5420,50 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к Стандарту</w:t>
-[...675 lines deleted...]
-              </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -6396,51 +5730,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер заявления: [Номер]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заявления: [Дата]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z267" w:id="55"/>
+    <w:bookmarkStart w:name="z267" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      ЗАЯВЛЕНИЕ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -6461,51 +5795,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             _____________________________________________________________ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование физического или юридического лица)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.07.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7000,68 +6334,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>объектах, опасных технических</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>устройств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="56"/>
+    <w:bookmarkStart w:name="z123" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 исключено приказом Министра по чрезвычайным ситуациям РК от 02.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10163,55 +9497,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>