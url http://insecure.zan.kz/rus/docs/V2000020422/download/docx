--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cbe9d7a" w14:textId="cbe9d7a">
+    <w:p w14:paraId="13d18b1" w14:textId="13d18b1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,104 +103,224 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 16 апреля 2020 года № 390. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 апреля 2020 года № 20422.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике" ПРИКАЗЫВАЮ:</w:t>
+      Сноска. В заголовок вносится изменение на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 826</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О реабилитации и банкротстве" и в соответствии с подпунктом 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 Закона Республики Казахстан "О государственной статистике" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 826</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -549,150 +669,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Первый Заместитель</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министра Республики</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Казахстан-Министр финансов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -700,109 +843,121 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Смаилов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z19" w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитет по статистике</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерства национальной экономики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1031,222 +1186,1535 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>для сбора административных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="15"/>
+    <w:bookmarkStart w:name="z317" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Форма административных данных размещена на интернет-ресурсе www.minfin.gov.kz</w:t>
+        <w:t xml:space="preserve"> Текущая информация о ходе осуществления реабилитационной процедуры</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z34" w:id="16"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Неисполнение либо ненадлежащее исполнение обязанности по предоставлению в уполномоченный орган в области реабилитации и банкротства текущей информации о ходе осуществления реабилитационной процедуры влечет административную ответственность в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 181 Кодекса Республики Казахстан "Об административных правонарушениях"</w:t>
+      Сноска. Приложение 1 – в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 826</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в органы государственных доходов Министерства финансов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе: kgd.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Текущая информация о ходе осуществления реабилитационной процедуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе (краткое буквенно-цифровое выражение наименования формы): ТИХОРП -1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: ежеквартально.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: ____ квартал 20___ год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: временный администратор; реабилитационный управляющий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: не позднее 5 числа месяца, следующего за отчетным периодом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ИИН/БИН </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7493000" cy="10287000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7493000" cy="10287000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7429500" cy="10134600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7429500" cy="10134600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">        Текущая информация о ходе осуществления реабилитационной процедуры</w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5219700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5219700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                                Индекс: ТИХОРП -1</w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z37" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="10858500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="10858500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                    отчетный период __________ 202__года (месяц)</w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z38" w:id="20"/>
-[...15 lines deleted...]
-      Периодичность: ежемесячно</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5829300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5829300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z39" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="10426700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="10426700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Круг лиц, представляющих информацию: реабилитационный управляющий в области реабилитации </w:t>
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z40" w:id="22"/>
-[...15 lines deleted...]
-      Представляется в соответствующий территориальный орган государственных доходов не позднее 5 числа месяца, следующего за отчетным периодом</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="6426200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="6426200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="2895600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="2895600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5346700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5346700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4940300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4940300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z45" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4686300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4686300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="6172200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="6172200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="7264400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="7264400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1280,2449 +2748,1555 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Приложение к форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенной для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Текущая информация о ходе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления реабилитационной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>процедуры"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="23"/>
+    <w:bookmarkStart w:name="z49" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">        Текущая информация о ходе осуществления реабилитационной процедуры</w:t>
-[...86 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Пояснения по заполнению формы административных данных "Текущая информация о ходе осуществления реабилитационной процедуры", а также приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней. (Индекс: ТИХОРП-1, периодичность: ежеквартальный)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z50" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="26"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общее положение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z51" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Текущая информация о ходе осуществления реабилитационной процедуры (далее – текущая информация) состоит из самой формы и приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней, предназначенных для детального отражения информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z52" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Настоящее пояснение определяет единые требования по заполнению формы текущей информации, а также приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z53" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Текущая информация содержит сведения о суммах требований, включенных в реестр требований кредиторов и удовлетворенных требований кредиторов, о доходной и расходной части должника и об его имущественной массе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z54" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Сведения о кредиторской задолженности должника</w:t>
-[...516 lines deleted...]
-        <w:t xml:space="preserve">                    Информация о реализации имущественной массы должника</w:t>
+        <w:t xml:space="preserve"> Глава 2. Пояснения по заполнению текущей информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z56" w:id="37"/>
-[...15 lines deleted...]
-      </w:t>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Текущая информация заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p>
-[...78 lines deleted...]
-        <w:t xml:space="preserve">                    Информация о возврате имущества должника</w:t>
+    <w:bookmarkStart w:name="z56" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 1 указывается индивидуальный идентификационный номер/бизнес-идентификационный номер должника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z58" w:id="39"/>
-[...15 lines deleted...]
-      </w:t>
+    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 2 указывается период, за который представляется текущая информация (отчетный период);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:p>
-[...78 lines deleted...]
-        <w:t xml:space="preserve">        Мероприятия по взысканию и списанию дебиторской задолженности должника</w:t>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 3 указывается фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) или наименование должника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z60" w:id="41"/>
-[...15 lines deleted...]
-      </w:t>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 4 указывается вид текущей информации (первоначальный, очередной, дополнительный, ликвидационный);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...90 lines deleted...]
-        <w:t>реабилитационной процедуры", а также приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 5 указывается категория администратора (временный, реабилитационный);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z62" w:id="43"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (Индекс: ТИХОРП-1, периодичность: ежемесячно)</w:t>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 6 указывается фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) реабилитационного управляющего;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z63" w:id="44"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общее положение</w:t>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 7 указывается индивидуальный идентификационный номер реабилитационного управляющего;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z64" w:id="45"/>
-[...15 lines deleted...]
-      1. Текущая информация о ходе осуществления реабилитационной процедуры (далее – текущая информация) состоит из самой формы и приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней, предназначенных для детального отражения информации.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 8 указываются общая сумма обязательств должника, возникших после вступления в законную силу решения суда о применении реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z65" w:id="46"/>
-[...15 lines deleted...]
-      2. Настоящее пояснение определяет единые требования по заполнению формы текущей информации о ходе осуществления реабилитационной процедуры, а также приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 9 указываются представленные приложения к текущей информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z66" w:id="47"/>
-[...15 lines deleted...]
-      3. Текущая информация о ходе осуществления реабилитационной процедуры содержит сведения о суммах требований, включенных в реестр требований кредиторов и удовлетворенных требований кредиторов, о доходной и расходной части должника и об его имущественной массе.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 1 указываются сведения о доходной части должника, в части поступлений, предусмотренных планом реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z67" w:id="48"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Пояснения по заполнению текущей информации</w:t>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 2 указываются сведения об удовлетворении требований кредиторов, предусмотренным графиком удовлетворения требований кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z68" w:id="49"/>
-[...15 lines deleted...]
-      4. Текущая информация заполняется следующим образом:</w:t>
+    <w:bookmarkStart w:name="z67" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 3 указывается информация о расходах должника, предусмотренных планом реабилитации, а также фактически начисленных и погашенных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 4 указывается ответственность реабилитационного управляющего в соответствии с законами Республики Казахстан за достоверность и полноту представленных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z69" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В приложении 1 к форме текущей информации указываются следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 1 указывается индивидуальный идентификационный номер/бизнес-идентификационный номер должника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 2 указывается период, за который представляется текущая информация (отчетный период);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z73" w:id="54"/>
-[...15 lines deleted...]
-      в строке 5 указывается индивидуальный идентификационный номер реабилитационного управляющего;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.001 фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) временного администратора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z74" w:id="55"/>
-[...15 lines deleted...]
-      в строке 6 указываются представленные приложения к текущей информации;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.002 идентификационный номер временного администратора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z75" w:id="56"/>
-[...15 lines deleted...]
-      в разделе 1 указываются сведения о доходной части должника, в части поступлений, предусмотренным планом реабилитации;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.003 дата вынесения определения о возбуждении дела о реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z76" w:id="57"/>
-[...15 lines deleted...]
-      в разделе 2 указываются сведения об удовлетворении требований кредиторов, предусмотренным графиком удовлетворения требований кредиторов;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.004 дата направления в уполномоченный орган объявления о возбуждении дела о реабилитации и порядке заявления требований кредиторами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z77" w:id="58"/>
-[...15 lines deleted...]
-      в разделе 3 указывается информация о расходах должниках, предусмотренным планом реабилитации, а также фактически начисленных и погашенных;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.005 дата решения суда о применении реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z78" w:id="59"/>
-[...15 lines deleted...]
-      в разделе 4 указывается ответственность реабилитационного управляющего в соответствии с законами Республики Казахстан за достоверность и полноту представленных сведений.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.006 дата вступления в законную силу решения суда о применении реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z79" w:id="60"/>
-[...15 lines deleted...]
-      5. В приложении 1 к форме текущей информации указываются следующие сведения:</w:t>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.007 срок реабилитационной процедуры (лет), согласно утвержденному плану реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z80" w:id="61"/>
-[...15 lines deleted...]
-      в строке 1 фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) временного администратора;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.008 дата направления временным администратором в уполномоченный орган реестра требований кредиторов, а также перечень кредиторов, чьи требования не признаны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z81" w:id="62"/>
-[...15 lines deleted...]
-      в строке 2 идентификационный номер временного администратора;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.009 дата проведения первого собрания кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z82" w:id="63"/>
-[...15 lines deleted...]
-      в строке 3 дата вынесения определения о возбуждении дела о реабилитации;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.010 дата согласования плана реабилитации собранием кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z83" w:id="64"/>
-[...15 lines deleted...]
-      в строке 4 дата направления в уполномоченный орган объявления о возбуждении дела о реабилитации и порядке заявления требований кредиторами;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.011 дата утверждения плана реабилитации кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z84" w:id="65"/>
-[...15 lines deleted...]
-      в строке 5 дата решения суда о применении реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.012 дата вступления в законную силу определения суда об утверждении плана реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z85" w:id="66"/>
-[...15 lines deleted...]
-      в строке 6 дата вступления в законную силу решения суда о применении реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.013 дата согласования с собранием кредиторов изменений и дополнений в план реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z86" w:id="67"/>
-[...15 lines deleted...]
-      в строке 7 срок реабилитационной процедуры (лет), согласно утвержденному плану реабилитации;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.014 дата направления в суд ходатайства о внесении изменений и дополнений в план реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z87" w:id="68"/>
-[...15 lines deleted...]
-      в строке 8 дата направления временным администратором в уполномоченный орган реестра требований кредиторов, а также перечень кредиторов, чьи требования не признаны;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.015 дата определения суда об утверждении изменений и дополнений в план реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z88" w:id="69"/>
-[...15 lines deleted...]
-      в строке 9 дата проведения первого собрания кредиторов;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.016 дата вступления в законную силу определения суда об утверждении изменений и дополнений в план реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z89" w:id="70"/>
-[...15 lines deleted...]
-      в строке 10 дата согласования плана реабилитации собранием кредиторов;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.017 дата обращения в суд о прекращении реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z90" w:id="71"/>
-[...15 lines deleted...]
-      в строке 11 Дата утверждения плана реабилитации кредиторов;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.018 дата определения суда о прекращении реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z91" w:id="72"/>
-[...15 lines deleted...]
-      в строке 12 дата вступления в законную силу определения суда об утверждении плана реабилитации;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.019 дата вступления в законную силу определения суда о прекращении реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z92" w:id="73"/>
-[...15 lines deleted...]
-      в строке 13 дата согласования с собранием кредиторов изменений и дополнений в план реабилитации;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.020 основания прекращения реабилитационной процедуры в соответствии с Законом Республики Казахстан "О реабилитации и банкротстве";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z93" w:id="74"/>
-[...15 lines deleted...]
-      в строке 14 дата направления в суд ходатайства о внесении изменений и дополнений в план реабилитации;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.021 дата заключения о финансовой устойчивости должника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z94" w:id="75"/>
-[...15 lines deleted...]
-      в строке 15 дата определения суда об утверждении изменений и дополнений в план реабилитации;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 01.022 дата решения суда о прекращении реабилитационной процедуры, признании должника банкротом и его ликвидации с возбуждением процедуры банкротства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z95" w:id="76"/>
-[...15 lines deleted...]
-      в строке 16 дата вступления в законную силу определения суда об утверждении изменений и дополнений в план реабилитации;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В приложении 2 к форме текущей информации указываются сведения о кредиторской задолженности должника, включающие данные в разрезе кредиторов: ИИН/БИН, Ф.И.О./наименование кредитора (нерезидента), сумму требований кредиторов, включенных в реестр, сведения об удовлетворенных требованиях кредиторов, а также сведения об обязательствах должника, возникших после вступления в законную силу решения суда о применении реабилитационной процедуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z96" w:id="77"/>
-[...15 lines deleted...]
-      в строке 17 дата обращения в суд о прекращении реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В приложении 3 к форме текущей информации указывается информация о проведенных заседаниях комитета кредиторов (собрания кредиторов): дата проведения, принятое решение и количество голосов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z97" w:id="78"/>
-[...15 lines deleted...]
-      в строке 18 дата определения суда о прекращении реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В приложении 4 к форме текущей информации указываются сведения об исполнении плана реабилитации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z98" w:id="79"/>
-[...15 lines deleted...]
-      в строке 19 дата вступления в законную силу определения суда о прекращении реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 1 указывается общая сумма денег, вырученных в ходе реабилитационной процедуры, а также за отчетную дату;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z99" w:id="80"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О реабилитации и банкротстве"</w:t>
+    <w:bookmarkStart w:name="z98" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 2 доходная часть плана реабилитации, виды поступлений и фактические поступления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z100" w:id="81"/>
-[...15 lines deleted...]
-      в строке 21 дата заключения о финансовой устойчивости должника;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 3 исполнение графика удовлетворения требований кредиторов в разрезе очередей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z101" w:id="82"/>
-[...15 lines deleted...]
-      в строке 22 дата решения суда о прекращении реабилитационной процедуры, признании должника банкротом и его ликвидации с возбуждением процедуры банкротства.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В приложении 5 к форме текущей информации указываются информации о расходах должника:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z102" w:id="83"/>
-[...15 lines deleted...]
-      6. В приложении 2 к форме текущей информации указываются сведения о кредиторской задолженности должника, включающие данные в разрезе кредиторов: ИИН/БИН, Ф.И.О./наименование кредитора, сумму требований кредиторов, включенных в реестр, сведения об удовлетворенных требованиях кредиторов, атакже сведения об обязательствах должника, возникших после вступления в законную силу решения суда о применении реабилитационной процедуры.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 1 указываются административные расходы должника, утвержденные планом реабилитации: начисленные и погашенные расходы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z103" w:id="84"/>
-[...15 lines deleted...]
-      7. В приложении 3 к форме текущей информации указывается информация о проведенных заседаниях комитета кредиторов (собрания кредиторов): дата проведения, принятое решение и количество голосов.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 2 указывается начисленная и выплаченная сумма дополнительного вознаграждения реабилитационного управляющего с указанием даты выплаты и основания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z104" w:id="85"/>
-[...15 lines deleted...]
-      8. В приложении 4 к форме текущей информации указываются сведения об исполнении плана реабилитации:</w:t>
+    <w:bookmarkStart w:name="z103" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В приложении 6 к форме текущей информации указываются активы должника с указанием их наименования и стоимости на дату применения реабилитационной процедуры. Отражению подлежит оценочная стоимость имущества, в случае ее отсутствия – балансовая стоимость. Активы в виде денежных средств в иностранной валюте отражаются по курсу Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z105" w:id="86"/>
-[...15 lines deleted...]
-      в разделе 1 отражается общая сумма денег, вырученных в ходе реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В приложении 7 к форме текущей информации указывается информация о реализации имущественной массы должника: оценочная (балансовая) стоимость, минимальная цена лота, стартовая стоимость, цена реализации, а также дата проведения торгов, метод продаж, наименование и техническое состояние реализованного имущества, данные о покупателях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z106" w:id="87"/>
-[...15 lines deleted...]
-      в разделе 2 доходная часть плана реабилитации, виды поступлений и фактические поступления;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В приложении 8 к форме текущей информации указывается информация о возврате имущества должника: общая стоимость возвращенного имущества, наименование, краткое описание и дата возвращенного имущества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z107" w:id="88"/>
-[...15 lines deleted...]
-      в разделе 3 исполнение графика удовлетворения требований кредиторов в разрезе очередей.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В приложении 9 к форме текущей информации указываются мероприятия по взысканию и списанию дебиторской задолженности должника с отражением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z108" w:id="89"/>
-[...15 lines deleted...]
-      9. В приложении 5 к форме текущей информации указываются информации о расходах должника:</w:t>
+    <w:bookmarkStart w:name="z107" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 1 общей суммы дебиторской задолженности, предусмотренной к взысканию планом реабилитации и возникшей в ходе реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z109" w:id="90"/>
-[...15 lines deleted...]
-      в разделе 1 отражаются административные расходы должника, утвержденные планом реабилитации,</w:t>
+    <w:bookmarkStart w:name="z108" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 2 общей суммы взысканной дебиторской задолженности должника, предусмотренной к взысканию планом реабилитации и возникшей в ходе реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z110" w:id="91"/>
-[...15 lines deleted...]
-      начисленные и погашенные расходы;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 3 общей суммы списанной дебиторской задолженности должника, предусмотренной к взысканию планом реабилитации и возникшей в ходе реабилитационной процедуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z111" w:id="92"/>
-[...15 lines deleted...]
-      в разделе 2 отражается начисленная и выплаченная сумма дополнительного вознаграждения реабилитационного управляющего с указанием даты выплаты и основания.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 4 общей суммы остатка невзысканной дебиторской задолженности, предусмотренной к взысканию планом реабилитации и возникшей в ходе реабилитационной процедуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z112" w:id="93"/>
-[...15 lines deleted...]
-      10. В приложении 6 к форме текущей информации указываются активы должника с указанием их наименования и стоимости на дату применения реабилитационной процедуры. Отражению подлежит оценочная стоимость имущества, в случае ее отсутствия – балансовая я стоимость.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z113" w:id="94"/>
-[...15 lines deleted...]
-      11. В приложении 7 к форме текущей информации указывается информация о реализации имущественной массы должника: оценочная (балансовая) стоимость, минимальная цена лота, стартовая стоимость, цена реализации, а также дата проведения торгов, метод продаж, наименование и техническое состояние реализованного имущества, данные о покупателях.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расшифровка аббревиатуры:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z114" w:id="95"/>
-[...15 lines deleted...]
-      12. В приложении 8 к форме текущей информации указывается информация о возврате имущества должника: общая стоимость возвращенного имущества, наименование, краткое описание и дата возвращенного имущества.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z115" w:id="96"/>
-[...15 lines deleted...]
-      13. В приложении 9 к форме текущей информации указываются мероприятия по взысканию и списанию дебиторской задолженности должника с отражением:</w:t>
+    <w:bookmarkStart w:name="z114" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z116" w:id="97"/>
-[...15 lines deleted...]
-      в разделе 1 общей суммы дебиторской задолженности, предусмотренной к взысканию планом реабилитации и возникшей в ходе реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СК – собрание кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z117" w:id="98"/>
-[...15 lines deleted...]
-      в разделе 2 общей суммы взысканной дебиторской задолженности должника, предусмотренной к взысканию планом реабилитации и возникшей в ходе реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КК – комитет кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z118" w:id="99"/>
-[...15 lines deleted...]
-      в разделе 3 общей суммы списанной дебиторской задолженности должника, предусмотренной к взысканию планом реабилитации и возникшей в ходе реабилитационной процедуры;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      млн. – миллион;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z119" w:id="100"/>
-[...15 lines deleted...]
-      в разделе 4 общей суммы остатка невзысканной дебиторской задолженности, предусмотренной к взысканию планом реабилитации и возникшей в ходе реабилитационной процедуры.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      млрд. – миллиард;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z120" w:id="101"/>
-[...15 lines deleted...]
-      Примечание: расшифровка аббревиатуры:</w:t>
+    <w:bookmarkStart w:name="z119" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тыс. – тысяч;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z121" w:id="102"/>
-[...15 lines deleted...]
-      деньги в иностранной валюте отражаются по курсу Национального Банка Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ф.И.О. – Фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z122" w:id="103"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3951,293 +4525,1850 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>для сбора административных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z316" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Текущая информация о ходе осуществления процедуры банкротства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 826</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в органы государственных доходов Министерства финансов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z124" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе: kgd.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z125" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Текущая информация о ходе осуществления процедуры банкротства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z126" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе (краткое буквенно-цифровое выражение наименования формы): ТИХОПБ -2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z127" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: ежеквартально.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z128" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: ____ квартал 20___ год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z129" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: временный и банкротный управляющий в области банкротства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z130" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: не позднее 5 числа месяца, следующего за отчетным периодом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z131" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ИИН/БИН </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="10985500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="10985500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="10756900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="10756900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="7429500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="7429500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="3429000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="3429000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="10033000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="10033000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z142" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5905500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5905500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-    <w:bookmarkEnd w:id="113"/>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z143" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Неисполнение либо ненадлежащее исполнение обязанности по предоставлению в </w:t>
-      </w:r>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5448300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5448300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">уполномоченный орган в области реабилитации и банкротства текущей информации </w:t>
-      </w:r>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5549900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5549900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">о ходе осуществления процедуры банкротства влечет административную ответственность </w:t>
-      </w:r>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="10731500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId27"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="10731500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">в соответствии с </w:t>
-[...95 lines deleted...]
-    <w:bookmarkEnd w:id="116"/>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z146" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Периодичность: ежемесячно</w:t>
+      продолжение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z147" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Круг лиц, представляющих информацию: банкротный управляющий в области банкротства </w:t>
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5245100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5245100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z148" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z149" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Представляется в соответствующий территориальный орган государственных доходов не позднее </w:t>
-      </w:r>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5486400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId29"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5486400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5 числа месяца, следующего за отчетным периодом</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z151" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4953000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId30"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4953000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z153" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5397500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId31"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5397500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5080000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId32"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5080000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5461000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId33"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5461000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="6121400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId34"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="6121400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4271,2937 +6402,1675 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Приложение к форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенной для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Текущая информация о ходе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления процедуры</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банкротства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="120"/>
+    <w:bookmarkStart w:name="z158" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Текущая информация о ходе осуществления процедуры банкротства</w:t>
-[...415 lines deleted...]
-        <w:t xml:space="preserve">        Информация о проведенных заседаниях кредиторов (собрания кредиторов)</w:t>
+        <w:t xml:space="preserve"> Пояснения по заполнению формы административных данных "Текущая информация о ходе осуществления процедуры банкротства", а также приложений (1, 2, 3, 4, 5, 6, 7 и 8) к ней. (Индекс: ТИХОПБ-2, периодичность: ежеквартально)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z159" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общее положение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z160" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                    Сведения об имущественной массе банкрота</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Текущая информация о ходе осуществления процедуры банкротства (далее – текущая информация) состоит из самой формы и приложений (1, 2, 3, 4, 5, 6, 7 и 8) к ней, предназначенных для детального отражения информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:bookmarkStart w:name="z161" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+      2. Настоящее пояснение определяет единые требования по заполнению формы текущей информации, а также приложений (1, 2, 3, 4, 5, 6, 7 и 8) к ней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z162" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      продолжение</w:t>
+      3. Текущая информация содержит сведения о суммах требований, включенных в реестр требований кредиторов и удовлетворенных требований кредиторов, о доходной и расходной части должника и об его имущественной массе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:bookmarkStart w:name="z163" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснения по заполнению текущей информации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z164" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                          Дебиторская задолженность</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Текущая информация заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
     <w:bookmarkStart w:name="z165" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+      в строке 1 указывается индивидуальный идентификационный номер/бизнес-идентификационный номер банкрота;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z166" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                          Раздел.1 Административные расходы</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 2 указывается период, за который представляется текущая информация (отчетный период);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:bookmarkStart w:name="z167" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+      в строке 3 указывается фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) или наименование банкрота;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z168" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                    Налоги и другие обязательные платежи в бюджет</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 4 указывается вид текущей информации (первоначальный, очередной, дополнительный, ликвидационный);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:bookmarkStart w:name="z169" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+      в строке 5 указывается категория администратора (временный, банкротный управляющий);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z170" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">   Информация о поставщиках товаров, работ и услуг в рамках процедуры банкротства</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 6 указывается фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) временного управляющего;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
     <w:bookmarkStart w:name="z171" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+      в строке 7 указывается индивидуальный идентификационный номер временного управляющего;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z172" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">                                   до возбуждения дела о банкротстве</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 8 указывается дата заключения соглашения об осуществлении полномочий временного управляющего/дата приказа о назначении временным управляющим лица, которое выбрано кредитором по налогам и таможенным платежам, государственным органом или юридическим лицом с участием государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:bookmarkStart w:name="z173" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+      в строке 9 фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) банкротного управляющего;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z174" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">        Информация по выявлению признаков преднамеренного банкротства</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 10 индивидуальный идентификационный номер банкротного управляющего;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:bookmarkStart w:name="z175" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+      в строке 11 указываются представленные приложения к текущей информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:p>
-[...63 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z176" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...20 lines deleted...]
-        <w:t>процедуры банкротства", а также приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней.</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке 12 указывается отметка в случае, если банкрот является хлебоприемным предприятием;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:bookmarkStart w:name="z177" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (Индекс: ТИХОПБ-1, периодичность: ежемесячно)</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 1 указываются сведения об имущественной массе банкрота, а также остатке имущественной массы банкрота на отчетный период. Отражению подлежит оценочная стоимость имущества, в случае ее отсутствия – балансовая. Активы в виде денежных средств в иностранной валюте отражаются по курсу Национального Банка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
     <w:bookmarkStart w:name="z178" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общее положение</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в разделе 2 указывается общая сумма, вырученная в ходе процедуры банкротства, в том числе от реализации имущества: без учета дебиторской задолженности и возвращенного имущества, от взыскания и реализации дебиторской задолженности, от реализации возвращенного имущества, от передачи имущества в натуре и от производственной деятельности, аренды, прочие поступления денежных средств, от взыскания с лиц, привлеченных к субсидиарной ответственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z179" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Текущая информация о ходе осуществления процедуры банкротства (далее – текущая информация) состоит из самой формы и приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней, предназначенных для детального отражения информации.</w:t>
+      в разделе 3 указываются расходы банкрота, утвержденные комитетом кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
     <w:bookmarkStart w:name="z180" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Настоящее пояснение определяет единые требования по заполнению формы текущей информации о ходе осуществления процедуры банкротства, а также приложений (1, 2, 3, 4, 5, 6, 7, 8 и 9) к ней.</w:t>
+      в разделе 4 указываются сведения о кредиторской задолженности, то есть сумма требований кредиторов, включенных в реестр на отчетную дату и удовлетворенных за отчетный период в разрезе очередей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:bookmarkStart w:name="z181" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Текущая информация о ходе осуществления процедуры банкротства содержит сведения о суммах требований, включенных в реестр требований кредиторов и удовлетворенных требований кредиторов, о доходной и расходной части должника и об его имущественной массе.</w:t>
+      в разделе 5 указывается ответственность управляющего в соответствии с законами Республики Казахстан за достоверность и полноту представленных сведений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
     <w:bookmarkStart w:name="z182" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Пояснения по заполнению текущей информации</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В приложении 1 к форме текущей информации указываются следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z183" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Текущая информация заполняется следующим образом:</w:t>
+      в разделе 1 указывается общая информация о ходе осуществления процедуры банкротства, а именно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
     <w:bookmarkStart w:name="z184" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 1 указывается индивидуальный идентификационный номер/бизнес-идентификационный номер банкрота;</w:t>
+      в строке 01.001 дата вынесения определения о возбуждении дела о банкротстве;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
     <w:bookmarkStart w:name="z185" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 2 указывается период, за который представляется текущая информация (отчетный период);</w:t>
+      в строке 01.002 инициатор процедуры банкротства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
     <w:bookmarkStart w:name="z186" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 3 указывается фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) или наименование банкрота;</w:t>
+      в строке 01.003 дата направления объявления о возбуждении дела о банкротстве и порядке заявления требований кредиторами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:bookmarkStart w:name="z187" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 4 указывается фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) временного управляющего;</w:t>
+      в строке 01.004 дата представления заключения о финансовой устойчивости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
     <w:bookmarkStart w:name="z188" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 5 указывается индивидуальный идентификационный номер временного управляющего;</w:t>
+      в строке 01.005 дата решения суда о признании банкротом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
     <w:bookmarkStart w:name="z189" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 6 указывается дата заключения соглашения об осуществлении полномочий временного управляющего/дата приказа о назначении временным управляющим лица, которое выбрано кредитором по налогам и таможенным платежам, государственным органом или юридическим лицом с участием государства;</w:t>
+      в строке 01.006 дата вступления в законную силу решения суда о признании банкротом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:bookmarkStart w:name="z190" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 7 фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) банкротного управляющего;</w:t>
+      в строке 01.007 дата направления в уполномоченный орган реестра требований кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
     <w:bookmarkStart w:name="z191" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 8 индивидуальный идентификационный номер банкротного управляющего;</w:t>
+      в строке 01.008 дата проведения первого собрания кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
     <w:bookmarkStart w:name="z192" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 9 указываются представленные приложения к текущей информации;</w:t>
+      в строке 01.009 дата представления отчета по инвентаризации имущественной массы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
     <w:bookmarkStart w:name="z193" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 1 указываются сведения об имущественной массе (без учета дебиторской задолженности) банкрота. Отражению подлежит оценочная стоимость имущества, в случае ее отсутствия – балансовая;</w:t>
+      в строке 01.010 дата представления отчета по инвентаризации, вновь выявленного либо возвращенного банкроту имущества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
     <w:bookmarkStart w:name="z194" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 2 указывается общая сумма, вырученная в ходе процедуры банкротства, в том числе от реализации имущества: без учета дебиторской задолженности и возвращенного имущества, дебиторской задолженности, возвращенного имущества, от передачи имущества в натуре и от производственной деятельности, аренды;</w:t>
+      в строке 01.011 дата принятия временным управляющим учредительных, финансовых, правоустанавливающих и иных документов и печати должника от отстраненных должностных лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:bookmarkStart w:name="z195" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 3 указываются расходы банкрота, утвержденные комитетом кредиторов;</w:t>
+      в строке 01.012 дата передачи вновь назначенному реабилитационному управляющему/банкротному управляющему учредительных документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
     <w:bookmarkStart w:name="z196" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 4 указываются сведения о кредиторской задолженности, то есть сумма требований кредиторов, включенных в реестр на отчетную дату и удовлетворенных за отчетный период в разрезе очередей;</w:t>
+      в строке 01.013 дата направления заявления в суд (в случае непредставления документов банкрота);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
     <w:bookmarkStart w:name="z197" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 5 указывается ответственность управляющего в соответствии с законами Республики Казахстан за достоверность и полноту представленных сведений.</w:t>
+      в строке 01.014 дата утверждения состава комитета кредиторов с указанием количества кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
     <w:bookmarkStart w:name="z198" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. В приложении 1 к форме текущей информации указываются следующие сведения:</w:t>
+      в строке 01.015 дата заключения договора с комитетом кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
     <w:bookmarkStart w:name="z199" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 1 отражается общая информация о ходе осуществления процедуры банкротства, а именно:</w:t>
+      в строке 01.016 дата истечения срока процедуры банкротства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
     <w:bookmarkStart w:name="z200" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 1 дата вынесения определения о возбуждении дела о банкротстве;</w:t>
+      в строке 01.017 дата решения собрания кредиторов о продлении процедуры банкротства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
     <w:bookmarkStart w:name="z201" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 2 инициатор процедуры банкротства;</w:t>
+      в строке 01.018 определения суда о завершении процедуры банкротства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
     <w:bookmarkStart w:name="z202" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 3 дата направления объявления о возбуждении дела о банкротстве и порядке заявления требований кредиторами;</w:t>
+      в строке 01.019 дата вступления в законную силу определения суда о завершении процедуры банкротства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
     <w:bookmarkStart w:name="z203" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 4 дата представления заключения о финансовой устойчивости;</w:t>
+      в строке 01.020 дата заключения банкротного управляющего о финансовой устойчивости должника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:bookmarkStart w:name="z204" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 5 дата решения суда о признании банкротом;</w:t>
+      в строке 01.021 дата решения суда о прекращении процедуры банкротства, применении реабилитационной процедуры и об утверждении плана реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
     <w:bookmarkStart w:name="z205" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 6 дата вступления в законную силу решения суда о признании банкротом;</w:t>
+      в разделе 2 сведения о лицах, инициировавших процедуру банкротства, а именно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
     <w:bookmarkStart w:name="z206" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 7 дата направления в уполномоченный орган реестра требований кредиторов;</w:t>
+      должник, кредиторы, требования которых обеспечены заложенным имуществом банкрота, государственные органы (в том числе органы государственных доходов) или прокурор и прочие кредиторы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
     <w:bookmarkStart w:name="z207" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 8 дата проведения первого собрания кредиторов;</w:t>
+      6. В приложении 2 к форме текущей информации указываются сведения о кредиторской задолженности банкрота, отражающие индивидуальный идентификационный номер/бизнес-идентификационный номер, фамилию, имя и отчество (если оно указано в документе, удостоверяющем личность) /наименование кредитора (нерезидента), сумму требований кредиторов, включенных в реестр, сведения об удовлетворенных требованиях кредиторов, а также сведения о составе комитета кредиторов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
     <w:bookmarkStart w:name="z208" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 9 дата представления отчета по инвентаризации имущественной массы;</w:t>
+      7. В приложении 3 к форме текущей информации указывается информация о проведенных заседаниях комитета кредиторов (собрания кредиторов): дата проведения, повестка дня, принятое решение и количество голосов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
     <w:bookmarkStart w:name="z209" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 10 дата представления отчета по инвентаризации, вновь выявленного либо возвращенного банкроту имущества;</w:t>
+      8. В приложении 4 к форме текущей информации указываются сведения об имущественной массе банкрота:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
     <w:bookmarkStart w:name="z210" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 11 дата принятия временным управляющим учредительных, финансовых, правоустанавливающих и иных документов и печати должника от отстраненных должностных лиц;</w:t>
+      в разделе 1 сведения о стоимости общей имущественной массы (по отчету об оценке, а при его отсутствии - по балансовой стоимости), стоимости заложенного и возвращенного имущества, суммах, вырученных в ходе процедуры банкротства от реализации имущественной массы, а также о дебиторской задолженности (номинальный размер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
     <w:bookmarkStart w:name="z211" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 12 дата передачи вновь назначенному реабилитационному управляющему/банкротному управляющему учредительных документов;</w:t>
+      в разделе 2 сведения о реализованном имуществе, а также информация о переданном имуществе либо денежных средствах собственнику, участникам (учредителям) с указанием стоимости по отчету об оценке, а при его отсутствии - по балансовой стоимости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
     <w:bookmarkStart w:name="z212" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 13 дата направления заявления в суд (в случае непредставления документов банкрота);</w:t>
+      в разделе 3 информация о списанной дебиторской задолженности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
     <w:bookmarkStart w:name="z213" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 14 дата утверждения состава комитета кредиторов с указанием количества кредиторов;</w:t>
+      9. В приложении 5 к форме текущей информации указываются административные расходы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
     <w:bookmarkStart w:name="z214" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 15 дата заключения договора с комитетом кредиторов;</w:t>
+      в разделе 1 сведения о начисленных и погашенных административных расходах банкрота с указанием количества привлеченного персонала, а также о налогах и других обязательных платежах в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
     <w:bookmarkStart w:name="z215" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 16 дата истечения срока процедуры банкротства;</w:t>
+      в разделе 2 сведения о заработной плате привлеченного персонала с указанием специальности, идентификационного номера, фамилии, имени и отчества (если оно указано в документе, удостоверяющем личность), а также сумм начисленной и погашенной заработной платы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
     <w:bookmarkStart w:name="z216" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 17 дата решения собрания кредиторов о продлении процедуры банкротства;</w:t>
+      в разделе 3 сведения о поставщиках товаров, работ и услуг в рамках процедуры банкротства, где отражаются данные о поставщиках, виды товаров, работ и услуг и сумма перечисленных денег за полученные товары или услуги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
     <w:bookmarkStart w:name="z217" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 18 определения суда о завершении процедуры банкротства;</w:t>
+      в разделе 4 сведения о начисленных и погашенных налогах и других обязательных платежах в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
     <w:bookmarkStart w:name="z218" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 19 дата вступления в законную силу определения суда о завершении процедуры банкротства;</w:t>
+      в разделе 5 сведения о начисленной и выплаченной сумме дополнительного вознаграждения банкротного управляющего с указанием даты выплаты и основания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:bookmarkStart w:name="z219" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 20 дата заключения банкротного управляющего о финансовой устойчивости должника;</w:t>
+      10. В приложении 6 к форме текущей информации указывается информация о совершенных сделках в течение 3 (трех) лет до возбуждения дела о банкротстве с указанием сведении об отчужденных имуществах, их приобретателях, о признаках нарушений законности, если таковы имеются, и о возвратах имущества.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:bookmarkStart w:name="z220" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в строке 21 дата решения суда о прекращении процедуры банкротства, применении реабилитационной процедуры и об утверждении плана реабилитации;</w:t>
+      11. В приложении 7 к форме текущей информации указывается информация по выявлению признаков преднамеренного банкротства с отражением принятых мер по выявлению признаков преднамеренного банкротства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
     <w:bookmarkStart w:name="z221" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 2 сведения о лицах, инициировавших процедуру банкротства, а именно:</w:t>
+      12. В приложении 8 к форме текущей информации указывается информация о привлечении к субсидиарной ответственности, а именно принятых решении суда, взысканных сумм по решению суда и сумм, направленных на удовлетворение требований кредиторов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
     <w:bookmarkStart w:name="z222" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      должник, кредиторы, требования которых обеспечены заложенным имуществом банкрота, государственные органы (в том числе органы государственных доходов) или прокурор и прочие кредиторы.</w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
     <w:bookmarkStart w:name="z223" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. В приложении 2 к форме текущей информации указываются сведения о кредиторской задолженности банкрота, отражающие индивидуальный идентификационный номер/бизнес - идентификационный номер, фамилию, имя и отчество/наименование кредитора, сумму требований кредиторов, включенных в реестр, сведения об удовлетворенных требованиях кредиторов, а также сведения о составе комитета кредиторов.</w:t>
+      Расшифровка аббревиатуры:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
     <w:bookmarkStart w:name="z224" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. В приложении 3 к форме текущей информации указывается информация о проведенных заседаниях комитета кредиторов (собрания кредиторов): дата проведения, принятое решение и количество голосов.</w:t>
+      БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
     <w:bookmarkStart w:name="z225" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. В приложении 4 к форме текущей информации указываются сведения об имущественной массе банкрота:</w:t>
+      ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
     <w:bookmarkStart w:name="z226" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 1 наименование и стоимость имущественной массы (без учета дебиторской задолженности) по отчету об оценке, стоимость заложенного и возвращенного имущества, сумма, вырученная в ходе процедуры банкротства от реализации имущественной массы (без учета дебиторской задолженности);</w:t>
+      ИЛ – исполнительный лист;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
     <w:bookmarkStart w:name="z227" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 2 сведения о реализованных имуществах;</w:t>
+      ИП – индивидуальный предприниматель;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
     <w:bookmarkStart w:name="z228" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 3 информация о переданных имуществах либо денег собственнику, участникам (учредителям). Отражению подлежит оценочная стоимость имущества, в случае ее отсутствия – балансовая я стоимость.</w:t>
+      СК – собрание кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
     <w:bookmarkStart w:name="z229" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. В приложении 5 к форме текущей информации указываются сведения о дебиторской задолженности:</w:t>
+      КК – комитет кредиторов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
     <w:bookmarkStart w:name="z230" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 1 информация о взысканной дебиторской задолженности;</w:t>
+      млн. – миллион;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
     <w:bookmarkStart w:name="z231" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 2 информация о списанной дебиторской задолженности.</w:t>
+      млрд. – миллиард;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
     <w:bookmarkStart w:name="z232" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. В приложении 6 к форме текущей информации указываются административные расходы:</w:t>
+      ПП – прямая продажа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
     <w:bookmarkStart w:name="z233" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 1 начисленные и погашенные административные расходы банкрота с указанием количества привлеченного персонала, а также налоги и другие обязательные платежи в бюджет.</w:t>
+      тыс. – тысяч;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
     <w:bookmarkStart w:name="z234" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в разделе 2 начисленная и выплаченная сумма дополнительного вознаграждения банкротного управляющего с указанием даты выплаты и основания.</w:t>
+      Ф.И.О. – Фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
     <w:bookmarkStart w:name="z235" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. В приложении 7 к форме текущей информации указывается информация о поставщиках товаров, работ и услуг в рамках процедуры банкротства, где отражаются данные о поставщиках, виды товаров, работ и услуг и сумма перечисленных денег за полученные товары или услуги.</w:t>
+      ЭТ – электронные торги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z236" w:id="206"/>
-[...318 lines deleted...]
-    <w:bookmarkEnd w:id="221"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7586,543 +8455,651 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                        (ИИН администратора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="222"/>
+    <w:bookmarkStart w:name="z271" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                           ЗАПРОС</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                     о предоставлении информации о ходе осуществления </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                реабилитационной процедуры или процедуры банкротства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z272" w:id="207"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       №____ "___"_________202_ год</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(наименование территориального органа государственных доходов) в соответствии со </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О реабилитации и банкротстве" необходимо</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставить следующую информацию о ходе осуществления</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>должника реабилитационной процедуры/ процедуры банкротства</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                              (наименование, ИИН/БИН должника)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. ___________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в срок до "__" ________ 202_ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан от 7 марта 2014 года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О реабилитации и банкротстве" государственный орган, физическое и юридическое </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">лицо, в адрес которых поступил запрос уполномоченного органа, обязаны в случаях и </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">порядке, предусмотренных законами Республики Казахстан, раскрыть любую </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">конфиденциальную информацию (банковская, налоговая, коммерческая тайна) и </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представить копии любых документов, содержащих конфиденциальную информацию,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> касающуюся должника и осуществляемой администратором реабилитационной процедуры </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>или процедуры банкротства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z276" w:id="208"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Срок исполнения запроса составляет десять рабочих дней со дня поступления запроса, за </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>исключением случаев, когда более длительный срок исполнения указан в самом запросе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z277" w:id="209"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель (заместитель руководителя) территориального органа государственных доходов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Ф.И.О., подпись, печать)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________ __________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Ф.И.О. лица, принявшего запрос)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание: расшифровка аббревиатуры:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН –– бизнес - идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ИИН –– индивидуальный идентификационный номер</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ф.И.О. –– Фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8260,642 +9237,947 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 апреля 2020 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> № 390</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z290" w:id="226"/>
+    <w:bookmarkStart w:name="z318" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила и сроки предоставления текущей и запрашиваемой информации о ходе осуществления реабилитационной процедуры или процедуры банкротства</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Правила и сроки предоставления текущей и запрашиваемой информации о ходе осуществления реабилитационной процедуры или процедуры банкротства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции приказа Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 826</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z319" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z320" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила и сроки предоставления текущей и запрашиваемой информации о ходе осуществления реабилитационной процедуры или процедуры банкротства (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О реабилитации и банкротстве" (далее – Закон) и определяют порядок и сроки предоставления реабилитационным, временным и банкротным управляющими (далее – администратор) в территориальные органы государственных доходов по областям, городам республиканского значения и столицы (далее – орган государственных доходов) текущей и запрашиваемой информации о ходе осуществления реабилитационной процедуры или процедуры банкротства (далее – текущая информация).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z321" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Понятия, используемые в рамках настоящих Правил, применяются в соответствии с Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z322" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок и сроки предоставления текущей информации о ходе осуществления реабилитационной процедуры или процедуры банкротства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z323" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Администратор после вынесения решения суда о признании должника банкротом и (или) о применении реабилитационной процедуры предоставляет в орган государственных доходов ежеквартально, не позднее 5 числа месяца, следующего за отчетным, текущую информацию о ходе осуществления реабилитационной процедуры или процедуры банкротства по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z324" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Администратор предоставляет текущую информацию за отчетный период с нарастающим итогом с приложением копий документов, подтверждающих сведения, содержащиеся в текущей информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z325" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предоставление подтверждающих документов, направленных ранее в орган государственных доходов, не требуется. Подтверждающие документы предоставляются по сведениям, вновь внесенным в текущую информацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z326" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Текущая информация состоит из самой формы и приложений к ней, предназначенных для детального отражения информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z327" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Текущая информация подразделяется на следующие виды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z328" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) первоначальная – форма, представляемая за период, в котором наступает обязанность по представлению текущей информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z329" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) очередная – форма, представляемая за последующие периоды после представления первоначальной формы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z330" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дополнительная – форма, представляемая при внесении изменений и (или) дополнений в ранее представленную форму за период, к которому относятся данные изменения и (или) дополнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z331" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ликвидационная – форма, представляемая при прекращении деятельности, ликвидации должника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z332" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Приложения к текущей информации не представляются при отсутствии данных, подлежащих отражению в них.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z333" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае превышения количества показателей в строках, имеющихся на листе приложения к текущей информации, дополнительно заполняется аналогичный лист приложения к текущей информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z334" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Представляемая администратором текущая информация на бумажном носителе подписывается администратором и заверяется печатью должника (при ее наличии) и (или) в электронной форме через веб-приложение интернет-ресурса уполномоченного органа knp.kgd.gov.kz. (далее – веб - приложение) с применением электронной цифровой подписью (далее – ЭЦП) должника и (или) администратора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z291" w:id="227"/>
+    <w:bookmarkStart w:name="z335" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При заполнении текущей информации на бумажном носителе не допускаются исправления, подчистки и помарки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z336" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Датой предоставления администратором текущей информации в зависимости от способа ее предоставления является дата:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z337" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приема текущей информации органом государственных доходов в явочном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z338" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отметки о приеме текущей информации почтовой или иной организации связи по почте заказным письмом с уведомлением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z339" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получения уведомления о принятии или непринятии текущей информации в веб-приложении, в случае предоставления ее в электронной форме, допускающем компьютерную обработку информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z340" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Администратор при изменении сумм либо изменении иных данных вносит изменения и (или) дополнения в ранее представленную текущую информацию путем предоставления дополнительной формы за период, к которому относятся данные изменения и (или) дополнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z341" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В дополнительной форме по соответствующим строкам указывается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z342" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разница между суммами, указанными в ранее представленной текущей информации, и фактическими данными за период – при изменении сумм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z343" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      новое значение – при изменении остальных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z344" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В течение трех рабочих дней со дня утверждения заключительного отчета администратор представляет в орган государственных доходов ликвидационную текущую информацию о ходе осуществления процедур реабилитации и банкротства способом, указанным пунктом 8 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z345" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z292" w:id="228"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок отзыва текущей информации о ходе осуществления реабилитационной процедуры или процедуры банкротства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z346" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Администратор отзывает ранее представленную текущую информацию методом удаления или изменения, путем подачи заявления об отзыве текущей информации с отметкой причины отзываемой текущей информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z347" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отзыв текущей информации производится в случае ее несоответствия установленной форме, а также иных обстоятельств, подлежащие указанию в заявлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z348" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Заявление об отзыве текущей информации заполняется по форме согласно приложению 1 к настоящим Правилам и подается в орган государственных доходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z349" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Заявление об отзыве текущей информации предоставляется администратором способом, указанным пунктом 8 настоящих Правил. Дата предоставления заявления об отзыве определяется пунктом 10 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z350" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок и сроки предоставления администратором запрашиваемой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z351" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила и сроки предоставления текущей и запрашиваемой информации о ходе осуществления реабилитационной процедуры или процедуры банкротства (далее – Правила) разработаны в соответствии с </w:t>
-[...377 lines deleted...]
-      3) получения уведомления о принятии или непринятии текущей информации системой приема информации Комитета, в случае предоставления ее в электронной форме, допускающем компьютерную обработку информации.</w:t>
+      16. На основании запроса о предоставлении информации о ходе осуществления реабилитационной процедуры или процедуры банкротства органа государственных доходов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу, администратор не позднее десяти рабочих дней со дня поступления запроса представляет в орган государственных доходов пояснение об исполнении администратором запроса о предоставлении информации ходе осуществления реабилитационной процедуры или процедуры банкротства (далее – пояснение) по форме, согласно приложению 2 к настоящим Правилам, за исключением случаев, когда более длительный срок исполнения указан в самом запросе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z308" w:id="244"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3. Порядок и сроки предоставления администратором запрашиваемой информации</w:t>
+    <w:bookmarkStart w:name="z352" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Датой представления администратором пояснения в зависимости от способа его предоставления является дата:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z309" w:id="245"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу, администратор не позднее десяти рабочих дней со дня поступления запроса представляет в соответствующий территориальный орган государственных доходов пояснение по запрашиваемой информации о ходе осуществления реабилитационной процедуры или процедуры банкротства (далее – пояснение) по форме, согласно приложению к настоящим Правилам, за исключением случаев, когда более длительный срок исполнения указан в самом запросе.</w:t>
+    <w:bookmarkStart w:name="z353" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приема пояснения органом государственных доходов в явочном порядке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z310" w:id="246"/>
-[...15 lines deleted...]
-      12. Датой представления администратором пояснения в зависимости от способа его предоставления является дата: </w:t>
+    <w:bookmarkStart w:name="z354" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отметки о приеме пояснения почтовой или иной организации связи по почте заказным письмом с уведомлением;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z311" w:id="247"/>
-[...15 lines deleted...]
-      1) приема пояснения соответствующим территориальным органом государственных доходов в явочном порядке; </w:t>
+    <w:bookmarkStart w:name="z355" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получения уведомления о доставке пояснения в веб-приложении, в случае предоставления ее в электронной форме, допускающем компьютерную обработку информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z312" w:id="248"/>
-[...15 lines deleted...]
-      2) отметки о приеме пояснения почтовой или иной организации связи по почте заказным письмом с уведомлением;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Пояснение подписывается администратором на бумажном носителе и (или) в электронной форме с применением ЭЦП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z313" w:id="249"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="250"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8929,541 +10211,957 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Приложение 1 к Правилам </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и срокам текущей и </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>запрашиваемой</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информации о ходе осуществления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реабилитационной процедуры</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или процедуры банкротства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="8216900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId35"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="8216900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и срокам текущей и запрашиваемой</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информации о ходе осуществления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реабилитационной процедуры или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>процедуры банкротства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z359" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Пояснение об исполнении администратором запроса о представлении </w:t>
-[...57 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve"> Пояснение об исполнении администратором запроса о представлении информации о ходе осуществления реабилитационной процедуры или процедуры банкротства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z360" w:id="250"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Номер и дата запроса органа государственных доходов: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Фамилия, имя и отчество (если оно указано в документе, удостоверяющем </w:t>
       </w:r>
-      <w:r>
-[...52 lines deleted...]
-        <w:br/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       личность) администратора: ________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. индивидуальный идентификационный номер администратора: ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Фамилия, имя и отчество (если оно указано в документе, удостоверяющем </w:t>
       </w:r>
-      <w:r>
-[...335 lines deleted...]
-        <w:t>ИИН –– индивидуальный идентификационный номер</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       личность) либо полное наименование должника: _________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. индивидуальный идентификационный номер/ бизнес-идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        номер должника:____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Наименование органа государственных доходов, направившего запрос: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Пояснение по запрашиваемой уполномоченным органом информации о ходе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        осуществления реабилитационной процедуры или процедуры банкротства: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Перечень прилагаемых документов: ___________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Подпись администратора: _____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата представления пояснения: "___" ___________20___год.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -9471,55 +11169,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9841,35 +11539,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>