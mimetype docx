--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e6a0d65" w14:textId="e6a0d65">
+    <w:p w14:paraId="814feba" w14:textId="814feba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,452 +93,717 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об установлении ставок арендной платы за использование памятников истории и культуры, находящихся в государственной собственности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра культуры и спорта Республики Казахстан от 14 апреля 2020 года № 87. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 апреля 2020 года № 20396</w:t>
+        <w:t>Приказ Министра культуры и спорта Республики Казахстан от 14 апреля 2020 года № 87. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 апреля 2020 года № 20396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок предусматривается в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан от 26 декабря 2019 года "Об охране и использовании объектов историко-культурного наследия" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Установить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ставки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> арендной платы за использование памятников истории и культуры, находящихся в государственной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Признать утратившим силу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра культуры и спорта Республики Казахстан от 27 февраля 2015 года № 76 "Об установлении ставок арендной платы за использование памятников истории и культуры, находящихся в государственной собственности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10688, опубликован 10 апреля 2015 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня некоторых приказов в сфере культуры, в которые вносятся изменения, утвержденного приказом исполняющего обязанности Министра культуры и спорта Республики Казахстан от 13 сентября 2018 года № 256 "О внесении изменений в некоторые приказы в сфере культуры" и приложение к нему (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17507, опубликован 12 октября 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Департаменту по делам культуры и искусства Министерства культуры и спорта Республики Казахстан в установленном законодательством порядке обеспечить: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение двух рабочих дней после введения в действие настоящего приказа размещение его на интернет-ресурсе Министерства культуры и спорта Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение двух рабочих дней после исполнения мероприятий, предусмотренных настоящим пунктом, представление в Департамент юридической службы Министерства культуры и спорта Республики Казахстан сведений об исполнении мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра культуры и спорта Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр культуры и спорта</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -668,208 +933,373 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 апреля 2020 года № 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок предусматривается в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ставки арендной платы за использование памятников истории и культуры, находящихся в государственной собственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие ставки арендной платы за использование памятников истории и культуры, находящихся в государственной собственности (далее – ставки арендной платы) устанавливаются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан от 26 декабря 2019 года "Об охране и использовании объектов историко-культурного наследия" и определяют ставки арендной платы за использование памятников истории и культуры, находящихся в государственной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ставки арендной платы определяются с учетом категории городов и населенных пунктов и арендуемой площади памятника истории и культуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1715"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2458"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="14"/>
+          <w:bookmarkStart w:name="z20" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/н</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2089" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -936,1301 +1366,1388 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Виды памятников истории и культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Памятники градостроительства и архитектуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Памятники археологии, ансамбли и комплексы, сакральные объекты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сооружения монументального искусства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 города республиканского значения*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 города областного значения*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 города районного значения*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 поселки*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2089" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2456" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В примечании предусматриваются изменения приказом и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ставки арендной платы за использование памятников истории и культуры, находящихся в государственной собственности вычисляются путем умножения ставки арендной платы на количество арендуемой площади в квадратных метрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ставки арендной платы определяются с учетом категории городов и населенных пунктов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 8 декабря 1993 года "Об административно-территориальном устройстве Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Города республиканского значения*, к которым относятся населенные пункты, имеющие особое государственное значение или имеющие численность населения более одного миллиона человек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       города областного значения*, к которым относятся населенные пункты, являющиеся крупными экономическими и культурными центрами, имеющие развитую производственную и социальную инфраструктуру и численность более 50 тысяч человек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       города районного значения*, к которым относятся населенные пункты, на территории которых имеются промышленные предприятия, коммунальное хозяйство, государственный жилищный фонд, развитая сеть учебных и культурно-просветительных, лечебных и торговых объектов, с численностью населения не менее 10 тысяч человек, из которых рабочие, служащие и члены их семей составляют свыше двух третей общей численности населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поселки*, к которым относятся населенные пункты при промышленных предприятиях, стройках, железнодорожных станциях и других экономически важных объектах с численностью не менее 3 тысяч человек, из которых рабочие, служащие и члены их семей составляют не менее двух третей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       к поселкам также приравниваются населенные пункты, расположенные в местности, имеющей лечебное значение, с населением не менее 2 тысяч человек, из которых число приезжающих ежегодно для лечения и отдыха составляет не менее половины; к ним относятся также дачные поселки, являющиеся местами летнего отдыха горожан, в которых не менее 25 процентов взрослого населения постоянно занимается сельским хозяйством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       село* – населенный пункт с численностью не менее 50 человек, из которых работники, занятые в сельском, лесном и охотничьем хозяйстве, пчеловодстве, рыболовстве и рыбоводстве, члены их семей и специалисты здравоохранения, социального обеспечения, образования, культуры и спорта составляют не менее половины населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>