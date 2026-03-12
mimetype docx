--- v1 (2025-12-25)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="814feba" w14:textId="814feba">
+    <w:p w14:paraId="c36377d" w14:textId="c36377d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,616 +76,573 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об установлении ставок арендной платы за использование памятников истории и культуры, находящихся в государственной собственности</w:t>
+        <w:t>Об установлении ставок арендной платы за использование памятников истории и культуры, находящихся в республиканской собственности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра культуры и спорта Республики Казахстан от 14 апреля 2020 года № 87. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 апреля 2020 года № 20396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок – в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "Об охране и использовании объектов историко-культурного наследия" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Установить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ставки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арендной платы за использование памятников истории и культуры, находящихся в республиканской собственности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Заголовок предусматривается в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 595-НҚ</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Признать утратившим силу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра культуры и спорта Республики Казахстан от 27 февраля 2015 года № 76 "Об установлении ставок арендной платы за использование памятников истории и культуры, находящихся в государственной собственности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10688, опубликован 10 апреля 2015 года в информационно-правовой системе "Әділет");</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечня некоторых приказов в сфере культуры, в которые вносятся изменения, утвержденного приказом исполняющего обязанности Министра культуры и спорта Республики Казахстан от 13 сентября 2018 года № 256 "О внесении изменений в некоторые приказы в сфере культуры" и приложение к нему (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17507, опубликован 12 октября 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Департаменту по делам культуры и искусства Министерства культуры и спорта Республики Казахстан в установленном законодательством порядке обеспечить: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение двух рабочих дней после введения в действие настоящего приказа размещение его на интернет-ресурсе Министерства культуры и спорта Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение двух рабочих дней после исполнения мероприятий, предусмотренных настоящим пунктом, представление в Департамент юридической службы Министерства культуры и спорта Республики Казахстан сведений об исполнении мероприятий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра культуры и спорта Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
-[...440 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -713,148 +670,151 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр культуры и спорта</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А. Раимкулова</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -933,1875 +893,2072 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 апреля 2020 года № 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...75 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ставки арендной платы за использование памятников истории и культуры, находящихся в государственной собственности</w:t>
+        <w:t xml:space="preserve"> Ставки арендной платы за использование памятников истории и культуры, находящихся в республиканской собственности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок – в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие ставки арендной платы за использование памятников истории и культуры, находящихся в республиканской собственности (далее – ставки арендной платы) устанавливаются в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "Об охране и использовании объектов историко-культурного наследия" и определяют ставки арендной платы за использование памятников истории и культуры, находящихся в республиканской собственности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Ставки арендной платы определяются с учетом категории городов и населенных пунктов и арендуемой площади памятника истории и культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="12"/>
-[...35 lines deleted...]
-            </w:r>
+          <w:bookmarkStart w:name="z20" w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/н</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Категории городов и населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Ставки арендной платы в месячных расчетных показателях за 1 квадратный метр (в месяц)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...19 lines deleted...]
-            </w:r>
+              <w:t>Виды памятников истории и культуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Памятники градостроительства и архитектуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Памятники археологии, ансамбли и комплексы, сакральные объекты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Сооружения монументального искусства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>города республиканского значения*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>города областного значения*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>города районного значения*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поселки*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>село*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>0,4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...2 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ставки арендной платы за использование памятников истории и культуры, находящихся в республиканской собственности вычисляются путем умножения ставки арендной платы на количество арендуемой площади в квадратных метрах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ставки арендной платы определяются с учетом категории городов и населенных пунктов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об административно-территориальном устройстве Республики Казахстан".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Города республиканского значения*, к которым относятся населенные пункты, имеющие особое государственное значение или имеющие численность населения более одного миллиона человек;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>города областного значения*, к которым относятся населенные пункты, являющиеся крупными экономическими и культурными центрами, имеющие развитую производственную и социальную инфраструктуру и численность более 50 тысяч человек;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>города районного значения*, к которым относятся населенные пункты, на территории которых имеются промышленные предприятия, коммунальное хозяйство, государственный жилищный фонд, развитая сеть учебных и культурно-просветительных, лечебных и торговых объектов, с численностью населения не менее 10 тысяч человек, из которых рабочие, служащие и члены их семей составляют свыше двух третей общей численности населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поселки*, к которым относятся населенные пункты при промышленных предприятиях, стройках, железнодорожных станциях и других экономически важных объектах с численностью не менее 3 тысяч человек, из которых рабочие, служащие и члены их семей составляют не менее двух третей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к поселкам также приравниваются населенные пункты, расположенные в местности, имеющей лечебное значение, с населением не менее 2 тысяч человек, из которых число приезжающих ежегодно для лечения и отдыха составляет не менее половины; к ним относятся также дачные поселки, являющиеся местами летнего отдыха горожан, в которых не менее 25 процентов взрослого населения постоянно занимается сельским хозяйством;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>село* – населенный пункт с численностью не менее 50 человек, из которых работники, занятые в сельском, лесном и охотничьем хозяйстве, пчеловодстве, рыболовстве и рыбоводстве, члены их семей и специалисты здравоохранения, социального обеспечения, образования, культуры и спорта составляют не менее половины населения.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В примечании предусматриваются изменения приказом и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Сноска. Примечание с изменениями, внесенными приказом и.о. Министра культуры и информации РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 595-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...196 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>