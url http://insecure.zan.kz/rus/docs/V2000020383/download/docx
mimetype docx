--- v0 (2025-10-16)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad89fc5" w14:textId="ad89fc5">
+    <w:p w14:paraId="664528d" w14:textId="664528d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -101,468 +101,481 @@
         </w:rPr>
         <w:t>Об утверждении Правил оказания государственной услуги "Выдача лицензии на работы и услуги в сфере углеводородов"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра энергетики Республики Казахстан от 10 апреля 2020 года № 139. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 апреля 2020 года № 20383.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...96 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа и.о. Министра энергетики РК от 25.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра энергетики РК от 06.10.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 314</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить Правила оказания государственной услуги "Выдача лицензии на работы и услуги в сфере углеводородов" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра энергетики РК от 25.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить Правила оказания государственной услуги "Выдача лицензии на работы и услуги в сфере углеводородов" согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 1</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившими силу некоторые приказы Министерства энергетики Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Департаменту государственного контроля в сферах углеводородов и недропользования Министерства энергетики Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего приказа на интернет-ресурсе Министерства энергетики Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства энергетики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра энергетики Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -661,186 +674,191 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н. Ногаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z14" w:id="9"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство национальной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>экономики Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство цифрового</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>развития, инноваций и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аэрокосмической промышленности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...122 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -921,2124 +939,2356 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 апреля 2020 года № 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача лицензии на работы и услуги в сфере углеводородов"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z458" w:id="12"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила - в редакции приказа Министра энергетики РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...219 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z458" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z468" w:id="22"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила оказания государственной услуги "Выдача лицензии на работы и услуги в сфере углеводородов" (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и подпунктом 4) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях" и определяют порядок оказания государственной услуги "Лицензия на работы и услуги в сфере углеводородов" (далее – государственная услуга).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Единый контакт-центр – юридическое лицо, определенное уполномоченным органом в сфере оказания государственных услуг, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) электронная форма лицензии и (или) приложения к лицензии – разрешение в форме электронного документа, оформляемое и получаемое с использованием государственной информационной системы разрешений и уведомлений, равнозначное разрешению на бумажном носителе;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) государственная услуга – одна из форм реализации отдельных государственных функций или их совокупности, осуществляемых по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) государственная информационная система разрешений и уведомлений – информационная система, являющаяся компонентом "электронного правительства", предназначенная для осуществления в электронном виде лицензирования, разрешительных процедур в части получения разрешения с присвоением идентификационного номера, направления уведомления заявителем и обеспечения этих процессов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) веб-портал "электронного правительства" (далее – портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) платежный шлюз "электронного правительства" (далее – ПШЭП) – информационная система, автоматизирующая процессы передачи информации о проведении платежей в рамках оказания возмездных услуг, оказываемых в электронной форме;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра энергетики РК от 26.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z468" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z471" w:id="25"/>
-[...458 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Государственная услуга оказывается Министерством энергетики Республики Казахстан (далее – услугодатель).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Перечень основных требований к оказанию государственной услуги, включающий срок оказания государственной услуги, форму оказания государственной услуги, результат оказания государственной услуги, а также иные сведения с учетом особенностей предоставления государственной услуги "Лицензия на работы и услуги в сфере углеводородов" приведены в перечне основных требований к оказанию государственной услуги (далее – Требование), согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правила.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменением, внесенным приказом и.о. Министра энергетики РК от 11.10.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа и.о. Министра энергетики РК от 11.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 365</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечению шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Для получения государственной услуги физическое и юридическое лицо (далее – услугополучатель) направляет услугодателю посредством портала документы, необходимые для оказания государственной услуги "Лицензия на работы и услуги в сфере углеводородов", указанные в пункте 8 Требования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При подаче услугополучателем посредством портала необходимых документов, указанных в пункте 8 Требования, в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Работник ответственного структурного подразделения услугодателя (далее – работник услугодателя) в течение 2 (двух) рабочих дней с момента регистрации документов, указанных в подпунктах 1) и 3) пункта 8 Требования проверяет полноту представленных документов и (или) сведений на заявленные вид и (или) подвиды деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При представлении услугополучателем неполного пакета документов и (или) сведений работник услугодателя в течение срока, указанного в части первой настоящего пункта Правил, готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мотивированный отказ в дальнейшем рассмотрении заявления направляется посредством портала в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя ответственного структурного подразделения услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При предоставлении услугополучателем полного пакета документов и (или) сведений работник услугодателя в течение срока, указанного в части первой настоящего пункта Правил, направляет в электронной форме посредством портала запрос в территориальное подразделение услугодателя на проведение разрешительного контроля.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Работник территориального подразделения и (или) работник услугодателя с момента поступления запроса в течение 9 (девяти) рабочих дней устанавливают соответствие или несоответствие услугополучателя квалификационным требованиям и перечню документов, подтверждающих соответствие им, для осуществления деятельности в сфере углеводородов, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 28 октября 2014 года № 77 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 9998) (далее – Квалификационные требования), по результатам которого готовят заключение, подписанное работником территориального подразделения и (или) работником услугодателя и услугополучателем (далее – заключение).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заключение в форме электронного документа, удостоверенного ЭЦП руководителя территориального подразделения, направляется посредством портала услугодателю.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Работник услугодателя в течение 3 (трех) рабочих дней рассматривает заключение работника территориального подразделения и (или) работника услугодателя. При отсутствии оснований для отказа в оказании государственной услуги, указанных в подпункте 1) пункта 9 Требования, услугодатель в течении 1 (одного) рабочего дня осуществляет выдачу лицензии и (или) приложения к лицензии. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отказе в оказании государственной услуги по основаниям, указанным в подпункте 1) пункта 9 Требования, услугодатель не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет услугополучателю уведомление о предварительном решении об отказе в оказании государственной услуги, а также времени и месте проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процедура заслушивания проводится в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АППК РК.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По результатам заслушивания услугодатель принимает решение отказать в выдаче лицензии и (или) приложения к лицензии путем предоставления мотивированного отказа в оказании государственной услуги по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо выдать лицензию и (или) приложение к лицензии по формам, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – лицензия и (или) приложение к лицензии). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицензия и (или) приложение к лицензии или мотивированный отказ в оказании государственной услуги направляется посредством портала в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя ответственного структурного подразделения услугодателя.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменением, внесенным приказом и.о. Министра энергетики РК от 11.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Переоформление лицензии и (или) приложения к лицензии осуществляется в случаях:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) изменения фамилии, имени, отчества (при его наличии) физического лица-лицензиата;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) перерегистрации индивидуального предпринимателя-лицензиата, изменении его наименования или юридического адреса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) реорганизации юридического лица-лицензиата в формах слияния, преобразования, присоединения юридического лица-лицензиата к другому юридическому лицу, выделения и разделения;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) изменения наименования и (или) места нахождения юридического лица-лицензиата (в случае указания адреса в лицензии);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) изменения адреса места нахождения объекта без его физического перемещения для лицензии, выданной по классу "разрешения, выдаваемые на объекты" или для приложений к лицензии с указанием объектов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) изменения наименования вида и (или) подвида деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Переоформление лицензии и (или) приложения к лицензии не осуществляется в случаях, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктах 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> части первой настоящего пункта Правил, если изменения юридического адреса индивидуального предпринимателя-лицензиата, адреса места нахождения юридического лица-лицензиата, адреса места нахождения объекта для лицензии, выданной по классу "разрешения, выдаваемые на объект", или для приложений к лицензии с указанием объектов произошли в связи с изменением наименования населенных пунктов, названия улиц в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об административно-территориальном устройстве Республики Казахстан".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Такие изменения адреса лицензиатов и объектов, указанных в приложениях к лицензиям, осуществляются посредством интеграции государственных информационных систем. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. При переоформлении лицензии и (или) приложения к лицензии работник услугодателя в течение 2 (двух) рабочих дней с момента регистрации документов, указанных в подпункте 2) пункта 8 Требования, проверяет полноту представленных документов, сведений и (или) надлежащее оформление представленных документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При представлении услугополучателем неполного пакета документов, сведений и (или) ненадлежащем оформлении представленных документов работник услугодателя готовит мотивированный отказ в оказании государственной услуги по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, по основаниям, указанным в подпункте 2) пункта 9 Требования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При переоформлении лицензии и (или) приложения к лицензии, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 73 АППК РК, заслушивание не проводится.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мотивированный отказ в оказании государственной услуги направляется посредством портала в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя ответственного структурного подразделения услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При предоставлении услугополучателем полного пакета документов, сведений и (или) надлежащем оформлении представленных документов работник услугодателя готовит лицензию и (или) приложение к лицензии по формам, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицензия и (или) приложение к лицензии направляется посредством портала в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя ответственного структурного подразделения услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Переоформление лицензии и (или) приложения к лицензии при реорганизации юридического лица-лицензиата в формах выделения и разделения осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. В случае, если лицензия и (или) приложение к лицензии были выданы в бумажной форме, услугополучатель по заявлению переводит их в электронный формат и получает электронную форму лицензии и (или) приложение к лицензии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Услугодателем в течение 3 (трех) рабочих дней с даты утверждения нормативного правового акта о внесении изменений и (или) дополнений в настоящие Правила направляется информация о внесенных изменениях и (или) дополнениях в Единый контакт-центр и размещается на единой платформе интернет-ресурсов государственных органов Республики Казахстан www.gov.kz в разделе "Министерство энергетики".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа и.о. Министра энергетики РК от 27.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="40"/>
-[...618 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z506" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросу оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z506" w:id="60"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросу оказания государственной услуги</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Для обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается не позднее 3 (трех) месяцев со дня, когда услугополучателю стало известно о принятии административного акта или совершении действий (бездействий) услугодателем:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководства услугодателя, непосредственно оказывающего государственную услугу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателем, непосредственно оказывающим государственную услугу, в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) получения дополнительной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае поступления жалобы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 АППК РК услугодателем направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба услугодателем не направляется в орган, рассматривающий жалобу в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок рассмотрения жалобы органом, рассматривающим жалобу, составляет 20 (двадцать) рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. В случае несогласия с решением органа, рассматривающего жалобу, услугополучатель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 100 АППК РК.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...319 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3130,165 +3380,259 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Выдача лицензии на работы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и услуги в сфере углеводородов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z522" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Лицензия на работы и услуги в сфере углеводородов"</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В приложение 1 предусматривается изменение приказом Министра энергетики Республики Казахстан от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 39-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z522" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Лицензия на работы и услуги в сфере углеводородов"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 1 с изменением, внесенным приказом и.о. Министра энергетики РК от 11.10.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 с изменением, внесенным приказом и.о. Министра энергетики РК от 11.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 365</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечению шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование государственной услуги "Лицензия на работы и услуги в сфере углеводородов".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Наименования подвидов государственной услуги: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3497,746 +3841,980 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12) составление технических проектных документов для месторождений углеводородов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13) эксплуатация магистральных трубопроводов.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство энергетики Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием документов и выдача результатов оказания государственной услуги осуществляется посредством веб-портала "электронного правительства" (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) при выдаче лицензии и (или) приложения к лицензии, в том числе при переоформлении лицензии и (или) приложения к лицензии в случае реорганизации юридического лица-лицензиата в формах выделения и разделения – 15 (пятнадцать) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) при переоформлении лицензии и (или) приложения к лицензии, за исключением переоформления лицензии и (или) приложения к лицензии в случае реорганизации юридического лица-лицензиата в формах выделения и разделения – 2 (два) рабочих дня.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (полностью автоматизированная).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результат оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лицензия и (или) приложение к лицензии либо мотивированный отказ в оказании государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается услугополучателям на платной основе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При оказании государственной услуги в бюджет по месту регистрации услугополучателя уплачивается лицензионный сбор за право занятия отдельными видами деятельности:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4517,334 +5095,412 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) ставка сбора за выдачу дубликата лицензии (при электронной подаче заявления на получение лицензии) – 80 % от ставки при выдаче лицензии.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оплата производится в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, а также через портал оплата может осуществляться посредством платежного шлюза "электронного правительства" (далее – ПШЭП).</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс), с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) объектов информации (портала) – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) для получения лицензии и (или) приложения к лицензии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 заявление физического и юридического лица для получения лицензии и (или) приложения к лицензии в электронном виде, удостоверенное ЭЦП услугополучателя, по формам, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -5193,163 +5849,202 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о документах, удостоверяющих личность, о регистрации в качестве индивидуального предпринимателя, о государственной регистрации (перерегистрации) юридического лица, справка о зарегистрированных правах (обременениях) на недвижимое имущество и его технических характеристик, о лицензии, об оплате в бюджет суммы сбора (в случае оплаты через ПШЭП) услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель, являющийся иностранным юридическим лицом, иностранцем или лицом без гражданства, при отсутствии у него справки о государственной регистрации (перерегистрации) юридического лица – для юридического лица или документа, удостоверяющего личность – для физического лица (для идентификации) представляет другие документы, содержащие аналогичные сведения об услугополучателе.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) при получении лицензии и (или) приложения к лицензии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>занятие видом деятельности запрещено законами Республики Казахстан для данной категории физических или юридических лиц;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5493,163 +6188,202 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>несоответствие заявителя Квалификационным требованиям;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>если ранее лицензия и (или) приложение к лицензии были переоформлены на другое юридическое лицо из числа вновь возникших в результате разделения юридических лиц-лицензиатов.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) адреса мест оказания государственной услуги размещены на единой платформе интернет-ресурсов государственных органов Республики Казахстан www.gov.kz в разделе "Министерство энергетики" в подразделе "Государственные услуги"; портале;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) услугополучатель имеет возможность получения государственной услуги в электронной форме посредством портала при условии наличия ЭЦП;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5678,50 +6412,57 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) при оказании государственной услуги посредством портала доступна версия для слабовидящих;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на единой платформе интернет-ресурсов государственных органов Республики Казахстан www.gov.kz в разделе "Министерство энергетики". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -5882,715 +6623,588 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z525" w:id="76"/>
+    <w:bookmarkStart w:name="z525" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление физического лица для получения лицензии и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z526" w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия имя отчество (в случае наличия) физического лица, индивидуальный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу выдать лицензию и (или) приложение к лицензии на осуществление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать полное наименование вида деятельности и (или) подвида(ов) деятельности)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на бумажном носителе</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(поставить знак Х в случае, если необходимо получить лицензию на бумажном носителе)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес местожительства физического лица</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома/здания)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны __________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет _____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер счета, наименование и местонахождение банка)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дома/здания (стационарного помещения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается _____ листов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все указанные данные являются официальными контактами и на них может быть направлена</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>любая информация по вопросам выдачи или отказа в выдаче лицензии и (или) приложения к лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителю не запрещено судом заниматься лицензируемым видом и (или) подвидом деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель согласен на использование персональных данных ограниченного доступа, составляющих</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охраняемую законом тайну, содержащихся в информационных системах, при выдаче лицензии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) приложения к лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель согласен на удостоверение заявления электронной цифровой подписью работника центра</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения (в случае обращения через центр обслуживания населения).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Физическое лицо ______________________ ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(электронно-цифровая подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "___" ________ 20__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В ________________________________________________________________________</w:t>
-[...629 lines deleted...]
-        <w:t>Дата заполнения: "___" ________ 20__ года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6749,783 +7363,640 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z529" w:id="78"/>
+    <w:bookmarkStart w:name="z529" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление юридического лица для получения лицензии и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z530" w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование, местонахождение, бизнес-идентификационный номер юридического лица</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(в том числе иностранного юридического лица), бизнес- идентификационный номер филиала</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или представительства иностранного юридического лица – в случае отсутствия</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационного номера у юридического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу выдать лицензию и (или) приложение к лицензии на осуществление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать полное наименование вида деятельности и (или) подвида(ов) деятельности) на бумажном носителе</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(поставить знак Х в случае, если необходимо получить лицензию на бумажном носителе)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес юридического лица ____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, страна (для иностранного юридического лица), область, город, район,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>населенный пункт, наименование улицы, номер дома/здания (стационарного помещения))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер счета, наименование и местонахождение банка)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/здания (стационарного помещения))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ______ листов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все указанные данные являются официальными контактами и на них может быть направлена</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>любая информация по вопросам выдачи или отказа в выдаче лицензии и (или) приложения к лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителю не запрещено судом заниматься лицензируемым видом и (или) подвидом деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель согласен на использование персональных данных ограниченного доступа, составляющих</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охраняемую законом тайну, содержащихся в информационных системах, при выдаче лицензии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) приложения к лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель согласен на удостоверение заявления электронной цифровой подписью работника центра</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения (в случае обращения через центр обслуживания населения).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждаю, что несу ответственность в соответствии с законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан за достоверность представляемой (заполненной) мной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель _____________________ ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(электронно-цифровая подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "__" __________ 20__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В ________________________________________________________________________</w:t>
-[...697 lines deleted...]
-        <w:t>Дата заполнения: "__" __________ 20__ года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7684,1058 +8155,855 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z533" w:id="80"/>
+    <w:bookmarkStart w:name="z533" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление физического лица для переоформления лицензии и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z534" w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В ______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от ______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия имя отчество (в случае наличия) физического лица, индивидуальный идентификационный номер)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу переоформить лицензию и (или) приложение(я) к лицензии (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№__________ от "___" _________ 20___ года, выданную(ое)(ых)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер(а) лицензии и (или) приложения(й) к лицензии, дата выдачи, наименование лицензиара, выдавшего</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензию и (или) приложение(я) к лицензии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На осуществление _________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование вида деятельности и (или) подвида(ов) деятельности) по следующему(им)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основанию(ям) (укажите в соответствующей ячейке Х):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) изменения фамилии, имени, отчества (при его наличии) физического лица-лицензиата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) перерегистрация индивидуального предпринимателя-лицензиата, изменение его наименования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) перерегистрация индивидуального предпринимателя-лицензиата, изменение его юридического адреса</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) отчуждение лицензиатом лицензии, выданной по классу "разрешения, выдаваемые на объекты", вместе</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с объектом в пользу третьих лиц в случаях, если отчуждаемость лицензии предусмотрена приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закону</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) изменение адреса места нахождения объекта без его физического перемещения для лицензии, выданной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по классу "разрешения, выдаваемые на объекты" или для приложений к лицензии с указанием объектов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) наличие требования о переоформлении в законах Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) изменение наименования вида деятельности __________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) изменение наименования подвида деятельности _______________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на бумажном носителе ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(поставить знак Х в случае, если необходимо получить лицензию на бумажном носителе)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес местожительства физического лица</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома/здания)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта _________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны _________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс _____________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет ____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер счета, наименование и местонахождение банка)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома/здания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(стационарного помещения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ______ листов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все указанные данные являются официальными контактами и на них может быть направлена любая информация</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по вопросам выдачи или отказа в выдаче лицензии и (или) приложения к лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителю не запрещено судом заниматься лицензируемым видом и (или) подвидом деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель согласен на использование персональных данных ограниченного доступа, составляющих охраняемую</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законом тайну, содержащихся в информационных системах, при выдаче лицензии и (или) приложения к лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель согласен на удостоверение заявления электронной цифровой подписью работника центра обслуживания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>населения (в случае обращения через центр обслуживания населения).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Физическое лицо _________________ ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(электронно-цифровая подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "___" ________ 20__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В ______________________________________________________________________________________</w:t>
-[...972 lines deleted...]
-        <w:t>Дата заполнения: "___" ________ 20__ года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8894,1170 +9162,943 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z537" w:id="82"/>
+    <w:bookmarkStart w:name="z537" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление юридического лица для переоформления лицензии и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z538" w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В _______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от ______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование, местонахождение, бизнес-идентификационный номер юридического лица</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(в том числе иностранного юридического лица), бизнес- идентификационный номер филиала</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или представительства иностранного юридического лица – в случае отсутствия бизнес-</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационного номера у юридического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу переоформить лицензию и (или) приложение(я) к лицензии (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№__________ от "___" _________ 20___ года, выданную(ое)(ых)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер(а) лицензии и (или) приложения(й) к лицензии, дата выдачи, наименование лицензиара,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выдавшего лицензию и (или) приложение(я) к лицензии) на осуществление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование вида деятельности и (или) подвида(ов) деятельности) по следующему(им)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основанию(ям) (укажите в соответствующей ячейке Х): 1) реорганизация юридического</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лица-лицензиата в соответствии с порядком, определенным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О разрешениях и уведомлениях" (далее – Закон) путем (укажите в соответствующей ячейке Х):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>слияния __________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преобразования ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>присоединения ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выделения ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разделения ________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) изменение наименования юридического лица-лицензиата ________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) изменение места нахождения юридического лица-лицензиата _____________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) отчуждение лицензиатом лицензии, выданной по классу "разрешения, выдаваемые на объекты",</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вместе с объектом в пользу третьих лиц в случаях, если отчуждаемость лицензии предусмотрена</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Закону ____________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) изменение адреса места нахождения объекта без его физического перемещения для лицензии,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданной по классу "разрешения, выдаваемые на объекты" или для приложений к лицензии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с указанием объектов _______________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) наличие требования о переоформлении в законах Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) изменение наименования вида деятельности __________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) изменение наименования подвида деятельности _______________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на бумажном носителе ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(поставить знак Х в случае, если необходимо получить лицензию на бумажном носителе)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес юридического лица ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(страна – для иностранного юридического лица, почтовый индекс, область, город, район,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>населенный пункт, наименование улицы, номер дома/здания (стационарного помещения))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс _____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер счета, наименование и местонахождение банка) Адрес объекта осуществления деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или действий (операций)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома/здания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(стационарного помещения (офиса))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ______ листов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все указанные данные являются официальными контактами и на них может быть направлена любая</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информация по вопросам выдачи или отказа в выдаче лицензии и (или) приложения к лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителю не запрещено судом заниматься лицензируемым видом и (или) подвидом деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель согласен на использование персональных данных ограниченного доступа, составляющих</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охраняемую законом тайну, содержащихся в информационных системах, при выдаче лицензии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) приложения к лицензии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявитель согласен на удостоверение заявления электронной цифровой подписью работника центра</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения (в случае обращения через центр обслуживания населения).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель ___________________________ __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(электронно-цифровая подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "__" __________ 20__ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В _______________________________________________________________________________</w:t>
-[...1084 lines deleted...]
-        <w:t>Дата заполнения: "__" __________ 20__ года</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10262,98 +10303,97 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО на государственном языке)] реквизиты УО на государственном языке</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1981200" cy="1854200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -10407,317 +10447,415 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование УО (на русском языке)] реквизиты УО на русском языке</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мотивированный отказ в дальнейшем рассмотрении заявления/ в оказании государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер: [Номер] Дата выдачи: [Дата выдачи]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Наименование заявителя]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [Наименование УО], рассмотрев Ваше заявление от [Дата заявки] года № [Номер заявки], сообщает _________________________________________. [Причина отказа].</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Руководитель ответственного структурного подразделения уполномоченного органа]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[фамилия, имя, отчество (в случае наличия) подписывающего]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7264400" cy="1905000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -10941,375 +11079,328 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z543" w:id="84"/>
+    <w:bookmarkStart w:name="z543" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z544" w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выдано ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим ГО ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование услугодателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрев Ваше заявление от [Дата заявки] года № [Номер заявки]</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугодатель уведомляет о возможности выразить</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>позицию по предварительному решению по результатам оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Выдача лицензии на работы и услуги в сфере углеводородов"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в __________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата, время и место проведения заслушивания)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель услугодателя ____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), должность руководителя услугодателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время направления уведомления:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ________20__ года "__"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Выдано ____________________________________________________________________</w:t>
-[...289 lines deleted...]
-        <w:t>"___" ________20__ года "__"</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11475,51 +11566,58 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1778000" cy="1651000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -11543,517 +11641,446 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z547" w:id="86"/>
+    <w:bookmarkStart w:name="z547" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z548" w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ___________ 20 ___ года № _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выдана __________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование, местонахождение, бизнес-идентификационный номер юридического лица</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(в том числе иностранного юридического лица), бизнес-идентификационный номер филиала</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или представительства иностранного юридического лица – в случае отсутствия</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационного номера у юридического лица/полностью фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(в случае наличия), индивидуальный идентификационный номер физического лица) на занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование лицензируемого вида деятельности в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О разрешениях и уведомлениях")</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Особые условия ___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях")</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(отчуждаемость, класс разрешения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицензиар ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель (уполномоченное лицо) _________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (в случае наличия)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________ подпись (для лицензий на бумажных носителях)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати (для лицензий на бумажных носителях)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата первичной выдачи:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _____________ _________ г.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок действия лицензии: "____" ____________ _________ г.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место выдачи ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "___" ___________ 20 ___ года № _____________</w:t>
-[...431 lines deleted...]
-        <w:t>Место выдачи ______________________________________</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12219,51 +12246,58 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1778000" cy="1651000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -12287,585 +12321,498 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z551" w:id="88"/>
+    <w:bookmarkStart w:name="z551" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Приложение к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z552" w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер лицензии _________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи лицензии ________________ 20 __ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подвид(ы) лицензируемого вида деятельности __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование подвида лицензируемого вида деятельности в соответствии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях")</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицензиат __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование, местонахождение, бизнес-идентификационный номер</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридического лица (в том числе иностранного юридического лица),</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный номер филиала или представительства иностранного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридического лица – в случае отсутствия бизнес-идентификационного номера</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у юридического лица/полностью фамилия, имя, отчество (в случае наличия),</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер физического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Производственная база и/или объект ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(местонахождение)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Особые условия действия лицензии _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О разрешениях и уведомлениях")</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицензиар __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование органа, выдавшего приложение к лицензии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель (уполномоченное лицо) ___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (в случае наличия) ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись (для приложений на бумажных носителях)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати (для приложений на бумажных носителях)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер приложения ____________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок действия "____" __________ ______ г.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи приложения ________________ 20 ____ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место выдачи __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Номер лицензии _________________</w:t>
-[...499 lines deleted...]
-        <w:t>Место выдачи __________________________</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12966,682 +12913,755 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 апреля 2020 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> № 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z443" w:id="90"/>
+    <w:bookmarkStart w:name="z443" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства энергетики Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z444" w:id="91"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 23 февраля 2015 года № 132 "Об утверждении стандартов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа и газоснабжения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11279, опубликован 14 июля 2015 года в информационно-правовой системе "Әділет").</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 23 февраля 2015 года № 132 "Об утверждении стандартов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа и газоснабжения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11279, опубликован 14 июля 2015 года в информационно-правовой системе "Әділет").</w:t>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра энергетики Республики Казахстан от 29 мая 2015 года № 380 "Об утверждении регламентов государственных услуг Министерства энергетики Республики Казахстан в сферах углеводородов и газа и газоснабжения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11604, опубликован 12 августа 2015 года в информационно-правовой системе "Әділет").</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечня приказов Министра энергетики Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра энергетики Республики Казахстан от 10 ноября 2015 года № 639 "О внесении изменений в некоторые приказы Министра энергетики Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13100, опубликован 5 марта 2016 года в информационно-правовой системе "Әділет").</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 28 января 2016 года № 31 "О внесении изменения в приказ Министра энергетики Республики Казахстан от 23 февраля 2015 года № 132 "Об утверждении стандартов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13338, опубликован 15 марта 2016 года в информационно-правовой системе "Әділет").</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 19 февраля 2016 года № 72 "О внесении изменений в приказ исполняющего обязанности Министра энергетики Республики Казахстан от 29 мая 2015 года № 380 "Об утверждении регламентов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13467, опубликован 29 марта 2016 года в информационно-правовой системе "Әділет").</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 7 марта 2017 года № 83 "О внесении изменений в приказ Министра энергетики Республики Казахстан от 23 февраля 2015 года № 132 "Об утверждении стандартов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 15046, опубликован 16 мая 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 28 июня 2017 года № 221 "О внесении изменений в приказ исполняющего обязанности Министра энергетики Республики Казахстан от 29 мая 2015 года № 380 "Об утверждении регламентов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 15401, опубликован 4 августа 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 13 февраля 2018 года № 48 "О внесении изменений в приказ Министра энергетики Республики Казахстан от 23 февраля 2015 года № 132 "Об утверждении стандартов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16622, опубликован 27 марта 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра энергетики Республики Казахстан от 13 апреля 2018 года № 125 "О внесении изменений в приказ исполняющего обязанности Министра энергетики Республики Казахстан от 29 мая 2015 года № 380 "Об утверждении регламентов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16855, опубликован 10 мая 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 30 ноября 2018 года № 469 "О внесении изменений в приказ Министра энергетики Республики Казахстан от 23 февраля 2015 года № 132 "Об утверждении стандартов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17894, опубликован 13 декабря 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 29 января 2019 года № 30 "О внесении изменений и дополнений в приказ Министра энергетики Республики Казахстан от 23 февраля 2015 года № 132 "Об утверждении стандартов государственных услуг Министерства энергетики Республики Казахстан в сферах углеводородов и газа и газоснабжения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18266, опубликован 12 февраля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 1 февраля 2019 года № 33 "О внесении изменений в приказ исполняющего обязанности Министра энергетики Республики Казахстан от 29 мая 2015 года № 380 "Об утверждении регламентов государственных услуг Министерства энергетики Республики Казахстан в сфере нефти и газа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18274, опубликован 11 февраля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 8 апреля 2019 года № 111 "О внесении изменений в приказ исполняющего обязанности Министра энергетики Республики Казахстан от 29 мая 2015 года № 380 "Об утверждении регламентов государственных услуг Министерства энергетики Республики Казахстан в сферах углеводородов и газа и газоснабжения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18498, опубликован 23 апреля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпункт 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 приказа Министра энергетики Республики Казахстан от 18 ноября 2019 года № 377 "О внесении изменений и дополнений в некоторые приказы Министра энергетики Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 19628, опубликован 27 ноября 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-[...519 lines deleted...]
-    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>