--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eb6a31d" w14:textId="eb6a31d">
+    <w:p w14:paraId="e66e4f9" w14:textId="e66e4f9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,68 +77,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил оказания государственной услуги "Выдача лицензии для занятия деятельностью по распространению теле-, радиоканалов</w:t>
-[...16 lines deleted...]
-        <w:t>Приказ Министра информации и общественного развития Республики Казахстан от 2 апреля 2020 года № 101. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 апреля 2020 года № 20296.</w:t>
+        <w:t>Об утверждении Правил оказания государственных услуг в области информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра информации и общественного развития Республики Казахстан от 2 апреля 2020 года № 101. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 апреля 2020 года № 20296</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции приказа Министра культуры и информации РК от 30.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1397,751 +1398,715 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z553" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. В случае предоставления услугополучателем полного пакета документов для получения лицензии для занятия деятельностью по распространению теле-, радиоканалов сотрудник структурного подразделения услугодателя в течение 9 (девяти) рабочих дней рассматривает документы и форму сведений на соответствие квалификационным требованиям путем проведения профилактического контроля в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предпринимательским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан. По итогам профилактического контроля сотрудник структурного подразделения услугодателя формирует лицензию для занятия деятельностью по распространению теле-, радиоканалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z554" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несоответствии услугополучателя вышеуказанным требованиям услугодатель выносит решение об отказе оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z555" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю направляется уведомление с приложением предварительного решения об отказе в оказании государственной услуги в срок не позднее чем за 3 (три) рабочих дня до его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z556" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель предоставляет или высказывает возражение к предварительному решению об отказе в оказании государственной услуги в срок не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z557" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения возражения, в случае поступления от услугополучателя, услугодатель выдает лицензию для занятия деятельностью по распространению теле-, радиоканалов, либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Часть первая пункта 5 предусматривается в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменениями, внесенными приказами Министра культуры и информации РК от 24.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 560-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>01.01.2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z558" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. В случае предоставления услугополучателем полного пакета документов для получения лицензии для занятия деятельностью по распространению теле-, радиоканалов сотрудник структурного подразделения услугодателя в течение 11 (одиннадцати) рабочих дней рассматривает документы и форму сведений на соответствие квалификационным требованиям путем проведения профилактического контроля в соответствии с Предпринимательским кодексом Республики Казахстан. По итогам профилактического контроля сотрудник структурного подразделения услугодателя формирует лицензию для занятия деятельностью по распространению теле-, радиоканалов.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z554" w:id="22"/>
+      6. Лицензии для занятия деятельностью по распространению теле-, радиоканалов подлежат переоформлению в случаях изменения наименования вида и (или) подвида деятельности, фамилии, имени, отчества (при его наличии) физического лица, индивидуального предпринимателя, изменения его наименования и адреса, юридического лица в форме слияния, присоединения, выделения или преобразования, наименования и (или) юридического адреса юридического лица лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z559" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При несоответствии услугополучателя вышеуказанным требованиям услугодатель выносит решение об отказе оказании государственной услуги.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z555" w:id="23"/>
+      7. При подаче услугополучателем заявления на переоформление лицензии сотрудник структурного подразделения услугодателя в течение 11 (одиннадцати) рабочих дней рассматривает документы на содержание заявления, а также проверяет предоставленную квитанцию на правильность заполнения реквизитов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z560" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несоответствии услугополучателя вышеуказанным требованиям услугодатель выносит решение об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z561" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучателю направляется уведомление с приложением предварительного решения об отказе в оказании государственной услуги в срок не позднее чем за 3 (три) рабочих дня до его подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z556" w:id="24"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z562" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель предоставляет или высказывает возражение к предварительному решению об отказе в оказании государственной услуги в срок не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z557" w:id="25"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z563" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам рассмотрения возражения, в случае поступления от услугополучателя, услугодатель выдает лицензию для занятия деятельностью по распространению теле-, радиоканалов, либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра культуры и информации РК от 24.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра культуры и информации РК от 24.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 193-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z558" w:id="26"/>
+    <w:bookmarkStart w:name="z564" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Лицензии для занятия деятельностью по распространению теле-, радиоканалов подлежат переоформлению в случаях изменения наименования вида и (или) подвида деятельности, фамилии, имени, отчества (при его наличии) физического лица, индивидуального предпринимателя, изменения его наименования и адреса, юридического лица в форме слияния, присоединения, выделения или преобразования, наименования и (или) юридического адреса юридического лица лицензии.</w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      8. Услугодатель отказывает в оказании государственной услуги по основаниям, изложенным в пункте 9 Перечня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра культуры и информации РК от 24.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 193-НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра культуры и информации РК от 30.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 502-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z564" w:id="32"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z570" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) центральных государственных органов, услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z571" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z571" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Рассмотрение жалобы на решение, действия (бездействия) услугодателя по вопросам оказания государственной услуги, производится должностным лицом, вышестоящим уполномоченным органом в области масс-медиа, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу) в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z841" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z841" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z842" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z842" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z843" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z843" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z844" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z844" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z845" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z845" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z846" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z846" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2392,64 +2357,64 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z575" w:id="41"/>
+      <w:bookmarkStart w:name="z575" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление юридического лица для получения (переоформления) лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3233,64 +3198,64 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z578" w:id="42"/>
+      <w:bookmarkStart w:name="z578" w:id="43"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление физического лица для получения (переоформления) лицензии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6772,166 +6737,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       дата заключения договора аренды _________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       с кем заключен договор аренды ___________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7004,139 +6853,139 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача лицензии</w:t>
+              <w:t>"Выдача лицензии для занятия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для занятия деятельностью</w:t>
-[...12 lines deleted...]
-              <w:t>по распространению</w:t>
+              <w:t>деятельностью по распространению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>теле-, радиоканалов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции приказа Министра культуры и информации РК от 30.10.2024 </w:t>
+      Сноска. Приложение 4 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 502-НҚ</w:t>
+        <w:t>№ 560-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7490,51 +7339,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания – 13 (тринадцать) рабочих дней.</w:t>
+Срок оказания – 11 (одиннадцать) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок переоформления – 11 (одиннадцать) рабочих дней.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7849,85 +7716,87 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Государственная услуга оказывается на платной основе физическим и юридическим лицам. Ставки за оказание государственной услуги в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> статьи 554 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) составляют:</w:t>
+              <w:t xml:space="preserve"> статьи 616 Налогового Кодекса Республики Казахстан составляют:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) за право занятия видом деятельности по распространению теле-, радиоканалов составляет 6 (шесть) месячных расчетных показателя;</w:t>
+              <w:t>
+1) за право занятия видом деятельности по распространению теле-, радиоканалов составляет 6 (шесть) месячных расчетных показателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) за переоформление лицензии – 10 % от ставки при выдаче лицензии. Оплата производится в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, а также через портал оплата может осуществляться через платежный шлюз "электронного правительства".</w:t>
+              <w:t>
+2) за переоформление лицензии – 10 % от ставки при выдаче лицензии. Оплата производится в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, а также через портал оплата может осуществляться через платежный шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8013,71 +7882,90 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) портала – круглосуточно за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) услугодатель - с понедельника по пятницу включительно с 9:00 часов до 18:30 часов, с перерывом на обед с 13:00 часов до 14:30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
+              <w:t xml:space="preserve">
+2) услугодатель - с понедельника по пятницу включительно с 9:00 часов до 18:30 часов, с перерывом на обед с 13:00 часов до 14:30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан". Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги".</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8145,106 +8033,308 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам; электронную копию схемы организации оповещения населения в случае чрезвычайных ситуаций (составленная в произвольной форме); электронную копию схемы организации сети телерадиовещания (для эфирной/кабельной/спутниковой сетей) (составленная в произвольной форме); электронную копию трансмиссионного плана, используемого в сети приемо-передающих спутниковых станций, представленных спутниковым оператором (в случае использования каналов спутниковой связи); электронную копию перечня применяемых средств измерений и испытательного оборудования с указанием метрологических характеристик; электронную копию сертификатов, подтверждающих поверку или метрологическую аттестацию средств измерений и испытательного оборудования (в случае предоставления услуг с использованием сети телекоммуникаций наличие средств измерений испытательного оборудования не требуется);</w:t>
+              <w:t>
+1) для получения лицензии: заявление (запрос) в форме электронного документа, удостоверенного ЭЦП услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) для переоформления лицензии (в течение 30 (тридцати) календарных дней с момента замены документов в случаях изменения: наименования вида и (или) подвида деятельности; фамилии, имени, отчества (при его наличии) физического лица; индивидуального предпринимателя, изменении его наименования и адреса; юридического лица в форме слияния, присоединения, выделения или преобразования; наименования и (или) юридического адреса юридического лица): заявление (запрос) о переоформлении лицензии в форме электронного документа, удостоверенного ЭЦП услугополучателя.</w:t>
+              <w:t xml:space="preserve">
+форму сведений, указанную в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложении 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам; электронную копию схемы организации оповещения населения в случае чрезвычайных ситуаций (согласно приложению 5);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя, документ подтверждающий оплату услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+              <w:t xml:space="preserve">
+электронную копию схемы организации сети телерадиовещания (для эфирной/кабельной/спутниковой сетей) (согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронную копию трансмиссионного плана, используемого в сети приемо-передающих спутниковых станций, представленных спутниковым оператором (в случае использования каналов спутниковой связи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронную копию перечня применяемых средств измерений и испытательного оборудования с указанием метрологических характеристик;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронную копию сертификатов, подтверждающих поверку или метрологическую аттестацию средств измерений и испытательного оборудования (в случае предоставления услуг с использованием сети телекоммуникаций наличие средств измерений испытательного оборудования не требуется);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) для переоформления лицензии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление должно быть подано заявителем в течение 30 (тридцати) календарных дней с момента возникновения изменений. В случаях изменения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименования вида и (или) подвида деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фамилии, имени, отчества (при его наличии) физического лица; индивидуального предпринимателя, изменении его наименования и адреса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+юридического лица в форме слияния, присоединения, выделения или преобразования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименования и (или) юридического адреса юридического лица): заявление (запрос) о переоформлении лицензии в форме электронного документа, удостоверенного ЭЦП услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя, документ подтверждающий оплату услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8330,156 +8420,162 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) занятие видом деятельности, запрещенной законами Республики Казахстан для данной категории субъектов;</w:t>
+              <w:t>
+2) занятие видом деятельности, запрещенной законами Республики Казахстан для данной категории субъектов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t xml:space="preserve">
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4) не уплачен лицензионный сбор на право занятия деятельностью в области масс-медиа;</w:t>
+              <w:t>
+4) не уплачен лицензионный сбор на право занятия деятельностью в области масс-медиа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5) в отношении услугополучателя имеется вступивший в законную силу решение (приговор) суда, запрещающий ему заниматься деятельностью по распространению теле-, радиоканалов;</w:t>
+              <w:t>
+5) в отношении услугополучателя имеется вступивший в законную силу решение (приговор) суда, запрещающий ему заниматься деятельностью по распространению теле-, радиоканалов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+              <w:t>
+6) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">7) не соответствует квалификационным требованиям, предъявляемым при лицензировании деятельности в области телерадиовещания и перечня документов, подтверждающих соответствие им, утвержденным </w:t>
+              <w:t xml:space="preserve">
+7) не соответствует квалификационным требованиям, предъявляемым при лицензировании деятельности в области телерадиовещания и перечня документов, подтверждающих соответствие им, утвержденным </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 20 января 2015 года № 29 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10357).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -8568,151 +8664,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на Интернет-ресурсе www.mam.gov.kz, в разделе "Государственные услуги", единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на Интернет-ресурсе www.mam.gov.kz, в разделе "Государственные услуги", единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...93 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8746,123 +8783,386 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5 к приказу</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 2 апреля 2020 года № 101</w:t>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Выдача лицензии для занятия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельностью по распространению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теле-, радиоканалов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z405" w:id="43"/>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оказания государственной услуги "Постановка на учет, переучет иностранных периодических печатных изданий, распространяемых на территории Республики Казахстан"</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+        <w:t xml:space="preserve"> Схема организации оповещения населения в случае чрезвычайных ситуаций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 исключено приказом Министра информации и общественного развития РК от 25.02.2022 </w:t>
+      Сноска. Правила дополнены приложением 5 в соответствии с приказом Министра культуры и информации РК от 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 50</w:t>
+        <w:t>№ 560-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="3644900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="3644900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Схема организации сети телерадиовещания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(для эфирной / кабельной / спутниковой сетей)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4699000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4699000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8898,541 +9198,693 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6 к приказу</w:t>
+              <w:t>Приложение 5 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 апреля 2020 года № 101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z452" w:id="44"/>
+    <w:bookmarkStart w:name="z405" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Постановка на учет, переучет иностранных периодических печатных изданий, распространяемых на территории Республики Казахстан"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 5 исключено приказом Министра информации и общественного развития РК от 25.02.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 2 апреля 2020 года № 101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z452" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Перечень утратившими силу приказов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z453" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z453" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 28 апреля 2015 года № 505 "Об утверждении стандартов государственных услуг в области информации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11301, опубликован 2 июля 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z454" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z454" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 28 мая 2015 года № 655 "Об утверждении регламентов государственных услуг в области информации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11580, опубликован 22 июля 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z455" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z455" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 26 января 2016 года № 82 "О внесений изменений и дополнений в приказ Министра по инвестициям и развитию Республики Казахстан от 28 апреля 2015 года № 505 "Об утверждении стандартов государственных услуг в области информации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13347, опубликован от 15 марта 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z456" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z456" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 17 февраля 2016 года № 198 "О внесении изменений в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 28 мая 2015 года № 655 "Об утверждении регламентов государственных услуг в области информации, оказываемых Министерством по инвестициям и развитию Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13477, опубликован 7 апреля 2016 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z457" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z457" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра информации и коммуникаций Республики Казахстан от 24 марта 2017 года № 104 "О внесении изменений в приказ Министра по инвестициям и развитию Республики Казахстан от 28 апреля 2015 года № 505 "Об утверждении стандартов государственных услуг в области информации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 15124, опубликован от 29 мая 2017 года в Эталонном контрольном банке НПА РК в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z458" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z458" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра информации и коммуникаций Республики Казахстан от 13 июня 2017 года № 221 "О внесении изменений и дополнения в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 28 мая 2015 года № 655 "Об утверждении регламентов государственных услуг в области информации, оказываемых Министерством по инвестициям и развитию Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 15329, опубликован от 25 июля 2017 года в Эталонном контрольном банке НПА РК в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z459" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z459" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра информации и коммуникаций Республики Казахстан от 24 декабря 2018 года № 534 "О внесении изменений в приказ Министра по инвестициям и развитию Республики Казахстан от 28 апреля 2015 года № 505 "Об утверждении стандартов государственных услуг в области информации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18022, опубликован от 3 января 2019 года в Эталонном контрольном банке НПА РК в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z460" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z460" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра информации и общественного развития Республики Казахстан от 17 апреля 2019 года № 67 "О внесении изменений в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 28 мая 2015 года № 655 "Об утверждении регламентов государственных услуг в области информации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18563, опубликован от 17 мая 2019 года в Эталонном контрольном банке НПА РК в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z461" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z461" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра информации и общественного развития Республики Казахстан от 4 июля 2019 года № 203 "О внесении изменений в приказ Министра по инвестициям и развитию Республики Казахстан от 28 апреля 2015 года № 505 "Об утверждении стандартов государственных услуг в области информации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18989, опубликован от 12 июля 2019 года в Эталонном контрольном банке НПА РК в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z462" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z462" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра информации и общественного развития Республики Казахстан от 2 сентября 2019 года № 322 "О внесении изменения в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 28 мая 2015 года № 655 "Об утверждении регламентов государственных услуг в области информации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 19353, опубликован от 9 сентября 2019 года в Эталонном контрольном банке НПА РК в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9754,35 +10206,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>