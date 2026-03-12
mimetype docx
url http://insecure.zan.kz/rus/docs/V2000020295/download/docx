--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,47 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
-  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="03ae55c" w14:textId="03ae55c">
+    <w:p w14:paraId="1e60453" w14:textId="1e60453">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -79,88 +77,50 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан, исполняющего обязанности Министра труда и социальной защиты населения Республики Казахстан и Министра труда и социальной защиты населения Республики Казахстан</w:t>
-      </w:r>
-[...36 lines deleted...]
-					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра труда и социальной защиты населения Республики Казахстан от 2 апреля 2020 года № 121. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 апреля 2020 года № 20295. Утратил силу приказом Министра труда и социальной защиты населения РК от 28.06.2024 № 228.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -813,1902 +773,1408 @@
               </w:rPr>
               <w:t>от 2 апреля 2020 года № 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, исполняющего обязанности Министра труда и социальной защиты населения Республики Казахстан и Министра труда и социальной защиты населения Республики Казахстан, в которые вносятся изменения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z17" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утратил силу приказом Заместителя Премьер-Министра - Министра труда и социальной защиты населения РК от 09.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z35" w:id="12"/>
-[...56 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>преамбулу</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="13"/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утратил силу приказом Министра труда и социальной защиты населения РК от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "В соответствии с </w:t>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="14"/>
+      3. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра труда и социальной защиты населения Республики Казахстан от 25 октября 2017 года № 360 "Об утверждении Типовых квалификационных характеристик должностей руководителей, специалистов и других служащих организаций социальной защиты и занятости населения" (зарегистрирован Реестре государственной регистрации нормативных правовых актов за № 16057, опубликован 21 декабря 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующее изменение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z42" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилах</w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+        <w:t>Типовых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационных характеристиках должностей руководителей, специалистов и других служащих организаций социальной защиты и занятости населения, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
+        <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="15"/>
+    <w:bookmarkStart w:name="z44" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "1. Настоящие Правила сопровождения и доступа к информационным системам и базам данных (далее – Правила) разработаны в соответствии с </w:t>
-[...159 lines deleted...]
-        <w:t xml:space="preserve">  статьи 7 Закона Республики Казахстан от 21 июня 2013 года "О пенсионном обеспечении в Республике Казахстан" и определяют порядок сопровождения и доступа к информационным системам и базам данных (далее - ИС).".</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 30 августа 1995 года (далее – Конституция Республики Казахстан);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 26 декабря 2011 года "О браке (супружестве) и семье" (далее – Кодекс о браке и семье); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовой кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Трудовой кодекс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 16 июня 1997 года "О государственных социальных пособиях по инвалидности, по случаю потери кормильца" (далее – Закон о государственных социальных пособиях); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 11 июля 1997 года "О языках в Республике Казахстан" (далее – Закон о языках);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 17 июля 2001 года "О государственной адресной социальной помощи" (далее – Закон о государственной адресной социальной помощи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 11 июля 2002 года "О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями" (далее – Закон о социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 8 августа 2002 года "О правах ребенка в Республике Казахстан" (далее – Закон о правах ребенка); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 13 апреля 2005 года "О социальной защите инвалидов в Республике Казахстан" (далее – Закон о социальной защите инвалидов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 29 декабря 2008 года "О специальных социальных услугах" (далее – Закон о специальных социальных услугах);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 21 июня 2013 года "О пенсионном обеспечении в Республике Казахстан" (далее – Закон о пенсионном обеспечении);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 18 ноября 2015 года "О противодействии коррупции" (далее – Закон о противодействии коррупции); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 26 декабря 2019 года "Об обязательном социальном страховании" (далее – Закон об обязательном социальном страховании); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      профиль, специализацию и особенности организации обслуживания детей, детей-инвалидов, престарелых и инвалидов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z41" w:id="16"/>
+    <w:bookmarkStart w:name="z59" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основы социологии, психопатологии, психо-социальные аспекты помощи детям, лицам пенсионного возраста и инвалидам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z60" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основы психопрофилактики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z61" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      передовой отечественный и зарубежный опыт по оказанию социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z62" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      специфику работы в различной социальной среде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z63" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формы и методы воспитательной и социальной работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z64" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      способы сбора и анализа информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z65" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      методы выявления экстремальных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Внести в </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пожарной безопасности, утвержденные постановлением Правительства Республики Казахстан от 9 октября 2014 года № 1077 (далее – Правила пожарной безопасности).".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> исполняющего обязанности Министра труда и социальной защиты населения Республики Казахстан от 25 октября 2017 года № 360 "Об утверждении Типовых квалификационных характеристик должностей руководителей, специалистов и других служащих организаций социальной защиты и занятости населения" (зарегистрирован Реестре государственной регистрации нормативных правовых актов за № 16057, опубликован 21 декабря 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующее изменение:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="17"/>
+        <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 30 мая 2019 года № 292 "Об утверждении профессионального стандарта "Психологическая и социальная работа" (зарегистрирован Реестре государственной регистрации нормативных правовых актов за № 18764, опубликован 4 июня 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан) следующее изменение: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z68" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в профессиональном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандарте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Психологическая и социальная работа", утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z69" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Типовых</w:t>
-[...290 lines deleted...]
-      </w:t>
+        <w:t>приложении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к профессиональному стандарту слова "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 16 июня 1997 года "О государственных социальных пособиях по инвалидности, по случаю потери кормильца" (далее – Закон о государственных социальных пособиях); </w:t>
-[...35 lines deleted...]
-      </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан от 25 апреля 2003 года "Об обязательном социальном страховании" заменить словами "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 11 июля 1997 года "О языках в Республике Казахстан" (далее – Закон о языках);</w:t>
-[...586 lines deleted...]
-      способы сбора и анализа информации;</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан от 26 декабря 2019 года "Об обязательном социальном страховании".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z65" w:id="26"/>
-[...234 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2778,85 +2244,63 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3178,38 +2622,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>