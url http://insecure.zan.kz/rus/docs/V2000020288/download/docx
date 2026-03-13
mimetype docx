--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2aa417b" w14:textId="2aa417b">
+    <w:p w14:paraId="05e409e" w14:textId="05e409e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1135,51 +1135,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 1 к приказу </w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Первого Заместителя</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1218,106 +1218,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 1 апреля 2020 года № 341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...54 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -1334,654 +1278,765 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление о сумме задолженности по социальным отчислениям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...32 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...224 lines deleted...]
-        <w:t>в размере:</w:t>
+      Сноска. Приложение 1 – в редакции приказа Министра финансов РК от 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тенге</w:t>
-            </w:r>
+              <w:t>
+"___" __________ 20__ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ _____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 256 Социального кодекса Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – Социальный кодекс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование органа государственных доходов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомляет Вас, _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (если оно указано в документе, удостоверяющем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>личность) (далее – фамилия, имя и отчество) или полное наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>плательщика, индивидуальный/бизнес-идентификационный номер,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридический адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о наличии задолженности по состоянию на "____" __________ 20___года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по социальным отчислениям в Государственный фонд социального страхования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в размере: _____________________________________________________ тенге.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...46 lines deleted...]
-Всего задолженность</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма основного платежа</w:t>
+Всего задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Сумма основного платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Сумма пени</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Социальные отчисления</w:t>
+социальные отчисления</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -2043,84 +2098,82 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z66" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 27 Социального кодекса Вы обязаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представить список участников системы обязательного социального страхования,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2196,187 +2249,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>задолженность по социальным отчислениям, представляется в орган государственных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>доходов в случае непогашения задолженности по социальным отчислениям,</w:t>
-[...135 lines deleted...]
-        <w:t>уведомления.</w:t>
+        <w:t>доходов в случае непогашения задолженности по социальным отчислениям</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>плательщиком – в течение пятнадцати рабочих дней со дня вручения уведомления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2423,221 +2357,204 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>задолженности по социальным отчислениям</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование органа государственных доходов)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) приостанавливает расходные операции по банковским счетам и кассе:</w:t>
-[...135 lines deleted...]
-        <w:t>уведомления;</w:t>
+        <w:t>1) приостанавливает расходные операции по банковским счетам и кассе плательщика</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по истечении десяти рабочих дней со дня вручения ему уведомления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по банковским счетам – в пределах суммы задолженности по социальным отчислениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по кассе – по всем расходным операциям наличных денег в кассе, кроме операций</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по уплате и сдаче наличных денег в банк второго уровня или организацию,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляющую отдельные виды банковских операций, для последующего их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перечисления в счет уплаты социальных отчислений, пеней, начисленных за их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>несвоевременную уплату;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) взыскивает суммы задолженности по социальным отчислениям в принудительном</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2759,425 +2676,389 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан</w:t>
-[...16 lines deleted...]
-        <w:t>"Об административных правонарушениях".</w:t>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правонарушениях.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель (заместитель руководителя) органа государственных доходов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________________________________</w:t>
-[...118 lines deleted...]
-        <w:t>(за исключением юридических лиц, относящихся к субъектам частного</w:t>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество, подпись, печать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление получил _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество или наименование плательщика/ должностного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица плательщика, подпись, печать (за исключением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридических лиц, относящихся к субъектам частного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>предпринимательства), дата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Уведомление вручено плательщику</w:t>
-[...84 lines deleted...]
-        <w:t>______________________________________________________________________</w:t>
+        <w:t>Уведомление вручено плательщику __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество должностного лица органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных доходов, подпись, дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление отправлено плательщику _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(документ, подтверждающий факт отправки и (или) получения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...60 lines deleted...]
-        <w:t>http://kgd.gov.kz и в web-приложении "Кабинет налогоплательщика"</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3418,128 +3299,128 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Распоряжение о приостановлении расходных операций по кассе плательщика социальных отчислений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z67" w:id="23"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z67" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___"__________ 20__года                  № ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z68" w:id="24"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z68" w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 256 Социального кодекса Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4186,51 +4067,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 3 к приказу </w:t>
+              <w:t>Приложение 3 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Первого Заместителя</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4269,106 +4150,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 1 апреля 2020 года № 341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...54 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4385,666 +4210,788 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Уведомление о сумме задолженности по обязательным пенсионным взносам,</w:t>
-[...47 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Уведомление о сумме задолженности по обязательным пенсионным взносам, обязательным пенсионным взносам работодателя, обязательным профессиональным пенсионным взносам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...224 lines deleted...]
-        <w:t>пенсионный фонд в размере:</w:t>
+      Сноска. Приложение 3 – в редакции приказа Министра финансов РК от 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тенге</w:t>
+              <w:t>
+"___" _______ 20__ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ ____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 256 Социального кодекса Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – Социальный кодекс) ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных доходов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомляет Вас, ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (если оно указано в документе, удостоверяющем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>личность) (далее – фамилия, имя и отчество)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или полное наименование агента, индивидуальный/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный номер, юридический адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о наличии задолженности по состоянию на "___" ________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по обязательным пенсионным взносам, обязательным пенсионным взносам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работодателя, обязательным профессиональным пенсионным взносам в Единый</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>накопительный пенсионный фонд в размере: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________ тенге.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...46 lines deleted...]
-Всего задолженность</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма основного платежа</w:t>
+Всего задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Сумма основного платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Сумма пени</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Обязательные пенсионные взносы</w:t>
+Обязательные пенсионные взносы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -5120,80 +5067,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Обязательные пенсионные взносы работодателя</w:t>
+Обязательные пенсионные взносы работодателя</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -5269,80 +5204,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Обязательные профессиональные пенсионные взносы</w:t>
+Обязательные профессиональные пенсионные взносы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -5418,80 +5341,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Итого</w:t>
+Итого</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -5553,84 +5464,82 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z97" w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 статьи 40 Социального кодекса Вы обязаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представить списки физических лиц, в пользу которых взыскивается задолженность</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5723,459 +5632,391 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обязательным пенсионным взносам работодателя, обязательным профессиональным</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пенсионным взносам, представляются в орган государственных доходов, в случае</w:t>
-[...152 lines deleted...]
-        <w:t>среднего уровня риска, – в течение пятнадцати рабочих дней со дня вручения</w:t>
+        <w:t>пенсионным взносам, представляются в орган государственных доходов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при непогашении задолженности по обязательным пенсионным взносам,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательным пенсионным взносам работодателя, обязательным профессиональным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пенсионным взносам, агентом, – в течение пятнадцати рабочих дней со дня вручения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уведомления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При непогашения задолженности по обязательным пенсионным взносам,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>обязательным пенсионным взносам работодателя, обязательным пенсионным взносам</w:t>
-[...33 lines deleted...]
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>обязательным пенсионным взносам работодателя, обязательным профессиональным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пенсионным взносам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование органа государственных доходов)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) приостанавливает расходные операции по банковским счетам и кассе:</w:t>
-[...135 lines deleted...]
-        <w:t>уведомления;</w:t>
+        <w:t>1) приостанавливает расходные операции по банковским счетам и кассе агента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по истечении десяти рабочих дней со дня вручения ему уведомления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по банковским счетам – в пределах суммы задолженности по обязательным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пенсионным взносам, обязательным пенсионным взносам работодателя,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательным профессиональным пенсионным взносам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по кассе – по всем расходным операциям наличных денег в кассе, кроме операций</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по уплате и сдаче наличных денег в банк второго уровня или организацию,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляющую отдельные виды банковских операций, для последующего их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перечисления в счет уплаты обязательных пенсионных взносов, обязательных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пенсионных взносов работодателя, обязательных профессиональных пенсионных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>взносов, пеней, начисленных за их несвоевременную уплату;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) взыскивает суммы задолженности по обязательным пенсионным взносам,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6331,425 +6172,399 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан</w:t>
-[...16 lines deleted...]
-        <w:t>"Об административных правонарушениях".</w:t>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правонарушениях.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель (заместитель руководителя) органа государственных доходов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность),</w:t>
-[...101 lines deleted...]
-        <w:t>(за исключением юридических лиц, относящихся к субъектам частного</w:t>
+        <w:t>(фамилия, имя и отчество, подпись, печать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление получил __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество или наименование плательщика/ должностного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица плательщика, подпись, печать (за исключением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридических лиц, относящихся к субъектам частного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>предпринимательства), дата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Уведомление вручено агент</w:t>
-[...84 lines deleted...]
-        <w:t>_____________________________________________________________________</w:t>
+        <w:t>Уведомление вручено плательщику _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество должностного лица органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных доходов, подпись, дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление отправлено плательщику ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(документ, подтверждающий факт отправки и (или) получения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...60 lines deleted...]
-        <w:t>http://kgd.gov.kz и в web-приложении "Кабинет налогоплательщика".</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6990,128 +6805,128 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Распоряжение о приостановлении расходных операций по кассе агента, имеющего непогашенную задолженность по обязательным пенсионным взносам, обязательным пенсионным взносам работодателя, обязательным профессиональным пенсионным взносам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z98" w:id="35"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z98" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___"_________ 20__года                  № _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z99" w:id="36"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z99" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 256 Социального кодекса Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7741,51 +7556,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 5 к приказу </w:t>
+              <w:t>Приложение 5 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Первого Заместителя</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7824,106 +7639,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 1 апреля 2020 года № 341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...54 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7940,654 +7699,737 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление о сумме задолженности по отчислениям и (или) взносам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...32 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...224 lines deleted...]
-        <w:t>в размере:</w:t>
+      Сноска. Приложение 5 – в редакции приказа Министра финансов РК от 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тенге</w:t>
+              <w:t>
+"___" ________ 20__ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 31 Закона Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Об обязательном социальном медицинском страховании" (далее – Закон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование органа государственных доходов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомляет Вас, __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (если оно указано в документе, удостоверяющем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>личность) (далее – фамилия, имя и отчество) или</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полное наименование плательщика, индивидуальный/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный номер, юридический адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о наличии задолженности по состоянию на "_____"__________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по отчислениям и (или) взносам в Фонд социального медицинского страхования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в размере: ___________________________________________________ тенге.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z103" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...46 lines deleted...]
-Всего задолженность</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма основного платежа</w:t>
+Всего задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Сумма основного платежа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Сумма пени</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z108" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Отчисления и (или) взносы на обязательное социальное медицинское страхование</w:t>
+Отчисления и (или) взносы на обязательное социальное медицинское страхование</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -8649,489 +8491,385 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z113" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 Закона Вам необходимо представить список</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>работников, за которых производятся отчисления и (или) взносы. Указанный список</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>представляется в орган государственных доходов, направивший уведомление,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в случае непогашения задолженности по отчислениям и (или) взносам,</w:t>
-[...152 lines deleted...]
-        <w:t>ему уведомления.</w:t>
+        <w:t>в случае непогашения задолженности по отчислениям и (или) взносам, плательщиком,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>– в течение пятнадцати рабочих дней со дня вручения ему уведомления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В случае непогашения задолженности по отчислениям и (или) взносам,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование органа государственных доходов)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) приостанавливает расходные операции по банковским счетам и кассе:</w:t>
-[...50 lines deleted...]
-        <w:t>высокого уровня риска, – по истечении одного рабочего дня со дня вручения</w:t>
+        <w:t>1) приостанавливает расходные операции по банковским счетам и кассе плательщика</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по истечении десяти рабочих дней со дня вручения ему уведомления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по банковским счетам – в пределах суммы задолженности по отчислениям и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>взносам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по кассе – по всем расходным операциям наличных денег в кассе, кроме операций</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по уплате и сдаче наличных денег в банк второго уровня или организацию,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляющую отдельные виды банковских операций, для последующего их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перечисления в счет уплаты отчислений и (или) взносов, пеней, начисленных за их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>несвоевременную уплату по истечении десяти рабочих дней со дня вручения ему</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уведомления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>плательщика, отнесенного в соответствии с системой управления рисками*,</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>2) взыскивает суммы задолженности в принудительном порядке с банковских счетов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>не позднее пяти рабочих дней со дня получения списка работников, за которых</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9217,445 +8955,409 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>должностных лиц к Вам будут применены меры административного взыскания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">в соответствии со статьей 92-1 </w:t>
-[...36 lines deleted...]
-        <w:t>"Об административных правонарушениях".</w:t>
+        <w:t xml:space="preserve">в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 92-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правонарушениях.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель (заместитель руководителя) органа государственных доходов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
-[...118 lines deleted...]
-        <w:t>(за исключением юридических лиц, относящихся к субъектам частного</w:t>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество, подпись, печать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление получил __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество или наименование плательщика/ должностного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица плательщика, подпись, печать (за исключением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридических лиц, относящихся к субъектам частного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>предпринимательства), дата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Уведомление вручено плательщику</w:t>
-[...84 lines deleted...]
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>Уведомление вручено плательщику ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество должностного лица органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных доходов, подпись, дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление отправлено плательщику ___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(документ, подтверждающий факт отправки и (или) получения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...60 lines deleted...]
-        <w:t>http://kgd.gov.kz и в web-приложении "Кабинет налогоплательщика".</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9896,128 +9598,128 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Распоряжение о приостановлении расходных операций по кассе плательщика отчислений и (или) взносов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z114" w:id="44"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z114" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___" __________ 20__ года                  № _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z115" w:id="45"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z115" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 Закона Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Об обязательном социальном медицинском страховании",</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10636,55 +10338,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>