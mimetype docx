--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="63376cd" w14:textId="63376cd">
+    <w:p w14:paraId="40573fe" w14:textId="40573fe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -796,666 +796,778 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Выдача архивных справок и/или копий архивных документов в пределах специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений" (далее - Правила) разработаны в соответствии с подпунктом 1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и определяют порядок оказания государственной услуги "Выдача архивных справок и/или копий архивных документов в пределах специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений" (далее – государственная услуга).</w:t>
+      1. Настоящие Правила оказания государственной услуги "Выдача архивных справок и/или копий архивных документов в пределах специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений" (далее - Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" и определяют порядок оказания государственной услуги "Выдача архивных справок и/или копий архивных документов в пределах специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений" (далее – государственная услуга).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1) специальный государственный архив – архивное учреждение или подразделение государственного органа Республики Казахстан, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 22 Закона Республики Казахстан "О Национальном архивном фонде и архивах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1) специальный государственный архив – архивное учреждение или подразделение государственного органа Республики Казахстан, указанного в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      2) архивная справка – документ, составленный на бланке письма организации, содержащий необходимую физическим и юридическим лицам информацию с указанием архивных шифров и номеров листов единиц хранения тех архивных документов, на основании которых она составлена, имеющая юридическую силу (подлинника);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) архивная копия – копия, дословно воспроизводящая текст архивного документа, с указанием архивного шифра и номеров листов единицы хранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) архивный документ – документ, сохраняемый или подлежащий сохранению в силу его значимости для общества и государства, а равно имеющий ценность для собственника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) архивная выписка – документ, составленный на бланке письма архива, дословно воспроизводящий часть текста архивного документа, относящийся к определенному факту, событию, лицу, с указанием архивного шифра и номеров листов единицы хранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) архивный фонд – совокупность исторически или логически связанных между собой архивных документов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z231" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Единый контакт-центр – юридическое лицо, определенное уполномоченным органом в сфере оказания государственных услуг, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z232" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) веб-портал "электронного правительства": www.egov.kz (далее – портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z233" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) электронная цифровая подпись – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказами Министра внутренних дел РК от 19.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 413</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) архивная выписка – документ, составленный на бланке письма архива, дословно воспроизводящий часть текста архивного документа, относящийся к определенному факту, событию, лицу, с указанием архивного шифра и номеров листов единицы хранения;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+      3. Государственная услуга оказывается Министерством, территориальными подразделениями, учебными заведениями Министерства (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) архивный фонд – совокупность исторически или логически связанных между собой архивных документов; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z231" w:id="19"/>
+      4. Для получения государственной услуги услугополучатели подают услугодателю заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) Единый контакт-центр – юридическое лицо, определенное Правительством Республики Казахстан, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z232" w:id="20"/>
+      1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) веб-портал "электронного правительства": www.egov.kz (далее – Портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z233" w:id="21"/>
+      2) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) электронная цифровая подпись – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+      3) портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии к заявлению прилагаются документы либо их копии, подтверждающие запрашиваемые сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов через канцелярию услугодателя подтверждением принятия услугодателем пакета документов, перечисленных в настоящем пункте от услугополучателя, является копия заявления услугополучателя с отметкой даты и времени приема и номера входящего документа, с указанием фамилии, имени, отчества (при его наличии) лица, принявшего документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов через Государственную корпорацию услугополучателю выдается расписка с указанием: номера и даты приема запроса, вида запрашиваемой государственной услуги, количества и название приложенных документов, даты (времени) и места выдачи документов, фамилии, имени, отчества работника Государственной корпорации, принявшего заявление на оформление документов, фамилии, имени, отчества (при его наличии) услугополучателя, фамилии, имени, отчества (при его наличии) уполномоченного представителя и их контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал услугополучателю в "личный кабинет" направляется информация о статусе рассмотрения запроса на оказание государственной услуги, а также уведомление с указанием места, времени и даты получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказом Министра внутренних дел РК от 19.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 413</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными приказом Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
-[...237 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Основные требования к оказанию государственной услуги приведены в перечне основных требований к оказанию государственной услуги "Выдача архивных справок и/или копий архивных документов в пределах специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений" (далее – Перечень) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1474,362 +1586,472 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Услугодатель для оказания государственной услуги осуществляет поиск запрашиваемой информации по архивным фондам (бумажным) в течение 5 (пяти) рабочих дней.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      6. Канцелярия услугодателя в день поступления заявления осуществляет их прием, регистрацию и направляет руководителю структурного подразделения услугодателя для определения ответственного исполнителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z253" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексу Республики Казахстан, прием заявлений осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z254" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугодатель при обнаружении запрашиваемых сведений в течение 2 (двух) рабочих дней формирует архивную справку и/или готовит копии архивных документов на бумажном носителе, подписывает ее руководителем, сотрудник канцелярии регистрирует и отправляет результат оказания государственной услуги услугополучателю или в Государственную корпорацию через курьера, либо почтовой связью, не позднее чем за сутки до истечения срока оказания государственной услуги, установленного Перечнем.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Услугодатель для оказания государственной услуги осуществляет поиск запрашиваемой информации по архивным фондам (бумажным) в течение 4 (четырех) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z255" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае отсутствия сведений услугодатель готовит мотивированный ответ об отказе в оказании государственной услуги.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Услугодатель при обнаружении запрашиваемых сведений в течение 1 (одного) рабочего дня формирует архивную справку и/или готовит копии архивных документов на бумажном носителе, подписывает ее руководителем. Сотрудник канцелярии регистрирует в течение 1 (одного) рабочего дня и отправляет результат оказания государственной услуги услугополучателю или в Государственную корпорацию через курьера, либо почтовой связью, не позднее чем за сутки до истечения срока оказания государственной услуги, установленного Перечнем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z256" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия документов (сведений) на хранении, ответственный исполнитель подготавливает ответ об отсутствии на архивном хранении у услугодателя запрашиваемых документов (сведений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z257" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии оснований, предусмотренных в пункте 9 Перечня, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z258" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z259" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае, если в течении 2 (двух) рабочих дней со дня получения уведомления услугополучатель не привел его в соответствие с требованиями, услугодатель направляет отказ в дальнейшем рассмотрении заявления, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z260" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запрос, не относящийся к составу хранящихся в архиве архивных документов, не позднее 3 (трех) рабочих дней с момента его регистрации направляется по принадлежности в другой государственный или ведомственный архив, где хранятся необходимые архивные документы, с уведомлением об этом услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра внутренних дел РК от 19.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 413</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="35"/>
+    <w:bookmarkStart w:name="z234" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6-1. Услугодатель в течении трех рабочих дней после первого официального опубликования Правил, информирует о внесенных изменениях в порядок оказания государственных услуг оператора информационно-коммуникационной инфраструктуры "электронного правительства", Государственную корпорацию, Единый контакт-центр и услугодателей.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      6-1. Услугодатель в течении трех рабочих дней после первого официального опубликования Правил, информирует о внесенных изменениях и (или) дополнениях в порядок оказания государственных услуг оператора информационно-коммуникационной инфраструктуры "электронного правительства", Государственную корпорацию, Единый контакт-центр и услугодателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 6-1 в соответствии с приказом Министра внутренних дел РК от 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателей и и(или) их должностных лиц, государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z43" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Жалоба подается в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2265,64 +2487,64 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z50" w:id="38"/>
+      <w:bookmarkStart w:name="z50" w:id="48"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                  (наименование услугодателя)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 от ___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2432,88 +2654,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 Контактный телефон:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 ИИН_____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z52" w:id="50"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать архивную справку (заверенные копии или архивные выписки из</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       архивных документов) о подтверждении: ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3235,68 +3457,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z236" w:id="41"/>
+    <w:bookmarkStart w:name="z236" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра внутренних дел РК от 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3856,51 +4078,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и его территориальных подразделений"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z237" w:id="42"/>
+    <w:bookmarkStart w:name="z237" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -3909,1538 +4131,1600 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>специального государственного архива Министерства внутренних дел</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан и его территориальных подразделений"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра внутренних дел РК от 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-Министерство внутренних дел Республики Казахстан, территориальные подразделения, учебные заведения (далее - услугодатель)</w:t>
+Наименование государственной услуги "Выдача архивных справок и/или копий архивных документов в пределах специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги (каналы доступа)</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявления осуществляется через канцелярию услугодателя, Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация), веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
-[...17 lines deleted...]
-Выдача результатов оказания государственной услуги осуществляется через канцелярию услугодателя или Государственную корпорацию.</w:t>
+Министерство внутренних дел Республики Казахстан, территориальные подразделения, учебные заведения (далее - услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги - 8 (восемь) рабочих дней.</w:t>
+Прием заявления осуществляется через канцелярию услугодателя, Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация), веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги.</w:t>
-[...71 lines deleted...]
-Услугодатель обеспечивает доставку результата государственной услуги в Государственную корпорацию, оказываемой через Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
+Выдача результатов оказания государственной услуги осуществляется через канцелярию услугодателя или Государственную корпорацию.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная)/ бумажная.</w:t>
+Срок оказания государственной услуги - 8 (восемь) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время ожидания для сдачи документов услугополучателем к услугодателю и в Государственную корпорацию – 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время для оформления заявления – 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время ожидания при получении документов услугополучателя у услугодателя – 15 (пятнадцать) минут, в Государственной корпорации – 20 (двадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель обеспечивает доставку результата государственной услуги в Государственную корпорацию, оказываемой через Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивная справка и/или копия архивного документа, либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
-[...17 lines deleted...]
-Форма предоставления результатов оказания государственной услуги: бумажная.</w:t>
+Электронная (частично автоматизированная)/ бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается физическим и юридическим лицам бесплатно.</w:t>
+Архивная справка и/или копия архивного документа, либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма предоставления результатов оказания государственной услуги: бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...74 lines deleted...]
-              </w:rPr>
               <w:t>
-Прием документов осуществляется в порядке "электронной" очереди, по выбору услугополучателя, без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
-[...89 lines deleted...]
-3) портале.</w:t>
+Государственная услуга оказывается физическим и юридическим лицам бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) К услугодателю:</w:t>
+              <w:t xml:space="preserve">
+1) Услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>заполненное заявление по форме, согласно приложению 1 к Правилам. При наличии к заявлению прилагаются документы либо их копии, подтверждающие запрашиваемые сведения;</w:t>
+              <w:t xml:space="preserve">
+2) Государственной корпорации – с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодекса Республики Казахстан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>документ, подтверждающий полномочия, либо нотариально засвидетельствованная доверенность, при представлении интересов услугополучателя третьим лицом (представляется для идентификации личности).</w:t>
+              <w:t>
+Прием документов осуществляется в порядке "электронной" очереди, по выбору услугополучателя, без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подтверждением принятия услугодателем пакета документов, перечисленных в настоящем пункте от услугополучателя, является копия заявления услугополучателя с отметкой даты и времени приема и номера входящего документа, с указанием фамилии, имени, отчества (при его наличии) лица, принявшего документы;</w:t>
+3) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием документов и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) в Государственную корпорацию:</w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заявление по форме, согласно приложению 1 к Правилам. При наличии к заявлению прилагаются копии документов, подтверждающие запрашиваемые сведения;</w:t>
+1) интернет-ресурсе Министерства – www.mvd.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-документ, подтверждающий полномочия, либо нотариально засвидетельствованная доверенность, при представлении интересов услугополучателя третьим лицом (представляется для идентификации личности).</w:t>
+2) интернет-ресурсе Государственной корпорации – www.gov4с.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Работник Государственной корпорации получают письменное согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан;</w:t>
-[...35 lines deleted...]
-запрос в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) услугополучателя либо с помощью ввода одноразового пароля. При наличии к запросу прилагаются электронные копии документов, подтверждающие запрашиваемые сведения.</w:t>
+3) портале.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) К услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заполненное заявление по форме, согласно приложению 1 к Правилам. При наличии к заявлению прилагаются документы либо их копии, подтверждающие запрашиваемые сведения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ, подтверждающий полномочия, либо нотариально засвидетельствованная доверенность, при представлении интересов услугополучателя третьим лицом (представляется для идентификации личности).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подтверждением принятия услугодателем пакета документов, перечисленных в настоящем пункте от услугополучателя, является копия заявления услугополучателя с отметкой даты и времени приема и номера входящего документа, с указанием фамилии, имени, отчества (при его наличии) лица, принявшего документы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) в Государственную корпорацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление по форме, согласно приложению 1 к Правилам. При наличии к заявлению прилагаются копии документов, подтверждающие запрашиваемые сведения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+документ, подтверждающий полномочия, либо нотариально засвидетельствованная доверенность, при представлении интересов услугополучателя третьим лицом (представляется для идентификации личности).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Работник Государственной корпорации получают письменное согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+запрос в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) услугополучателя либо с помощью ввода одноразового пароля. При наличии к запросу прилагаются электронные копии документов, подтверждающие запрашиваемые сведения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5765,666 +6049,748 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 марта 2020 года № 256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="43"/>
+    <w:bookmarkStart w:name="z92" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги "Апостилирование архивных справок и копий архивных документов, исходящих из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа Министра внутренних дел РК от 30.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 402</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="44"/>
+    <w:bookmarkStart w:name="z179" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z180" w:id="45"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z180" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания государственной услуги "Апостилирование архивных справок и копий архивных документов, исходящих из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений" (далее - Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон) и определяют порядок оказания государственной услуги "Апостилирование архивных справок и копий архивных документов, исходящих из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="46"/>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее - Закон) и определяют порядок оказания государственной услуги "Апостилирование архивных справок и копий архивных документов, исходящих из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z181" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственная услуга "Апостилирование архивных справок и копий архивных документов, исходящих из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений" (далее – государственная услуга) оказывается Министерством внутренних дел, территориальными подразделениями, учебными заведениями Министерства (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z182" w:id="47"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z182" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В настоящих правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z239" w:id="48"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z239" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) специальный государственный архив – архивное учреждение или подразделение государственного органа Республики Казахстан, указанного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 22 Закона Республики Казахстан "О Национальном архивном фонде и архивах";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z240" w:id="49"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z240" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) архивная справка – документ, составленный на бланке письма организации, содержащий необходимую физическим и юридическим лицам информацию с указанием архивных шифров и номеров листов единиц хранения тех архивных документов, на основании которых она составлена, имеющая юридическую силу (подлинника);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z241" w:id="50"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z241" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) архивная копия – копия, дословно воспроизводящая текст архивного документа, с указанием архивного шифра и номеров листов единицы хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z242" w:id="51"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z242" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) архивный документ – документ, сохраняемый или подлежащий сохранению в силу его значимости для общества и государства, а равно имеющий ценность для собственника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z243" w:id="52"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z243" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) архивная выписка – документ, составленный на бланке письма архива, дословно воспроизводящий часть текста архивного документа, относящийся к определенному факту, событию, лицу, с указанием архивного шифра и номеров листов единицы хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z244" w:id="53"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z244" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) официальный документ – документ, созданный физическим или юридическим лицом, оформленный и удостоверенный в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z245" w:id="54"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z245" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) апостиль – специальный штамп, удостоверяющий подлинность подписи лица, подписавшего документ, и подтверждение его полномочий, а также подлинность печати или штампа, которыми скреплен этот документ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z246" w:id="55"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z246" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) Единый контакт-центр – юридическое лицо, определенное Правительством Республики Казахстан, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z247" w:id="56"/>
+      8) Единый контакт-центр – юридическое лицо, определенное уполномоченным органом в сфере оказания государственных услуг, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z247" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) веб-портал "электронного правительства": www.egov.kz (далее – портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z248" w:id="57"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z248" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) электронная цифровая подпись – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра внутренних дел РК от 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="58"/>
+    <w:bookmarkStart w:name="z191" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z192" w:id="59"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z192" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Для получения государственной услуги физические и юридические лица (далее – услугополучатель) подают услугодателю заявление на проставление апостиля с перечнем документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги "Апостилирование архивных справок и копий архивных документов, исходящих из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений" (далее – Перечень), согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам на бумажном носителе через Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация), либо в электронном виде через веб-портал "электронного правительства" www.egov.kz (далее - портал), либо через канцелярию услугодателя по форме, согласно </w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам на бумажном носителе через Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация), либо через портал или канцелярию услугодателя по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра внутренних дел РК от 19.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 413</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="60"/>
+    <w:bookmarkStart w:name="z193" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Перечень основных требований по оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результаты оказания, а также иные сведения с учетом особенностей предоставления государственной услуги, изложены в Перечне, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6443,70 +6809,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="61"/>
+    <w:bookmarkStart w:name="z194" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При сдаче документов через Государственную корпорацию, работник Государственной корпорации выдает услугополучателю расписку о приеме соответствующих документов с указанием номера и даты приема документов и даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       День приема документов в Государственную корпорацию не входит в срок оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6619,110 +6985,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="62"/>
+    <w:bookmarkStart w:name="z198" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае обращения через портал услугополучателю в "личный кабинет" направляется уведомление о статусе рассмотрения запроса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z199" w:id="63"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z199" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работник услугодателя проверяет полноту представленных документов и подлинность официального документа, по результатам положительного рассмотрения документов направляет уведомление о предоставлении оригиналов документов для апостилирования через портал в "личный кабинет" услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z200" w:id="64"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z200" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В случае обращения через канцелярию услугодателя, услугодатель осуществляет прием и регистрацию документов в день поступления, передает на рассмотрение сотруднику услугодателя, осуществляющему оказание государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6779,270 +7145,272 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="65"/>
+    <w:bookmarkStart w:name="z202" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z203" w:id="66"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z203" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае представления услугополучателем обратившегося через портал неполного пакета документов или отсутствия сведений необходимых для оказания государственной услуги в соответствии с настоящими Правилами, работник услугодателя направляет услугополучателю уведомление с указанием каким требованиям не соответствует пакет документов и срока приведения его в соответствие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z204" w:id="67"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z204" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок приведения в соответствие указанных в уведомлении документов составляет 2 (два) рабочих дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z205" w:id="68"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z205" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае, если в течении 2 (двух) рабочих дней со дня получения уведомления услугополучатель не привел пакет документов в соответствие с требованиями, услугодатель направляет отказ в дальнейшем рассмотрении заявления, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z206" w:id="69"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z206" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Услугодатель в течение 5 (пяти) рабочих дней проверяет подлинность официального документа, проставляет штамп апостиля, гербовую печать на штамп апостиля, заполняет Книгу регистрации документов, представленных для проставления апостиля. Сотрудник канцелярии регистрирует и направляет результат оказания государственной услуги услугополучателю или в Государственную корпорацию через курьера, либо почтовой связью, не позднее чем за сутки до истечения срока оказания государственной услуги, установленного Перечнем.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+      10. Услугодатель в течение 5 (пяти) рабочих дней проверяет подлинность официального документа, проставляет штамп апостиля, гербовую печать на штамп апостиля, заполняет Книгу регистрации документов, представленных для проставления апостиля. Сотрудник канцелярии регистрирует в течение 1 (одного) рабочего дня и отправляет результат оказания государственной услуги услугополучателю или в Государственную корпорацию через курьера, либо почтовой связью, не позднее чем за сутки до истечения срока оказания государственной услуги, установленного Перечнем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z261" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несоответствия представленных документов услугодатель готовит мотивированный ответ об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра внутренних дел РК от 19.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 413</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="70"/>
+    <w:bookmarkStart w:name="z208" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При наличии оснований, предусмотренных в пункте 9 Перечня, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7061,450 +7429,470 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="71"/>
+    <w:bookmarkStart w:name="z209" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Уведомление о заслушивании направляется не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z210" w:id="72"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z210" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания услугополучателю направляется положительный результат либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z211" w:id="73"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z211" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Работник отдела филиалов Государственной корпорации на основании расписки и при предъявлении документа, удостоверяющего личность, либо электронного документа из сервиса цифровых документов и (или) доверенности, выдает услугополучателю результат оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z212" w:id="74"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z212" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Государственная корпорация обеспечивает хранение результата в течение 1 (одного) месяца, после чего передает их услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении 1 (одного) месяца, по запросу Государственной корпорации услугодатель в течение 1 (одного) рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z213" w:id="75"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z213" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. В соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z249" w:id="76"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z249" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15-1. Услугодатель в течении трех рабочих дней после первого официального опубликования Правил, информирует о внесенных изменениях в порядок оказания государственных услуг оператора информационно-коммуникационной инфраструктуры "электронного правительства", Государственную корпорацию, Единый контакт-центр и услугодателей.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
+      15-1. Услугодатель в течении трех рабочих дней после первого официального опубликования Правил, информирует о внесенных изменениях и (или) дополнениях в порядок оказания государственных услуг оператора информационно-коммуникационной инфраструктуры "электронного правительства", Государственную корпорацию, Единый контакт-центр и услугодателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 15-1 в соответствии с приказом Министра внутренних дел РК от 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="77"/>
+    <w:bookmarkStart w:name="z214" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя, Государственной корпорации и (или) их работников по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z215" w:id="78"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z215" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z216" w:id="79"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z216" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z217" w:id="80"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z217" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z218" w:id="81"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z218" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z219" w:id="82"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z219" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z220" w:id="83"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z220" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z221" w:id="84"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z221" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба на действия (бездействие) работников Государственной корпорации при оказании услуги через Государственную корпорацию подается на имя руководителя Государственной корпорации, либо в уполномоченный орган в сфере информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z222" w:id="85"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z222" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7674,51 +8062,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и его территориальных подразделений"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z250" w:id="86"/>
+    <w:bookmarkStart w:name="z250" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -7727,1670 +8115,1732 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>исходящих из специального государственного архива Министерства внутренних дел</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан и его территориальных подразделений"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра внутренних дел РК от 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра внутренних дел РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-Министерство внутренних дел Республики Казахстан, территориальные подразделения, учебные заведения (далее - услугодатель)</w:t>
+Наименование государственной услуги "Апостилирование архивных справок и копий архивных документов, исходящих из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги (каналы доступа)</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием документов и выдача результатов оказания государственной услуги осуществляется через:</w:t>
-[...71 lines deleted...]
-Выдача результатов оказания государственной услуги осуществляется через канцелярию услугодателя или Государственную корпорацию.</w:t>
+Министерство внутренних дел Республики Казахстан, территориальные подразделения, учебные заведения (далее - услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги - 8 (восемь) рабочих дней.</w:t>
+Прием документов и выдача результатов оказания государственной услуги осуществляется через:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Максимально допустимое время ожидания для сдачи документов– 15 (пятнадцать) минут.</w:t>
+1) канцелярию услугодателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Максимально допустимое время для оформления заявления – 15 (пятнадцать) минут.</w:t>
+2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Максимально допустимое время ожидания в очереди при получении документов – 15 (пятнадцать) минут.</w:t>
+3) веб-портал "электронного правительства" www.egov.kz (далее - портал).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугодатель обеспечивает доставку результата государственной услуги в Государственную корпорацию, оказываемой через Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
+Выдача результатов оказания государственной услуги осуществляется через канцелярию услугодателя или Государственную корпорацию.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная)/ бумажная.</w:t>
+Срок оказания государственной услуги - 8 (восемь) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время ожидания для сдачи документов– 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время для оформления заявления – 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время ожидания в очереди при получении документов – 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель обеспечивает доставку результата государственной услуги в Государственную корпорацию, оказываемой через Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Апостилированные архивные справки, копий архивных документов, либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
-[...17 lines deleted...]
-Форма предоставления результатов оказания государственной услуги: бумажная.</w:t>
+Электронная (частично автоматизированная)/ бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается на платной основе физическим и юридическим лицам (далее - услугополучатель).</w:t>
+Апостилированные архивные справки, копий архивных документов, либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-Оплата государственной пошлины осуществляется в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций.</w:t>
+Форма предоставления результатов оказания государственной услуги: бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> кодексу Республики Казахстан с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+              <w:t>
+Государственная услуга оказывается на платной основе физическим и юридическим лицам (далее - услугополучатель).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+              <w:t xml:space="preserve">
+За оказание государственной услуги взимается государственная пошлина в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 615</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс), которая составляет 50 процентов от размера месячного расчетного показателя, установленного на день уплаты государственной пошлины.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-Прием документов осуществляется в порядке "электронной" очереди, по выбору услугополучателя, без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
-[...109 lines deleted...]
-3) на портале www.egov.kz.</w:t>
+Оплата государственной пошлины осуществляется в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-При обращении услугополучателя (либо его представителя по доверенности) к услугодателю или в Государственную корпорацию:</w:t>
+              <w:t xml:space="preserve">
+1) Услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 09.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан с перерывом на обед с 13.00 до 14.30 часов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление;</w:t>
+Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) официальный документ, исходящий из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений для апостилирования;</w:t>
+              <w:t xml:space="preserve">
+2) Государственной корпорации – с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодекса Республики Казахстан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) нотариально заверенная доверенность, в случае представления интересов услугополучателя государственной услуги третьим лицом (для сверки);</w:t>
+Прием документов осуществляется в порядке "электронной" очереди, по выбору услугополучателя, без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-4) документ, подтверждающий оплату в бюджет государственной пошлины за оказание государственной услуги (за исключением случаев оплаты через портал шлюза "электронного правительства" (далее - ПШЭП).</w:t>
+              <w:t xml:space="preserve">
+3) портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан, прием заявления осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сведения о документах, удостоверяющих личность а также о документе, подтверждающем оплату государственной пошлины в бюджет (в случае оплаты через ПШЭП), услугодатель и работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При обращении через портал:</w:t>
+1) интернет-ресурсе Министерства – www.mvd.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление, удостоверенное электронной цифровой подписью услугополучателя;</w:t>
+2) интернет-ресурсе Государственной корпорации – www.gov4с.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) электронная копия документа (сканированная копия), представленного для проставления апостиля;</w:t>
-[...17 lines deleted...]
-3) электронная копия документа (сканированная копия), подтверждающего оплату в бюджет государственной пошлины (за исключением случаев оплаты через ПШЭП).</w:t>
+3) на портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя (либо его представителя по доверенности) к услугодателю или в Государственную корпорацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) официальный документ, исходящий из специального государственного архива Министерства внутренних дел Республики Казахстан и его территориальных подразделений для апостилирования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) нотариально заверенная доверенность, в случае представления интересов услугополучателя государственной услуги третьим лицом (для сверки);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документ, подтверждающий оплату в бюджет государственной пошлины за оказание государственной услуги (за исключением случаев оплаты через портал шлюза "электронного правительства" (далее - ПШЭП).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих личность а также о документе, подтверждающем оплату государственной пошлины в бюджет (в случае оплаты через ПШЭП), услугодатель и работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление, удостоверенное электронной цифровой подписью услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия документа (сканированная копия), представленного для проставления апостиля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия документа (сканированная копия), подтверждающего оплату в бюджет государственной пошлины (за исключением случаев оплаты через ПШЭП).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10061,68 +10511,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Контактный телефон:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ИИН ___________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="87"/>
+    <w:bookmarkStart w:name="z227" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу проставить штамп апостиля на _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10701,68 +11151,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z252" w:id="88"/>
+    <w:bookmarkStart w:name="z252" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра внутренних дел РК от 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11257,228 +11707,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дел Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 марта 2020 года № 256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="89"/>
+    <w:bookmarkStart w:name="z174" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z175" w:id="90"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z175" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 апреля 2015 года № 320 "Об утверждении стандартов государственных услуг специального государственного архива Министерства внутренних дел Республики Казахстан" (зарегистрирован в Министерстве юстиции Республики Казахстан 20 мая 2015 года № 11087);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z176" w:id="91"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z176" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 мая 2015 года № 440 "Об утверждении регламентов государственных услуг специального государственного архива Министерства внутренних дел Республики Казахстан" (зарегистрирован в Министерстве юстиции Республики Казахстан от 16 июня 2015 года № 11359);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z177" w:id="92"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z177" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 26 апреля 2019 года №346 "О внесении изменений в приказ Министра внутренних дел Республики Казахстан от 8 апреля 2015 года №320 "Об  утверждении стандартов государственных услуг специального государственного архива Министерства внутренних дел Республики Казахстан" (зарегистрирован в Министерстве юстиции 3 мая 2019 года № 18624);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z178" w:id="93"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z178" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 21 августа 2019 года №733 "О внесении изменений в приказ Министра внутренних дел Республики Казахстан от 8 мая 2015 года №440 "Об утверждении регламентов государственных услуг специального государственного архива Министерства внутренних дел Республики Казахстан" (зарегистрирован в Министерстве юстиции 27 августа 2019 года № 19295).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>