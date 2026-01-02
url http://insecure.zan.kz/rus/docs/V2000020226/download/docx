--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="104a978" w14:textId="104a978">
+    <w:p w14:paraId="123b6ac" w14:textId="123b6ac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1509,154 +1509,196 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Понятия, используемые в Правилах, применяются в значениях, указанных в </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> о государственных услугах и Законе.</w:t>
+      2. Понятия, используемые в Правилах, применяются в значениях, указанных в Законе о банках, Законе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о страховой деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Законе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о разрешениях и уведомлениях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Законе Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об электронном документе и электронной цифровой подписи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", Законе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о государственных услугах </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Законе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для получения лицензии заявитель должен соответствовать следующим квалификационным требованиям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1848,101 +1890,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие организационной структуры, соответствующей требованиям, установленным Законом и нормативными правовыми актами уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z331" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3-1. Документы заявителя, предоставляемые на иностранном языке, переводятся на казахский и (или) русский языки и предоставляются в уполномоченный орган нотариально засвидетельствованными в соответствии со статьей 80 Закона Республики Казахстан от 14 июля 1997 года "О нотариате".</w:t>
+        <w:t xml:space="preserve">
+      3-1. Документы заявителя, предоставляемые на иностранном языке, переводятся на казахский и (или) русский языки и предоставляются в уполномоченный орган нотариально засвидетельствованными в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О нотариате".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 3-1 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 05.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования); в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6184,51 +6266,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 26.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2023); с изменением, внесенным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7322,51 +7424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7379,881 +7481,1407 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z15" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов, необходимых для оказания государственной услуги (для получения лицензии):</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) заявление в форме электронного документа, удостоверенное ЭЦП уполномоченного лица услугополучателя по форме согласно приложению 1 к Правилам;</w:t>
+              <w:t xml:space="preserve">
+1) заявление в форме электронного документа, удостоверенное ЭЦП уполномоченного лица услугополучателя по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) электронная копия документа об оплате лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) электронная копия документа об оплате лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) электронные копии документов, подтверждающих оплату минимального размера уставного капитала услугополучателя;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) электронные копии документов, подтверждающих оплату минимального размера уставного капитала услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) сведения об акционере (участнике) (для юридического лица) в форме электронного документа согласно приложению 6 к Правилам и сведения об акционере (участнике) (для физического лица) в форме электронного документа согласно приложению 7 к Правилам по состоянию на дату, предшествующую дате представления документов;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) сведения об акционере (участнике) (для юридического лица) в форме электронного документа согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам и сведения об акционере (участнике) (для физического лица) в форме электронного документа согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам по состоянию на дату, предшествующую дате представления документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) электронная копия легализованной выписки из торгового реестра или другого легализованного документа с нотариально засвидетельствованным переводом на государственный и русский языки, удостоверяющий, что участник (акционер) услугополучателя-нерезидент Республики Казахстан является юридическим лицом по законодательству иностранного государства и содержащий информацию об органе, зарегистрировавшем юридическое лицо-нерезидента, регистрационном номере, дате и месте регистрации;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) электронная копия легализованной выписки из торгового реестра или другого легализованного документа с нотариально засвидетельствованным переводом на государственный и русский языки, удостоверяющий, что участник (акционер) услугополучателя-нерезидент Республики Казахстан является юридическим лицом по законодательству иностранного государства и содержащий информацию об органе, зарегистрировавшем юридическое лицо-нерезидента, регистрационном номере, дате и месте регистрации;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6) электронные копии документов, представляемых для согласования руководящих работников, в соответствии с Правилами выдачи согласия уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на назначение (избрание) руководящего работника заявителя (лицензиата), единого накопительного пенсионного фонда, добровольного накопительного пенсионного фонда, включая критерии отсутствия безупречной деловой репутации и документы, необходимые для получения согласия, утвержденными </w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) электронные копии документов, представляемых для согласования руководящих работников, в соответствии с Правилами выдачи согласия уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на назначение (избрание) руководящего работника заявителя (лицензиата), единого накопительного пенсионного фонда, добровольного накопительного пенсионного фонда, включая критерии отсутствия безупречной деловой репутации и документы, необходимые для получения согласия, утвержденными </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>постановлением</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 28 октября 2022 года № 79, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 30383;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) штатное расписание с указанием фамилий, имен и при наличии отчеств работников, занимаемых ими должностей в форме электронного документа;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) штатное расписание с указанием фамилий, имен и при наличии отчеств работников, занимаемых ими должностей в форме электронного документа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8) положения о структурных подразделениях, на которые будут возложены функции по осуществлению деятельности на рынке ценных бумаг в форме электронного документа;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) положения о структурных подразделениях, на которые будут возложены функции по осуществлению деятельности на рынке ценных бумаг в форме электронного документа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9) электронные копии документов, подтверждающих наличие у услугополучателя программно-технических средств и иного оборудования, необходимых для осуществления деятельности на рынке ценных бумаг, в соответствии с законодательством Республики Казахстан:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) электронные копии документов, подтверждающих наличие у услугополучателя программно-технических средств и иного оборудования, необходимых для осуществления деятельности на рынке ценных бумаг, в соответствии с законодательством Республики Казахстан:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-договор на поставку оборудования;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>договор на поставку оборудования;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-акт приема-передачи оборудования;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акт приема-передачи оборудования;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-договор на разработку и (или) поставку программного обеспечения с указанием количества лицензий;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>договор на разработку и (или) поставку программного обеспечения с указанием количества лицензий;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-акт приема-передачи программного обеспечения;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акт приема-передачи программного обеспечения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-документы по организации защиты и безопасности (описание порядка резервирования информации, описание механизма разделения доступа к данным, план восстановления, механизмы внутреннего контроля).</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документы по организации защиты и безопасности (описание порядка резервирования информации, описание механизма разделения доступа к данным, план восстановления, механизмы внутреннего контроля).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае самостоятельной разработки программного продукта услугополучателем либо безвозмездной передачи услугополучателю программного продукта другим лицом документы, указанные в абзацах втором, третьем, четвертом, пятом настоящего подпункта, не представляются.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае самостоятельной разработки программного продукта услугополучателем либо безвозмездной передачи услугополучателю программного продукта другим лицом документы, указанные в абзацах втором, третьем, четвертом, пятом настоящего подпункта, не представляются.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В представленных документах отражается также следующая информация: наименование используемого программного обеспечения (серверные операционные системы, системы управления базами данных), версии, сведения о наличии лицензии;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В представленных документах отражается также следующая информация: наименование используемого программного обеспечения (серверные операционные системы, системы управления базами данных), версии, сведения о наличии лицензии;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10) бухгалтерский баланс услугополучателя на конец последнего квартала, предшествующего подаче заявления в форме электронного документа;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10) бухгалтерский баланс услугополучателя на конец последнего квартала, предшествующего подаче заявления в форме электронного документа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11) электронная копия финансовой отчетности услугополучателя за последний завершенный год, подписанная первым руководителем исполнительного органа услугополучателя и его главным бухгалтером, подтвержденная аудиторским отчетом, за исключением акционерных обществ, созданных в текущем году;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) электронная копия финансовой отчетности услугополучателя за последний завершенный год, подписанная первым руководителем исполнительного органа услугополучателя и его главным бухгалтером, подтвержденная аудиторским отчетом, за исключением акционерных обществ, созданных в текущем году;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12) бизнес-план на ближайшие три года, утвержденный советом директоров (бизнес - план трансфер-агента, созданного в иной, кроме акционерного общества, организационно-правовой форме, утверждается исполнительным органом юридического лица, бизнес - план филиала банка-нерезидента Республики Казахстан утверждается решением банка-нерезидента Республики Казахстан) в форме электронного документа.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12) бизнес-план на ближайшие три года, утвержденный советом директоров (бизнес - план трансфер-агента, созданного в иной, кроме акционерного общества, организационно-правовой форме, утверждается исполнительным органом юридического лица, бизнес - план филиала банка-нерезидента Республики Казахстан утверждается решением банка-нерезидента Республики Казахстан) в форме электронного документа.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В бизнес-плане отражаются следующие вопросы:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В бизнес-плане отражаются следующие вопросы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-цели получения лицензии;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цели получения лицензии;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-описание основных направлений деятельности и обзор сегмента рынка, на который ориентирован услугополучатель;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>описание основных направлений деятельности и обзор сегмента рынка, на который ориентирован услугополучатель;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-информация о предполагаемых услугах в рамках деятельности, порядке их оценки, а также планы по условиям и объему их продажи;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информация о предполагаемых услугах в рамках деятельности, порядке их оценки, а также планы по условиям и объему их продажи;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-информация об основных рисках, связанных с деятельностью, способах их оценки и возмещения за счет собственного капитала, значении достаточности собственного капитала, процедурах управления рисками и внутреннего контроля; финансовый план, в том числе прогноз доходов и расходов за первые три финансовых (операционных) года, допустимые коэффициенты убыточности за указанный период;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информация об основных рисках, связанных с деятельностью, способах их оценки и возмещения за счет собственного капитала, значении достаточности собственного капитала, процедурах управления рисками и внутреннего контроля; финансовый план, в том числе прогноз доходов и расходов за первые три финансовых (операционных) года, допустимые коэффициенты убыточности за указанный период;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инвестиционная политика, источники финансирования деятельности компании;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инвестиционная политика, источники финансирования деятельности компании;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-организационная структура заявителя, включая инвестиционный комитет и службу внутреннего аудита, описание способов реализации процедур корпоративного управления, а также требования к уровню образования специалистов;</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организационная структура заявителя, включая инвестиционный комитет и службу внутреннего аудита, описание способов реализации процедур корпоративного управления, а также требования к уровню образования специалистов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:name="z41" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13) внутренние правила осуществления деятельности по организации торговли с ценными бумагами и иными финансовыми инструментами, определяющие взаимоотношения организатора торгов с субъектами, пользующимися услугами организатора торгов (для услугополучателей, претендующих на получение лицензии на осуществление деятельности по организации торговли с ценными бумагами и иными финансовыми инструментами) в форме электронного документа;</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14) внутренние правила осуществления клиринговой деятельности по сделкам с финансовыми инструментами, определяющие взаимоотношения клиринговой организации с субъектами, пользующимися услугами клиринговой организации (для услугополучателей, претендующих на получение лицензии, на осуществление клиринговой деятельности по сделкам с финансовыми инструментами) в форме электронного документа.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Юридические лица, обладающие лицензией на осуществление видов профессиональной деятельности на рынке ценных бумаг, для получения лицензии на осуществление дополнительного вида деятельности на рынке ценных бумаг представляют документы, указанные в подпунктах 1), 2), 8), и 12) части первой настоящего пункта.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Юридические лица, обладающие лицензией на осуществление видов профессиональной деятельности на рынке ценных бумаг, для получения лицензии на осуществление дополнительного вида деятельности на рынке ценных бумаг представляют документы, указанные в подпунктах 1), 2), 8), и 12) части первой настоящего пункта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организатор торгов, зарегистрированный на территории Республики Казахстан, для получения лицензии на осуществление клиринговой деятельности по сделкам с финансовыми инструментами представляет документы, указанные в подпунктах 1), 2), 13) и 14) части первой настоящего пункта.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Центральный депозитарий для получения лицензии на осуществление кастодиальной деятельности на рынке ценных бумаг представляет документы, указанные в подпунктах 1), 2), 8), и 12) части первой настоящего пункта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для оказания государственной услуги для получения лицензии на осуществление видов профессиональной деятельности на рынке ценных бумаг банк, филиал банка-нерезидента Республики Казахстан, исламский банк, филиал исламского банка-нерезидента Республики Казахстан представляет в уполномоченный орган заявление о выдаче лицензии на осуществление деятельности на рынке ценных бумаг по форме согласно приложению 1 к Правилам с приложением документов, указанных в подпунктах 2), 7), 8), 9), 12) части первой настоящего пункта..</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Организатор торгов, зарегистрированный на территории Республики Казахстан, для получения лицензии на осуществление клиринговой деятельности по сделкам с финансовыми инструментами представляет документы, указанные в подпунктах 1), 2), 13) и 14) части первой настоящего пункта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 27 августа 2018 года № 198, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 17462, в форме электронных документов.</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для оказания государственной услуги для получения лицензии на осуществление видов профессиональной деятельности на рынке ценных бумаг банк, филиал банка-нерезидента Республики Казахстан, исламский банк, филиал исламского банка-нерезидента Республики Казахстан представляет в уполномоченный орган заявление о выдаче лицензии на осуществление деятельности на рынке ценных бумаг по форме согласно приложению 1 к Правилам с приложением документов, указанных в подпунктах 2), 7), 8), 9), 12) части первой настоящего пункта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов, необходимых для оказания государственной услуги (для получения дубликата лицензии (если ранее выданная лицензия была оформлена в бумажной форме)):</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для оказания государственной услуги для получения лицензии на осуществление деятельности по управлению инвестиционным портфелем на рынке ценных бумаг страховой организацией, осуществляющей деятельность в отрасли "страхование жизни", в уполномоченный орган представляются документы, указанные в подпунктах 1), 2), 8) и 9) части первой настоящего пункта, а также положение об инвестиционном комитете, включая сведения о его составе и внутренние правила, определяющие функционирование системы управления рисками в соответствии с Правилами формирования системы управления рисками и внутреннего контроля для страховых (перестраховочных) организаций, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, утвержденными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 27 августа 2018 года № 198, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 17462, в форме электронных документов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) запрос в форме электронного документа, удостоверенный ЭЦП услугополучателя;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для оказания государственной услуги (для получения дубликата лицензии (если ранее выданная лицензия была оформлена в бумажной форме)):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) электронная копия документа об оплате лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства".</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) запрос в форме электронного документа, удостоверенный ЭЦП услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов, необходимых для оказания государственной услуги (для переоформления лицензии):</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) электронная копия документа об оплате лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление в форме электронного документа, удостоверенное ЭЦП услугополучателя, по форме согласно приложению 8 к Правилам;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для оказания государственной услуги (для переоформления лицензии):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) электронная копия документа об оплате лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, удостоверенное ЭЦП услугополучателя, по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии, за исключением документов, информация о которых содержится в государственных информационных системах (в виде электронных копий документов).</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) электронная копия документа об оплате лицензионного сбора, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уполномоченный орган получает из соответствующих государственных информационных систем через шлюз "электронного правительства" сведения, указанные в документах:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии, за исключением документов, информация о которых содержится в государственных информационных системах (в виде электронных копий документов).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-удостоверяющих личность физического лица- резидента Республики Казахстан;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уполномоченный орган получает из соответствующих государственных информационных систем через шлюз "электронного правительства" сведения, указанные в документах:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подтверждающих отсутствие у физического лица- резидента Республики Казахстан неснятой или непогашенной судимости;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверяющих личность физического лица- резидента Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подтверждающих отсутствие у физического лица- резидента Республики Казахстан неснятой или непогашенной судимости;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 о государственной регистрации (перерегистрации) юридического лица-резидента Республики Казахстан.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -8889,188 +9517,188 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z217" w:id="92"/>
+    <w:bookmarkStart w:name="z217" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Герб Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z218" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z218" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        ____________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         Полное наименование уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z219" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z219" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            Лицензия</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   на осуществление деятельности на рынке ценных бумаг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z220" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z220" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер лицензии _________________ дата выдачи "___" ______года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z221" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z221" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдана __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z222" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z222" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9084,101 +9712,101 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование лицензиата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z223" w:id="98"/>
+      <w:bookmarkStart w:name="z223" w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящая лицензия дает право на осуществление следующих видов д</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>еятельности на рынке ценных бумаг:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z224" w:id="99"/>
+      <w:bookmarkStart w:name="z224" w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9424,110 +10052,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(номер, дата, наименование государственного органа, выдавшего лицензию)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="100"/>
+    <w:bookmarkStart w:name="z226" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель (заместитель Председателя)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z227" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z227" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z228" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z228" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       город Алматы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9697,68 +10325,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z353" w:id="103"/>
+    <w:bookmarkStart w:name="z353" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на прекращение действия лицензии в связи с добровольным обращением в уполномоченный орган, изменение наименования вида (подвида) деятельности и (или) исключение вида (подвида) деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 26.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10426,242 +11054,242 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z248" w:id="104"/>
+    <w:bookmarkStart w:name="z248" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Сведения об акционере (участнике) (для юридического лица)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z249" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z249" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z250" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z250" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (полное наименование заявителя)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z251" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z251" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       на "___" __________ 20 __ года </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z252" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z252" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционер (участник):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z253" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z253" w:id="111"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование юридического лица)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z254" w:id="110"/>
+    <w:bookmarkStart w:name="z254" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Место нахождения и фактический адрес_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z255" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z255" w:id="113"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10686,110 +11314,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(почтовый индекс, город, улица, номер телефона, адрес электронной почты (при ее наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z256" w:id="112"/>
+    <w:bookmarkStart w:name="z256" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о государственной регистрации (перерегистрации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z257" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z257" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (для юридического лица-нерезидента Республики Казахстан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z258" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z258" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10814,332 +11442,332 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование документа, номер и дата выдачи, кем выдан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="115"/>
+    <w:bookmarkStart w:name="z259" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бизнес-идентификационный номер (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z260" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z260" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z261" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z261" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Вид деятельности__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z262" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z262" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать основные виды деятельности)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="119"/>
+    <w:bookmarkStart w:name="z263" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Резидент или нерезидент Республики Казахстан (нужное подчеркнуть):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z264" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z264" w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z265" w:id="121"/>
+      <w:bookmarkStart w:name="z265" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Процентное соотношение количества голосующих акций заявителя, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>принадлежащих акционеру, к общему количеству голосующих акций заявителя</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или доля участия в уставном капитале заявителя:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z266" w:id="122"/>
+      <w:bookmarkStart w:name="z266" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z267" w:id="123"/>
+      <w:bookmarkStart w:name="z267" w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Размер собственного капитала акционера (участника) заявителя перед внесением</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> денег в оплату акций заявителя (в долю участия в уставном капитале заявителя) и </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11187,64 +11815,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z269" w:id="124"/>
+      <w:bookmarkStart w:name="z269" w:id="126"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Сведения об участии акционера (участника) заявителя в создании и деятельности иных </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>юридических лиц в качестве участника, акционера:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11544,320 +12172,320 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z270" w:id="125"/>
+      <w:bookmarkStart w:name="z270" w:id="127"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Сведения о промышленных, банковских, финансовых группах, холдингах, концернах, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ассоциациях, консорциумах, в которых участвует акционер (участник) заявителя, с указанием </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>полных наименований, места нахождения организаций:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z271" w:id="126"/>
+      <w:bookmarkStart w:name="z271" w:id="128"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z272" w:id="127"/>
+      <w:bookmarkStart w:name="z272" w:id="129"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Сведения о других аффилированных лицах акционера (участника), заявителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, не указанных в соответствии с пунктами 9 и 10 настоящего приложения, но являющихся</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> таковыми в соответствии с законодательством Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z273" w:id="128"/>
+      <w:bookmarkStart w:name="z273" w:id="130"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="129"/>
+    <w:bookmarkStart w:name="z274" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Сведения о руководителе акционера (участника) заявителя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z275" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z275" w:id="132"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z276" w:id="131"/>
+    <w:bookmarkStart w:name="z276" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "_____" _____________________ 20___ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12027,145 +12655,145 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z279" w:id="132"/>
+    <w:bookmarkStart w:name="z279" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Сведения об акционере (участнике) (для физического лица)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z280" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z280" w:id="135"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                (полное наименование заявителя)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="134"/>
+    <w:bookmarkStart w:name="z282" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на "___" ___________ 20 __ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z283" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z283" w:id="137"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционер (участник)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12179,64 +12807,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                         (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z285" w:id="136"/>
+      <w:bookmarkStart w:name="z285" w:id="138"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Дата рождения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12397,275 +13025,275 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                  (наименование документа, номер, серия и дата выдачи, кем выдан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z289" w:id="137"/>
+    <w:bookmarkStart w:name="z289" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Индивидуальный идентификационный номер (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z290" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z290" w:id="140"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z291" w:id="139"/>
+    <w:bookmarkStart w:name="z291" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Место жительства и юридический адрес_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z292" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z292" w:id="142"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(почтовый индекс, область,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z293" w:id="141"/>
+      <w:bookmarkStart w:name="z293" w:id="143"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(город, район, улица, номер дома, офиса, адрес электронной почты)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z294" w:id="142"/>
+    <w:bookmarkStart w:name="z294" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Номер телефона (код города, рабочий и домашний) ____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z295" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z295" w:id="145"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Сведения о трудовой деятельности В данном пункте указываются сведения о всей трудовой </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">деятельности (также членстве в органе управления), в том числе с момента окончания высшего </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13134,121 +13762,121 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z296" w:id="144"/>
+      <w:bookmarkStart w:name="z296" w:id="146"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Процентное соотношение количества голосующих акций заявителя, принадлежащих акционеру, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к общему количеству голосующих акций заявителя или доля участия в уставном капитале заявителя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="145"/>
+    <w:bookmarkStart w:name="z297" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z298" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z298" w:id="148"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Размер собственных средств акционера (участника) заявителя перед внесением денег в оплату </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">акций заявителя (в долю участия в уставном капитале заявителя) и сумма, внесенная в оплату акций </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13262,64 +13890,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z300" w:id="147"/>
+      <w:bookmarkStart w:name="z300" w:id="149"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Сведения об участии акционера (участника) заявителя в создании и деятельности иных юридических</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> лиц в качестве участника, акционера:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13619,64 +14247,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z301" w:id="148"/>
+      <w:bookmarkStart w:name="z301" w:id="150"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Сведения о других аффилированных лицах акционера (участника) заявителя, не указанных в </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">пункте 11 настоящего приложения, но являющихся ими в соответствии с законодательством </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13746,70 +14374,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> персональных данных и на использование сведений, составляющих охраняемую законом тайну, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z303" w:id="149"/>
+    <w:bookmarkStart w:name="z303" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "_____" _______________ 20___ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14096,68 +14724,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(полное наименование</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>заявителя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z307" w:id="150"/>
+    <w:bookmarkStart w:name="z307" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу переоформить лицензию</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14637,51 +15265,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>профессиональной деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на рынке ценных бумаг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z346" w:id="151"/>
+    <w:bookmarkStart w:name="z346" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -14690,51 +15318,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>банковским законодательством Республики Казахстан, и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>осуществление деятельности на рынке ценных бумаг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 9 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 05.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14962,80 +15590,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>профессиональной деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на рынке ценных бумаг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z349" w:id="152"/>
+    <w:bookmarkStart w:name="z349" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на проведение банковских и иных операций, осуществляемых исламскими банками, филиалами исламских банков-нерезидентов Республики Казахстан и осуществление деятельности на рынке ценных бумаг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 10 в соответствии с постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 05.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15198,562 +15826,562 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансового рынка</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 марта 2020 года № 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z319" w:id="153"/>
+    <w:bookmarkStart w:name="z319" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых нормативных правовых актов Национального Банка Республики Казахстан, а также структурных элементов некоторых нормативных правовых актов Национального Банка Республики Казахстан, признаваемых утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z320" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z320" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 февраля 2014 года № 25 "Об утверждении Правил выдачи, приостановления и лишения лицензий на осуществление профессиональной деятельности на рынке ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 9324, опубликовано 21 апреля 2014 года в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z321" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z321" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Пункт 12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> нормативных правовых актов Республики Казахстан по вопросам регулирования, контроля и надзора финансового рынка и финансовых организаций, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 16 июля 2014 года № 109 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования, контроля и надзора финансового рынка и финансовых организаций" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 9712, опубликовано 28 октября 2014 года в газете "Юридическая газета" № 162 (2730)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z322" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z322" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам оптимизации и автоматизации бизнес-процессов государственных услуг, оказываемых Национальным Банком Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2014 года № 261 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам оптимизации и автоматизации бизнес-процессов государственных услуг, оказываемых Национальным Банком Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 10211, опубликовано 26 февраля 2015 года в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z323" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z323" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 36)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правления Национального Банка Республики Казахстан от 30 апреля 2015 года № 71 "Об утверждении стандартов государственных услуг Национального Банка Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 11534, опубликовано 15 июля 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z324" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z324" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам пенсионного обеспечения и регулирования рынка ценных бумаг, в которые вносятся изменения и дополнение, утвержденного постановлением Правления Национального Банка Республики Казахстан от 28 октября 2016 года № 258 "О внесении изменений и дополнения в некоторые нормативные правовые акты Республики Казахстан по вопросам пенсионного обеспечения и регулирования рынка ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14727, опубликовано 28 февраля 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z325" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z325" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Абзац двести четырнадцатый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правления Национального Банка Республики Казахстан от 24 февраля 2017 года № 37 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 30 апреля 2015 года № 71 "Об утверждении стандартов государственных услуг Национального Банка Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15210, опубликовано 22 июня 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z326" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z326" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам регулирования рынка ценных бумаг, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 27 марта 2017 года № 50 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования рынка ценных бумаг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15274, опубликовано 12 июля 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z327" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z327" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 28)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правления Национального Банка Республики Казахстан от 31 июля 2017 года № 149 "Об утверждении регламентов государственных услуг Национального Банка Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15685, опубликовано 27 сентября 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z328" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z328" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам регулирования финансового рынка, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 27 сентября 2018 года № 230 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования финансового рынка" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 17820, опубликовано 7 декабря 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z329" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z329" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Абзацы пятьсот семьдесят девятый, пятьсот восьмидесятый, пятьсот восемьдесят первый, пятьсот восемьдесят второй, пятьсот восемьдесят третий, пятьсот восемьдесят четвертый, пятьсот восемьдесят пятый, пятьсот восемьдесят шестой, пятьсот восемьдесят седьмой, пятьсот восемьдесят восьмой, пятьсот восемьдесят девятый, пятьсот девяностый, пятьсот девяносто первый, пятьсот девяносто второй, пятьсот девяносто третий, пятьсот девяносто четвертый, пятьсот девяносто пятый, пятьсот девяносто шестой, пятьсот девяносто седьмой, пятьсот девяносто восьмой, пятьсот девяносто девятый, шестисотый, шестьсот первый, шестьсот второй, шестьсот третий, шестьсот четвертый, шестьсот пятый, шестьсот шестой, шестьсот седьмой, шестьсот восьмой, шестьсот девятый, шестьсот десятый, шестьсот одиннадцатый, шестьсот двенадцатый, шестьсот тринадцатый, шестьсот четырнадцатый, шестьсот пятнадцатый, шестьсот шестнадцатый, шестьсот семнадцатый, шестьсот восемнадцатый, шестьсот девятнадцатый, шестьсот двадцатый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правления Национального Банка Республики Казахстан от 7 февраля 2019 года № 26 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 30 апреля 2015 года № 71 "Об утверждении стандартов государственных услуг Национального Банка Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 18340, опубликовано 6 марта 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z330" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z330" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Абзацы двести тридцать второй, двести тридцать третий, двести тридцать четвертый, двести тридцать пятый, двести тридцать шестой, двести тридцать седьмой, двести тридцать восьмой, двести тридцать девятый, двести сороковой, двести сорок первый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правления Национального Банка Республики Казахстан от 16 апреля 2019 года № 65 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 31 июля 2017 года № 149 "Об утверждении регламентов государственных услуг Национального Банка Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 18589, опубликовано 6 мая 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>