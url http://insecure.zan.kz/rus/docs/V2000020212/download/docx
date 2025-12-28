--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ba58eb" w14:textId="6ba58eb">
+    <w:p w14:paraId="9cf4ca0" w14:textId="9cf4ca0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 30 марта 2020 года № 336. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 марта 2020 года № 20212.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В заголовок приказа предусматривается изменение на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -872,407 +948,737 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казахстан-Министра финансов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан от 30 марта 2020 года № 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В заголовок правил предусматривается изменение на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги "Выдача лицензии на осуществление аудиторской деятельности"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания государственной услуги "Выдача лицензии на осуществление аудиторской деятельности" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее – Закон) центральным государственным органом, осуществляющим регулирование в области аудиторской деятельности (далее – уполномоченный орган), и определяют порядок лицензирования аудиторской деятельности аудиторских организаций (далее – услугополучатель).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Заместителя Премьер-Министра - Министра финансов РК от 27.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 800</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается в редакции приказа Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная услуга "Выдача лицензии на осуществление аудиторской деятельности" оказывается Комитетом внутреннего государственного аудита Министерства финансов Республики Казахстан (далее – услугодатель) через веб-порталы "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная услуга содержит следующие подвиды государственных услуг: выдача лицензии на осуществление аудиторской деятельности и переоформление лицензии на осуществление аудиторской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Заместителя Премьер-Министра - Министра финансов РК от 27.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 800</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции приказа Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Результат оказания государственной услуги направляется на портал и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Оплата лицензионного сбора осуществляется в наличной и безналичной формах через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, а также через веб-портал оплата осуществляется через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Заместителя Премьер-Министра - Министра финансов РК от 27.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 800</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-      Государственная услуга содержит следующие подвиды государственных услуг: выдача лицензии на осуществление аудиторской деятельности и переоформление лицензии на осуществление аудиторской деятельности.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Глава 2 предусматривается в редакции приказа Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...121 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги "Выдача лицензии на осуществление аудиторской деятельности"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугополучатели для получения лицензии представляют документы, указанные в пункте 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Формы заявления юридического лица для получения лицензии и (или) приложения к лицензии, сведений о заявителе и заявления юридического лица для переоформления лицензии и (или) приложения к лицензии представляются согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1307,91 +1713,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Трудовым кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, прием запроса и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При представлении услугополучателем неполного пакета документов услугодатель в течение двух рабочих дней с момента получения документов дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1428,90 +1834,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации, согласно подпункту 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган, определяющий порядок оказания государственной услуги, направляет информацию о порядке оказания государственных услуг, а также внесенных изменениях и (или) дополнениях в подзаконные нормативные правовые акты оператору информационно-коммуникационной инфраструктуры "электронного правительства", в том числе в Единый контакт-центр согласно подпункту 13) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1568,271 +1974,271 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В случае сбоя информационной системы, содержащей необходимые сведения для оказания государственной услуги, услугодатель в течение 1 (одного) рабочего дня уведомляет оператора информационно-коммуникационной инфраструктуры "электронного правительства" (оператор) посредством направления запроса в единую службу поддержки по электронной почте sd@nitec.kz с обязательным предоставлением информации  по наименованию государственной услуги, номера и кода административного документа заявления (НИКАД), или уникальный идентификационный номер заявления (УИНЗ), номера и кода административного документа (НИКАД РД), или уникальный идентификационный номер разрешительного документа (УИНРД), индивидуальный идентификационный номер (ИИН), или  бизнес-идентификационный номер (БИН) услугополучателя, с приложением пошаговых скриншотов с момента авторизации до момента возникновения ошибки с указанием точного времени ошибки.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о государственной регистрации (перерегистрации) юридического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Содержание процедур (действий), входящих в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при выдаче лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документы, представленные услугополучателем, принимаются работником управления по документообороту услугодателя и передаются соответствующему управлению в сфере аудиторской деятельности услугодателя для распределения в последующем исполнителю – в течение одного рабочего дня;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проверка исполнителем полноты представленных документов на предмет соответствия пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам – в течение одного рабочего дня;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направление исполнителем электронного запроса в информационный сервис Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан (далее – КПСиСУ) и получение ответа о сведениях в отношении услугополучателя, касательно вступивших в законную силу решений суда, запрещающих ему заниматься аудиторской деятельностью и получать лицензию – в течение одного рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассмотрение исполнителем содержания представленных документов, подготовка и согласование с руководителем управления в сфере аудиторской деятельности, руководителем управления юридической службы услугодателя проекта заключения, проекта приказа о выдаче лицензии, а также их утверждение уполномоченным лицом услугодателя, регистрация приказа либо подготовка мотивированного ответа об отказе и выдача лицензии либо мотивированного ответа об отказе в оказании государственной услуги – в течение одного рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при переоформлении лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документы, представленные услугополучателем, принимаются работником управления по документообороту услугодателя и передаются соответствующему управлению в сфере аудиторской деятельности услугодателя для распределения в последующем исполнителю в течение одного рабочего дня;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) рассмотрение исполнителем документов, указанных в пункте 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1847,387 +2253,387 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подготовка и согласование с руководителем управления в сфере аудиторской деятельности, руководителем управления юридической службы услугодателя проекта заключения о соответствии документов, представленных услугополучателем, требованиям законодательства Республики Казахстан об аудиторской деятельности и проекта </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О переоформлении лицензии", а также их утверждение руководством услугодателя и регистрация, либо подготовка мотивированного ответа об отказе в переоформлении лицензии и выдача переоформленной лицензии либо мотивированный ответ об отказе в оказании государственной услуге – в течение двух рабочих дней;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при переоформлении лицензии при реорганизации юридического лица-лицензиата в форме выделения или разделения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) документы, представленные услугополучателем, принимаются работником управления по документообороту услугодателя и передаются соответствующему управлению в сфере аудиторской деятельности услугодателя для распределения в последующем исполнителю – в течение одного рабочего дня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исполнитель проверяет полноту представленных документов на предмет соответствия пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам – в течение одного рабочего дня;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направление исполнителем электронного запроса в информационный сервис КПСиСУ и получение ответа о сведениях в отношении услугополучателя, касательно вступивших в законную силу решений суда, запрещающих ему заниматься аудиторской деятельностью и получать лицензию – в течение одного рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассмотрение исполнителем содержания представленных документов, подготовка и согласование с руководителем управления в сфере аудиторской деятельности, руководителем управления юридической службы услугодателя проекта заключения, проекта приказа о переоформлении лицензии, а также их утверждение уполномоченным лицом услугодателя, регистрация приказа либо подготовка мотивированного ответа об отказе и переоформление лицензии либо мотивированного ответа об отказе в оказании государственной услуги – в течение одного рабочего дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при выдаче дубликата лицензии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документы, представленные услугополучателем, принимаются работником управления по документообороту услугодателя и передаются соответствующему управлению в сфере аудиторской деятельности услугодателя для распределения в последующем исполнителю – в течение одного рабочего дня;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...15 lines deleted...]
-      3) направление исполнителем электронного запроса в информационный сервис КПСиСУ и получение ответа о сведениях в отношении услугополучателя, касательно вступивших в законную силу решений суда, запрещающих ему заниматься аудиторской деятельностью и получать лицензию – в течение одного рабочего дня;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) исполнитель рассматривает содержание представленных документов и распечатывает лицензию, заверяет ЭЦП уполномоченного лица услугодателя и выдает дубликат лицензии – в течение одного рабочего дня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...15 lines deleted...]
-      4) рассмотрение исполнителем содержания представленных документов, подготовка и согласование с руководителем управления в сфере аудиторской деятельности, руководителем управления юридической службы услугодателя проекта заключения, проекта приказа о переоформлении лицензии, а также их утверждение уполномоченным лицом услугодателя, регистрация приказа либо подготовка мотивированного ответа об отказе и переоформление лицензии либо мотивированного ответа об отказе в оказании государственной услуги – в течение одного рабочего дня;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1. При наличии оснований, предусмотренных в пункте 9 Перечня основных требований к оказанию государственной услуги согласно приложению 1 к настоящим Правилам, услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
-[...15 lines deleted...]
-      при выдаче дубликата лицензии:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугополучателю в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя, направляется положительный результат либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-1 в соответствии с приказом Заместителя Премьер-Министра - Министра финансов РК от 27.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 800</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      1) документы, представленные услугополучателем, принимаются работником управления по документообороту услугодателя и передаются соответствующему управлению в сфере аудиторской деятельности услугодателя для распределения в последующем исполнителю – в течение одного рабочего дня;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...174 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2322,50 +2728,128 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Заместителя Премьер-Министра - Министра финансов РК от 27.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 800</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции приказа Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2473,105 +2957,112 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>осуществление аудиторской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="44"/>
+    <w:bookmarkStart w:name="z169" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача лицензии на осуществление аудиторской деятельности" (далее – перечень основных требований)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Заместителя Премьер-Министра - Министра финансов РК от 27.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 800</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4322,50 +4813,135 @@
               <w:t>
 Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса мест оказания государственной услуги размещены на интернет-ресурсе Комитета внутреннего государственного аудита Министерства финансов Республики Казахстан, в разделе "Государственные услуги" www.gov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4522,842 +5098,938 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                Заявление юридического лица для</w:t>
+        <w:t xml:space="preserve"> Заявление юридического лица для</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                         получения лицензии и (или) приложения к лицензии</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="46"/>
+        <w:t>получения лицензии и (или) приложения к лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                            (полное наименование лицензиара)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (полное наименование, местонахождение, бизнес-идентификационный номер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">юридического лица </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                                                (в том числе иностранного юридического лица), </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z65" w:id="50"/>
+      <w:bookmarkStart w:name="z65" w:id="46"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бизнес-идентификационный номер филиала или представительства иностранного юридического </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лица</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – в случае отсутствия бизнес-идентификационного номера у юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу выдать лицензию и (или) приложение к лицензии на осуществление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z68" w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          (указать полное наименование вида деятельности и (или) подвида(-ов) деятельности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z69" w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       на бумажном носителе (поставить знак Х в случае, если необходимо получить лицензию на бумажном</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> носителе)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес юридического лица _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:p>
-[...130 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:bookmarkStart w:name="z71" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ______________________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z72" w:id="52"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                   (почтовый индекс, страна (для иностранного юридического лица), область, город, район, </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       населенный пункт, наименование улицы, номер дома/здания (стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронная почта _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z74" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны _____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z75" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факс _________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z76" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банковский счет ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p>
-[...32 lines deleted...]
-      Электронная почта _____________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z77" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                                       (номер счета, наименование и местонахождение банка)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z74" w:id="58"/>
-[...15 lines deleted...]
-      Телефоны _____________________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z78" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес объекта осуществления деятельности или действий (операций)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z75" w:id="59"/>
-[...15 lines deleted...]
-      Факс _________________________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z79" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
-[...85 lines deleted...]
-      <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z80" w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        (почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома/здания </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                 (стационарного помещения)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:bookmarkStart w:name="z81" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Прилагается ______ листов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z82" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящим подтверждается, что: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z83" w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       все указанные данные являются официальными контактами и на них может быть направлена </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">любая </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>информация по вопросам выдачи или отказа в выдаче лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:bookmarkStart w:name="z85" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявителю не запрещено судом заниматься лицензируемым видом и (или) подвидом деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z86" w:id="69"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z86" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z87" w:id="70"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z87" w:id="66"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заявитель согласен на использование персональных данных ограниченного доступа, составляющих </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>охраняемую</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> законом тайну, содержащихся в информационных системах, при выдаче лицензии и (или) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения к лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:bookmarkStart w:name="z90" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявитель согласен на удостоверение заявления электронной цифровой подписью работника</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z91" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Государственной корпорации (в случае обращения через Государственную корпорацию).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z92" w:id="73"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z92" w:id="69"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    (подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В приложение 3 предусматривается изменение на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5516,68 +6188,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="74"/>
+    <w:bookmarkStart w:name="z171" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о заявителе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Заместителя Премьер-Министра - Министра финансов РК от 27.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9126,50 +9798,128 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 4 предусматривается в редакции приказа Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -9327,617 +10077,617 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="75"/>
+    <w:bookmarkStart w:name="z109" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                  Заявление юридического лица для</w:t>
+        <w:t xml:space="preserve"> Заявление юридического лица для</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              переоформления лицензии и (или) приложения к лицензии</w:t>
+        <w:t>переоформления лицензии и (или) приложения к лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z110" w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                (полное наименование лицензиара)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z112" w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от _______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               (полное наименование, местонахождение, бизнес-идентификационный номер юридического </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               лица (БИН) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в том числе иностранного юридического лица),  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               филиала или представительства иностранного юридического лица – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в случае отсутствия БИН </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          у юридического лица) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z117" w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу переоформить лицензию и (или) приложение(я) к лицензии (нужное подчеркнуть) № ______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "___" _________ 20___ года, выданную(ое)(ых)_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(номер(-а) лицензии и (или) приложения(-й) к лицензии, дата выдачи, наименование лицензиара, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выдавшего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензию и (или) приложение(- я) к лицензии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z121" w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На осуществление ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z110" w:id="76"/>
-[...9 lines deleted...]
-      В ________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             (полное наименование вида деятельности и (или) подвида(-ов) деятельности) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по следующему(-им) основанию(-ям) (укажите в соответствующей ячейке Х):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...272 lines deleted...]
-      <w:bookmarkStart w:name="z123" w:id="81"/>
+      <w:bookmarkStart w:name="z123" w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) реорганизация юридического лица-лицензиата в соответствии с порядком, определенным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закона Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях" (далее – Закон)  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>путем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (укажите в соответствующей ячейке Х):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слияния ____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z127" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      преобразования ____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z128" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      присоединения ____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z129" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделения ____</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:p>
-[...59 lines deleted...]
-      слияния ____</w:t>
+    <w:bookmarkStart w:name="z130" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разделения ____</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z127" w:id="83"/>
-[...15 lines deleted...]
-      преобразования ____</w:t>
+    <w:bookmarkStart w:name="z131" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) изменение наименования юридического лица-лицензиата ________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z128" w:id="84"/>
-[...15 lines deleted...]
-      присоединения ____</w:t>
+    <w:bookmarkStart w:name="z132" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изменение места нахождения юридического лица-лицензиата _____________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z129" w:id="85"/>
-[...85 lines deleted...]
-      <w:bookmarkStart w:name="z133" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z133" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) отчуждение лицензиатом лицензии, выданной по классу "разрешения, выдаваемые на объекты", </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">вместе с объектом в пользу третьих лиц в случаях, если отчуждаемость лицензии предусмотрена </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9948,838 +10698,924 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">к Закону Республики Казахстан "О разрешениях и уведомлениях" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="90"/>
+    <w:bookmarkStart w:name="z136" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z137" w:id="91"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z137" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) изменение адреса места нахождения объекта без его физического перемещения для лицензии, выданной </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z138" w:id="92"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z138" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       по классу "разрешения, выдаваемые на объекты" или для приложений к лицензии с указанием объектов </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наличие требования о переоформлении в законах Республики Казахстан__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z140" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z141" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) изменение наименования вида деятельности _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z142" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) изменение наименования подвида деятельности ______________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      6) наличие требования о переоформлении в законах Республики Казахстан__________________________</w:t>
+      <w:bookmarkStart w:name="z143" w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на бумажном носителе _____ (поставить знак Х в случае, если необходимо получить лицензию на бумажном</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z140" w:id="94"/>
-[...15 lines deleted...]
-      ________________________________________________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> носителе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z144" w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес юридического лица __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z141" w:id="95"/>
-[...15 lines deleted...]
-      7) изменение наименования вида деятельности _________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (страна – для иностранного юридического лица, почтовый индекс, область, город, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     район, населенный пункт, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование улицы, номер дома/здания (стационарного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                          помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронная почта__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z142" w:id="96"/>
-[...15 lines deleted...]
-      8) изменение наименования подвида деятельности ______________________________________________</w:t>
+    <w:bookmarkStart w:name="z148" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:p>
-[...15 lines deleted...]
-      на бумажном носителе _____ (поставить знак Х в случае, если необходимо получить лицензию на бумажном</w:t>
+    <w:bookmarkStart w:name="z149" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факс______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:p>
-[...32 lines deleted...]
-      Адрес юридического лица __________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z150" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банковский счет ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:p>
-[...76 lines deleted...]
-      Электронная почта__________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z151" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                              (номер счета, наименование и местонахождение банка)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z148" w:id="100"/>
-[...15 lines deleted...]
-      Телефоны _________________________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z152" w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес объекта осуществления деятельности или действий (операций)________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z149" w:id="101"/>
-[...15 lines deleted...]
-      Факс______________________________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         (почтовый индекс, область, город, район, населенный пункт, наименование улицы, номер дома/здания  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(стационарного помещения) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прилагается ______ листов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z150" w:id="102"/>
-[...15 lines deleted...]
-      Банковский счет ___________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z156" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z151" w:id="103"/>
-[...136 lines deleted...]
-      <w:bookmarkStart w:name="z157" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z157" w:id="103"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       все указанные данные являются официальными контактами и на них может быть направлена любая </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>информация</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по вопросам выдачи или отказа в выдаче лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="108"/>
+    <w:bookmarkStart w:name="z159" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявителю не запрещено судом заниматься лицензируемым видом и (или) подвидом деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z160" w:id="109"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z160" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       все прилагаемые документы соответствуют действительности и являются действительными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z161" w:id="110"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z161" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заявитель согласен на использование персональных данных ограниченного доступа, составляющих </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>охраняемую</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> законом тайну,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="111"/>
+    <w:bookmarkStart w:name="z163" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       содержащихся в информационных системах, при выдаче лицензии и (или) приложения к лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z164" w:id="112"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z164" w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заявитель согласен на удостоверение заявления электронной цифровой подписью работника государственной </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>корпорации в случае обращения через государственную корпорацию).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z166" w:id="113"/>
+      <w:bookmarkStart w:name="z166" w:id="109"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель _______ __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                               (подпись) (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="114"/>
+    <w:bookmarkStart w:name="z167" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заполнения: "__" __________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматривается дополнить приложением 5 в соответствии с приказом Министра финансов РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>