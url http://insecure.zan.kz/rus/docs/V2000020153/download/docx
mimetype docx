--- v0 (2025-10-12)
+++ v1 (2026-03-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8ed9ae0" w14:textId="8ed9ae0">
+    <w:p w14:paraId="3ea9285" w14:textId="3ea9285">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,166 +77,246 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил оказания государственной услуги "Аккредитация организаций, управляющих имущественными правами на коллективной основе"</w:t>
+        <w:t>Об утверждении Правил оказания государственной услуги "Аккредитация организаций по коллективному управлению правами"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра юстиции Республики Казахстан от 19 марта 2020 года № 105. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 марта 2020 года № 20153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z98" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> оказания государственной услуги "Аккредитация организаций, управляющих имущественными правами на коллективной основе" согласно </w:t>
+      1. Утвердить Правила оказания государственной услуги "Аккредитация организаций по коллективному управлению правами" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту по правам интеллектуальной собственности Министерства юстиции Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
@@ -807,112 +887,212 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 марта 2020 года № 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оказания государственной услуги "Аккредитация организаций, управляющих имущественными правами на коллективной основе"</w:t>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Аккредитация организаций по коллективному управлению правами"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Аккредитация организаций, управляющих имущественными правами на коллективной основе" (далее – Правила), разработаны в соответствии с </w:t>
+      1. Настоящие Правила оказания государственной услуги "Аккредитация организаций по коллективному управлению правами" (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и регулируют порядок оказания государственной услуги "Аккредитация организаций, управляющих имущественными правами на коллективной основе".</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственных услугах" и определяют порядок оказания государственной услуги "Аккредитация организаций по коллективному управлению правами";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1157,51 +1337,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) перечень основных требований к оказанию государственной услуги – перечень, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z132" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) аккредитация организаций, управляющих имущественными правами на коллективной основе (далее – аккредитация) – процедура официального признания уполномоченным органом правомочий организаций, управляющих имущественными правами на коллективной основе в сферах коллективного управления;</w:t>
+      11) аккредитация организаций по коллективному управлению правами (далее – аккредитация) – процедура официального признания уполномоченным органом правомочий организаций по коллективному управлению правами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z133" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z134" w:id="22"/>
     <w:p>
@@ -1246,61 +1426,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра юстиции РК от 30.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 819</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра юстиции РК от 15.02.2023 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра юстиции РК от 15.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1321,835 +1521,1027 @@
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги проведения аккредитации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственная услуга оказывается Министерством юстиции Республики Казахстан (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Срок оказания государственной услуги пятнадцать рабочих дней.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Срок оказания государственной услуги пятнадцать рабочих дней с момента поступления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z136" w:id="26"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z137" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для получения государственной услуги заявитель (далее – услугополучатель) направляет услугодателю посредством портала:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявление для получения аккредитации в электронном виде по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление направляется не позднее десяти рабочих дней до даты проведения заседания комиссии по аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о сроках приема документов размещается на интернет-ресурсе услугодателя не позднее двадцати рабочих дней до начала приема документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) форма сведений представляемая организацией по коллективному управлению правами, для прохождения аккредитации согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аккредитация осуществляется услугодателем на основании заключения комиссии по аккредитации организаций по коллективному управлению правами (далее – комиссия по аккредитации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав и положение о комиссии по аккредитации утверждаются услугодателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Основные требования к оказанию государственной услуги приведены в Перечне основных требований к оказанию государственной услуги "Аккредитация организаций по коллективному управлению правами" (далее – Перечень основных требований к оказанию государственной услуги) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z138" w:id="28"/>
-[...15 lines deleted...]
-      Заявление направляется не позднее десяти рабочих дней до даты проведения заседания комиссии по аккредитации.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z139" w:id="29"/>
-[...15 lines deleted...]
-      Информация о сроках приема документов размещается на интернет-ресурсе услугодателя не позднее двадцати рабочих дней до начала приема документов;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z140" w:id="30"/>
+    <w:bookmarkStart w:name="z149" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) форма сведений представляемая организацией, управляющей имущественными правами на коллективной основе, для прохождения аккредитации согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 3</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Работник ответственного структурного подразделения услугодателя (далее – работник услугодателя) в течение двух рабочих дней с момента завершения приема документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, проверяет полноту представленных документов и (или) сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения представленных документов на полноту и соответствие, согласно пункту 8 Перечня документов и сведений, необходимых для оказания государственной услуги, работник ответственного структурного подразделения услугодателя передает их на рассмотрение комиссии по аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за три рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее двух рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугодатель принимает решение об аккредитации либо об отказе в аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По истечению срока для заслушивания услугополучателя заместитель руководителя услугодателя в течение одного рабочего дня подписывает свидетельство или отказ в аккредитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае положительного заключения услугодатель выдает свидетельство об аккредитации сроком на три года согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра юстиции РК от 21.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 397</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="31"/>
-[...15 lines deleted...]
-      5. Аккредитация осуществляется услогодателем на основании заключения комиссии по аккредитации организаций, управляющих имущественными правами на коллективной основе (далее – комиссия по аккредитации).</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Основаниями для отказа в оказании государственной услуги, являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z31" w:id="32"/>
-[...15 lines deleted...]
-      Состав и положение о комиссии по аккредитации утверждаются услугодателем.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непредставление документов, установленных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z32" w:id="33"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) неполнота сведений, содержащихся в представленных документах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p>
-[...77 lines deleted...]
-      7. Услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
+    <w:bookmarkStart w:name="z116" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) привлечение к административной ответственности за воспрепятствование должностным лицам органов государственного контроля и надзора в выполнении ими служебных обязанностей, а также невыполнение постановлений, предписаний и иных требований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z34" w:id="35"/>
-[...359 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="48"/>
+    <w:bookmarkStart w:name="z117" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) невыполнение и (или) ненадлежащее исполнение организацией обязанностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "Об авторском праве и смежных правах" (далее – Закон).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z118" w:id="49"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z118" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае принятия услугодателем решения об отказе в аккредитации в связи с невыполнением и (или) ненадлежащим исполнением организацией обязанностей, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2164,71 +2556,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, организация не вправе получить свидетельство об аккредитации на осуществление деятельности в сферах коллективного управления, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 43 Закона, в течение двух лет с даты принятия услугодателем решения об отказе в аккредитации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z119" w:id="50"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z119" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений данные о стадии оказания государственной услуги поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2247,334 +2639,282 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="51"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...73 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жалоба на решение, действий (бездействия) сотрудников Министерства юстиции Республики Казахстан подается на имя руководителя услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случаях несогласия с результатами решения услугодателя заявитель вправе обжаловать результаты в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1. При внесении изменений и (или) дополнений в настоящие Правила услугодатель направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый "контакт-центр" информацию о таких изменениях и (или) дополнениях в течение трех рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с подпунктом 2) </w:t>
-[...37 lines deleted...]
-      Жалоба услугополучателя, поступившая в адрес органа, рассматривающего жалобу, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра юстиции РК от 30.06.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 547</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 15-1 в соответствии с приказом Министра юстиции РК от 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...89 lines deleted...]
-        <w:t>№ 121</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2660,90 +3000,90 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">государственной услуги </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Аккредитация организаций,</w:t>
+              <w:t>"Аккредитация организаций</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>управляющих имущественными</w:t>
+              <w:t>по коллективному</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>правами на коллективной основе"</w:t>
+              <w:t>управлению правами"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2855,597 +3195,632 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>__________________________</w:t>
+              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(далее-Ф.И.О) руководителя)</w:t>
+              <w:t>(далее - Ф.И.О) руководителя)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от:_________________________</w:t>
+              <w:t>от: _________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(должность, наименование</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организации</w:t>
+              <w:t>организации Ф.И.О. руководителя)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ф.И.О.руководителя)</w:t>
-[...12 lines deleted...]
-              <w:t>Реквизиты:_________________</w:t>
+              <w:t>Реквизиты: _________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>юридический адрес,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>контактный телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Заявление, представляемое организацией, управляющей</w:t>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="z58" w:id="55"/>
+        <w:t xml:space="preserve"> Заявление, представляемое организацией по коллективному управлению правами для прохождения аккредитации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z58" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       От имени членов объединения прошу аккредитовать в порядке </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 46-1</w:t>
       </w:r>
-      <w:r>
-[...212 lines deleted...]
-        <w:t xml:space="preserve">                         (согласно </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона Республики Казахстан "Об авторском праве и смежных правах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование организации по коллективному управлению правами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>находящееся по адресу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(место нахождения организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регистрационный номер __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(регистрационный номер юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИН: ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(бизнес-идентификационный номер) (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в следующей сфере коллективного управления: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 43 Закона Республики Казахстан</w:t>
-[...16 lines deleted...]
-        <w:t>"Об авторском праве и смежных правах")</w:t>
+        <w:t xml:space="preserve"> статьи 43 Закона Республики Казахстан "Об авторском праве</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и смежных правах")</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>К заявлению прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">Согласен на использование сведений, составляющих охраняемую Законом тайну, </w:t>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен на использование сведений, составляющих охраняемую Законом тайну,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>содержащихся в информационных системах при оказании государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3507,228 +3882,169 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">государственной услуги </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Аккредитация организаций,</w:t>
+              <w:t>"Аккредитация организаций</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>управляющих имущественными</w:t>
+              <w:t>по коллективному</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>правами на коллективной основе"</w:t>
+              <w:t>управлению правами"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Аккредитация организаций, управляющих имущественными правами на коллективной основе</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Аккредитация организаций по коллективному управлению правами"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Министра юстиции РК от 30.09.2022 </w:t>
+      Сноска. Приложение 2 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 819</w:t>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...69 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3778,87 +4094,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Наименование услугодателя </w:t>
+ Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министерство юстиции Республики Казахстан</w:t>
+Комитет по правам интеллектуальной собственности Министерства юстиции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3891,87 +4207,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+ Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием документов и выдача результатов оказания государственной услуги осуществляется через веб-портал "электронного правительства": www.egov.kz, www.elicense.kz.</w:t>
+Прием документов и выдача результатов оказания государственной услуги осуществляется через портал www.elicense.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4266,68 +4582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-свидетельство об аккредитации согласно приложению 4 к настоящим Правилам оказания государственной услуги "Аккредитация организаций, управляющих имущественными правами на коллективной основе" сроком на пять лет, либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
-[...16 lines deleted...]
-              <w:t>Форма результата оказания услуги – электронная (частично автоматизированная)</w:t>
+Свидетельство об аккредитации согласно приложению 4 к настоящим Правилам оказания государственной услуги "Аккредитация организаций по коллективному управлению правами", либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4396,51 +4695,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Государственная услуга оказывается бесплатно юридическим лицам </w:t>
+ Государственная услуга оказывается бесплатно юридическим лицам </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4509,184 +4808,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Услугодатель – с понедельника по пятницу включительно с 09.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, согласно </w:t>
+Услугодатель – с понедельника по пятницу включительно с 08.00 до 17.30 часов, с перерывом на обед с 12.00 до 13.30 часов, кроме выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее - Кодекс) и </w:t>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан (далее – Кодекс) и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Закону</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Республики Казахстан "О праздниках в Республике Казахстан" (далее - Закон).</w:t>
-[...77 lines deleted...]
-              <w:t>, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем)</w:t>
+              <w:t xml:space="preserve"> Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Адреса мест оказания государственной услуги размещены на портале www.elicense.kz. </w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Веб-портал – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу и Закону, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4739,342 +4982,282 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя на портал:</w:t>
-            </w:r>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) электронная копия решения общего собрания о прохождении аккредитации;</w:t>
+1) заявление в форме электронного документа, удостоверенного ЭЦП услугополучателя, согласно приложению 1 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>3) электронная копия заключенных организацией двусторонних и многосторонних соглашений с иностранными организациями, управляющими имущественными правами на коллективной основе;</w:t>
+2) электронная копия решения общего собрания о прохождении аккредитации;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>4) электронная копия решения общего собрания относительно размера вознаграждения;</w:t>
+3) электронная копия заключенных организацией двусторонних и многосторонних соглашений с иностранными организациями по коллективному управлению правми.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> с пользователями;</w:t>
+4) электронная копия решения общего собрания относительно размера вознаграждения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>6) электронная копия решения общего собрания относительно способа распределения и выплаты собранного вознаграждения;</w:t>
+5) электронная копия решения общего собрания относительно условия заключения лицензионного договора с пользователями;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>7) электронная копия отзывов правообладателей объектов авторского права и смежных прав в отношении услугополучателя;</w:t>
+6) электронная копия решения общего собрания относительно способа распределения и выплаты собранного вознаграждения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим правилам.</w:t>
+              <w:t>
+7) электронная копия отзывов правообладателей объектов авторского права и смежных прав в отношении услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) форма сведений согласно приложению 3 к настоящим правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) подтверждающие документы о распределении и выплате вознаграждения не менее 20 раз;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) наличие подтверждающих документов о перечислении соответствующих сумм вознаграждения иностранным организациям по коллективному управлению правами на основании действующих договоров о взаимном представительстве интересов за последние пять лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) список членов организации по коллективному управлению правами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о государственной регистрации (перерегистрации) юридического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5107,235 +5290,197 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные Законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При отказе в оказании государственной услуги услугодатель направляет услугополучателю ответ с указанием причин отказа:</w:t>
+Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) непредставление документов, установленных законодательством Республики Казахстан;</w:t>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) неполнота сведений, содержащихся в представленных документах;</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) привлечение к административной ответственности за воспрепятствование должностным лицам органов государственного контроля и надзора в выполнении ими служебных обязанностей, а также невыполнение постановлений, предписаний и иных требований;</w:t>
+3) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) невыполнение и (или) ненадлежащее исполнение организацией обязанностей, предусмотренных </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "Об авторском праве и смежных правах".</w:t>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-В случае принятия услугодателем решения об отказе в аккредитации в связи с невыполнением и (или) ненадлежащим исполнением организацией обязанностей, предусмотренных </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> статьи 43 Закона, в течение двух лет с даты принятия услугодателем решения об отказе в аккредитации.</w:t>
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5368,196 +5513,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+ Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса мест оказания государственной услуги размещены на интернет-ресурсах уполномоченного органа www.adilet.gov.kz.</w:t>
-            </w:r>
-[...27 lines deleted...]
-              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра.</w:t>
+Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги: </w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого контакт-центра.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Контактные телефоны справочных служб по вопросам оказания государственной услуги: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 8 (7172) 74-07-54, 74-06-19. Единый контакт-центр: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5617,427 +5761,482 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">государственной услуги </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Аккредитация организаций,</w:t>
+              <w:t>"Аккредитация организаций</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>управляющих имущественными</w:t>
+              <w:t>по коллективному</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>правами на коллективной основе"</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>управлению правами"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма сведений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">        Сведения, представляемые организацией, управляющей имущественными</w:t>
+        <w:t xml:space="preserve"> Сведения, представляемые организацией по коллективному управлению правами  для прохождения аккредитации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Количество действующих договоров на коллективное управление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>авторскими правами и смежными правами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Количество действующих договоров с пользователями объектов авторского</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>права и смежных прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осуществление деятельности в сфере коллективного управления правами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(количество лет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сведения о лицах, уполномоченных представлять такую организацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в необходимых для правообладателей и пользователей регионах Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сведения о наличии интернет-ресурса ____________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения о проверке деятельности организации по коллективному управлению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правами в области авторского права и смежных прав за последние два года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...243 lines deleted...]
-        <w:t>два года _____________________________________;</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6099,115 +6298,156 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">государственной услуги </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Аккредитация организаций,</w:t>
+              <w:t>"Аккредитация организаций</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>управляющих имущественными</w:t>
+              <w:t>по коллективному</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>правами на коллективной основе"</w:t>
+              <w:t>управлению правами"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="67"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkStart w:name="z91" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
+      Сноска. Приложение 4 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1536700" cy="1371600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -6229,375 +6469,390 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="68"/>
-[...62 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерство юстиции Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"___"__________20___ года № ____ СВИДЕТЕЛЬСТВО</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>об аккредитации организаций по коллективному управлению правами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее свидетельство удостоверяет, что организация по коллективному управлению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правами, которой является ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование организации по коллективному управлению правами)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аккредитовано в следующей сфере:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сфера коллективного управления,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 43 Закона РК "Об авторском праве и смежных правах")</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридический адрес: ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(юридический адрес организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИН ______________________________________________ (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(бизнес-идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Свидетельство об аккредитации выдано сроком на три года,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Действительно до "__"_____20___года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Свидетельство об аккредитации организации по коллективному управлению правам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>может быть отозвано в порядке установленном законодательствам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...239 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -6618,55 +6873,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6988,35 +7243,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>