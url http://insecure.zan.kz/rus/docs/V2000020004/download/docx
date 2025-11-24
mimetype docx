--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d3eed54" w14:textId="d3eed54">
+    <w:p w14:paraId="e8d9a20" w14:textId="e8d9a20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1739,599 +1739,786 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Утратил силу приказом Министра внутренних дел РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 742</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. В </w:t>
+      6. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 17 июля 2014 года № 438 "Об утверждении Правил назначения участковых инспекторов полиции" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 9696, опубликован 13 января 2016 года в Информационно-правовой системе "Әділет"):</w:t>
+        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 2 декабря 2014 года № 862 "Об утверждении Правил государственной регистрации и учета отдельных видов транспортных средств по идентификационному номеру транспортного средства, подготовки водителей механических транспортных средств, приема экзаменов и выдачи водительских удостоверений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10056, опубликован 21 января 2015 года в газете "Казахстанская правда"):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z42" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Начальникам Департаментов полиции (далее - ДП) областей, городов Нур-Султан, Алматы, Шымкента и представительства Министерства внутренних дел Республики Казахстан (далее – МВД) в городе Байконыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z48" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить изучение настоящего приказа личным составом органов внутренних дел, а также изготовление служебной документации, предусмотренной Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z49" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организовать работу органов внутренних дел в соответствии с требованиями настоящего приказа.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z50" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 декабря 2014 года № 874 "Об утверждении форм и образцов бланков водительского удостоверения и свидетельства о регистрации транспортного средства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10064, опубликован 21 января 2015 года № 12 (27888) в газете "Казахстанская правда":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Образец</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бланка водительского удостоверения, утвержденный указанным приказом, изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему перечню.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 января 2015 года № 5 "Об утверждении квалификационных требований и перечня документов, подтверждающих соответствие им, для деятельности по разработке, производству, ремонту, торговле, коллекционированию, экспонированию гражданского и служебного оружия и патронов к нему" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10352, опубликованный 30 июля 2015 года в газете "Казахстанская правда" № 143 (28019), 30 июля 2015 года в газете "Егемен Қазақстан" № 143 (28621):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z53" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилах</w:t>
-[...261 lines deleted...]
-      2) организовать работу органов внутренних дел в соответствии с требованиями настоящего приказа.".</w:t>
+        <w:t>Квалификационных требованиях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и перечне документов, подтверждающих соответствие им, для осуществления деятельности по разработке, производству, ремонту, торговле, коллекционированию, экспонированию гражданского и служебного оружия и патронов к нему:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z50" w:id="30"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 декабря 2014 года № 874 "Об утверждении форм и образцов бланков водительского удостоверения и свидетельства о регистрации транспортного средства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10064, опубликован 21 января 2015 года № 12 (27888) в газете "Казахстанская правда":</w:t>
+    <w:bookmarkStart w:name="z54" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 10 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...111 lines deleted...]
-        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 января 2015 года № 5 "Об утверждении квалификационных требований и перечня документов, подтверждающих соответствие им, для деятельности по разработке, производству, ремонту, торговле, коллекционированию, экспонированию гражданского и служебного оружия и патронов к нему" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10352, опубликованный 30 июля 2015 года в газете "Казахстанская правда" № 143 (28019), 30 июля 2015 года в газете "Егемен Қазақстан" № 143 (28621):</w:t>
+    <w:bookmarkStart w:name="z55" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z53" w:id="32"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> и перечне документов, подтверждающих соответствие им, для осуществления деятельности по разработке, производству, ремонту, торговле, коллекционированию, экспонированию гражданского и служебного оружия и патронов к нему:</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Соответствия требованиям органов внутренних дел по порядку хранения, сохранности и учета оружия и патронов к нему </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункт 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правил оборота оружия и патронов к нему в Республике Казахстан, утвержденные Постановлением Правительства Республики Казахстан от 3 августа 2000 года № 1176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Документ не представляется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+После подачи заявления сотрудником органа внутренних дел производится обследование объекта, помещения. Форма завершения – составляется акт о проверке объекта согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Инструкции по организации деятельности подразделений органов внутренних дел по контролю в сфере оборота гражданского и служебного оружия, утвержденной приказом Министра внутренних дел Республики Казахстан от 29 марта 2016 года № 313 зарегистрированного в Реестре государственной регистрации нормативных правовых актов № 13694 (далее – Приказ № 313)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z56" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z54" w:id="33"/>
-[...15 lines deleted...]
-      пункт 10 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 18 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z55" w:id="34"/>
+    <w:bookmarkStart w:name="z58" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -2364,127 +2551,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> Правил оборота оружия и патронов к нему в Республике Казахстан, утвержденные Постановлением Правительства Республики Казахстан от 3 августа 2000 года № 1176</w:t>
+              <w:t>
+Соответствия требованиям органов внутренних дел по порядку хранения, сохранности и учета оружия и патронов к нему</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2511,118 +2658,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к Инструкции по организации деятельности подразделений органов внутренних дел по контролю в сфере оборота гражданского и служебного оружия, утвержденной приказом Министра внутренних дел Республики Казахстан от 29 марта 2016 года № 313 зарегистрированного в Реестре государственной регистрации нормативных правовых актов № 13694 (далее – Приказ № 313)</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказ № 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="35"/>
+    <w:bookmarkStart w:name="z59" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z57" w:id="36"/>
-[...15 lines deleted...]
-      пункт 18 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z60" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 25 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:bookmarkStart w:name="z61" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -2655,87 +2792,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствия требованиям органов внутренних дел по порядку хранения, сохранности и учета оружия и патронов к нему</w:t>
+Соответствия требованиям органов внутренних дел порядка хранения, сохранности и учета оружия и патронов к нему</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2779,91 +2916,91 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказ № 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="38"/>
+    <w:bookmarkStart w:name="z62" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z60" w:id="39"/>
-[...15 lines deleted...]
-      пункт 25 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z63" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 28 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z61" w:id="40"/>
+    <w:bookmarkStart w:name="z64" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -2896,87 +3033,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствия требованиям органов внутренних дел порядка хранения, сохранности и учета оружия и патронов к нему</w:t>
+Соответствия требованиям органов внутренних дел по порядку хранения, сохранности и учета оружия и патронов к нему</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3020,91 +3157,91 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказ № 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="41"/>
+    <w:bookmarkStart w:name="z65" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z63" w:id="42"/>
-[...15 lines deleted...]
-      пункт 28 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z66" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 31 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z64" w:id="43"/>
+    <w:bookmarkStart w:name="z67" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -3137,234 +3274,254 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z68" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Условий, обеспечивающих сохранность оружия и патронов к нему, безопасность их хранения и исключающих доступ к ним посторонних лиц.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для частного оружия – по месту проживания владельцев оружия и патронов к нему в жилых помещениях, в запирающихся на замок сейфах или металлических шкафах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствия требованиям органов внутренних дел по порядку хранения, сохранности и учета оружия и патронов к нему</w:t>
+Документ не представляется</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Документ не представляется</w:t>
-[...34 lines deleted...]
-              <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказ № 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="44"/>
+    <w:bookmarkStart w:name="z69" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z67" w:id="46"/>
+    <w:bookmarkStart w:name="z70" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 35 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z71" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3378,254 +3535,314 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
-[...55 lines deleted...]
-Для частного оружия – по месту проживания владельцев оружия и патронов к нему в жилых помещениях, в запирающихся на замок сейфах или металлических шкафах</w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Документ не представляется</w:t>
+Соответствия требованиям органов внутренних дел по порядку хранения, сохранности и учета оружия и патронов к нему</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Документ не представляется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказ № 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="48"/>
-[...15 lines deleted...]
-      ";</w:t>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z70" w:id="49"/>
-[...15 lines deleted...]
-      пункт 35 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z73" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 января 2015 года № 6 "Об утверждении квалификационных требований и перечня документов, подтверждающих соответствие им, для деятельности по разработке, производству, торговле, использованию гражданских пиротехнических веществ  и изделий с их применением" (зарегистрированный в Министерстве юстиции Республики Казахстан 27 февраля 2015 года № 10353, опубликованный 18 марта 2015 года в информационно-правовой системе "Әділет", 30 июля 2015 года в газете "Казахстанская правда" № 143 (28019), 30 июля 2015 года в "Егемен Қазақстан" № 143 (28621):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z71" w:id="50"/>
+    <w:bookmarkStart w:name="z74" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационных требованиях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и перечне документов, подтверждающие соответствие им, для осуществления деятельности по разработке, производству, торговле и использованию гражданских пиротехнических веществ и изделий с их применением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z75" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 6 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z76" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3639,87 +3856,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствия требованиям органов внутренних дел по порядку хранения, сохранности и учета оружия и патронов к нему</w:t>
+соответствия требованиям органов внутренних дел по порядку хранения, сохранности и учета гражданских пиротехнических веществ и изделий с их применением</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3746,188 +3963,118 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>Приказ № 313</w:t>
+              <w:t xml:space="preserve">
+После подачи заявления сотрудником органа внутренних дел производится обследование объекта, помещения. Форма завершения – составляется акт о проверке объекта согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Инструкции по организации деятельности подразделений органов внутренних дел по контролю в сфере оборота гражданского и служебного оружия, утвержденной приказом Министра внутренних дел Республики Казахстан № 313 зарегистрированного в Реестре государственной регистрации нормативных правовых актов № 13694 (далее – Приказ № 313)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="51"/>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> и перечне документов, подтверждающие соответствие им, для осуществления деятельности по разработке, производству, торговле и использованию гражданских пиротехнических веществ и изделий с их применением:</w:t>
+    <w:bookmarkStart w:name="z77" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z75" w:id="54"/>
-[...15 lines deleted...]
-      пункт 6 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z78" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 10 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z76" w:id="55"/>
+    <w:bookmarkStart w:name="z79" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -3960,51 +4107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4067,118 +4214,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к Инструкции по организации деятельности подразделений органов внутренних дел по контролю в сфере оборота гражданского и служебного оружия, утвержденной приказом Министра внутренних дел Республики Казахстан № 313 зарегистрированного в Реестре государственной регистрации нормативных правовых актов № 13694 (далее – Приказ № 313)</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказ № 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="56"/>
+    <w:bookmarkStart w:name="z80" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z78" w:id="57"/>
-[...15 lines deleted...]
-      пункт 10 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z81" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 14 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z79" w:id="58"/>
+    <w:bookmarkStart w:name="z82" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -4211,51 +4348,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4335,91 +4472,91 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказ № 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="59"/>
+    <w:bookmarkStart w:name="z83" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z81" w:id="60"/>
-[...15 lines deleted...]
-      пункт 14 изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z84" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пункт 18 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z82" w:id="61"/>
+    <w:bookmarkStart w:name="z85" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -4452,51 +4589,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4576,451 +4713,210 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказ № 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="62"/>
-[...15 lines deleted...]
-      ";</w:t>
+    <w:bookmarkStart w:name="z86" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z84" w:id="63"/>
-[...240 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="66"/>
+    <w:bookmarkStart w:name="z87" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 24 февраля 2015 года № 150 "Об утверждении Правил приема, учета, хранения и обеспечения сохранности в органах внутренних дел изъятого, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов" (зарегистрированный  в Министерстве юстиции Республики Казахстан 27 марта 2015 года № 10565, опубликованный 6 января 2016 года в информационно-правовой системе "Әділет", в газете "Казахстанская правда" от 27 февраля 2016 года № 39 (28165), "Егемен Қазақстан" 27 февраля 2016 года № 39 (28767):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z88" w:id="67"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z88" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приема, учета, хранения и обеспечения сохранности в органах внутренних дел изъятого, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z89" w:id="68"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z89" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z90" w:id="69"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z90" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5033,70 +4929,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="70"/>
+    <w:bookmarkStart w:name="z92" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Для организации приема поступающего изъятого по административным  и гражданским делам, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов (далее – предметов вооружения), а также в целях осуществления контроля за порядком его приема, учета, хранения и сохранностью в Департаментах полиции областей, городов республиканского значения, столицы и на транспорте (далее – ДП(Т), городских, районных и линейных подразделениях органов внутренних дел (далее – горрайлинорганы) приказами начальников ДП(Т) создаются постоянно действующие комиссии по контролю и приему изъятого по административным и гражданским делам, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов (далее – комиссия).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5109,150 +5005,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="71"/>
+    <w:bookmarkStart w:name="z94" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "4. В состав комиссии включаются представители подразделений административной и криминальной полиции, следствия, собственной безопасности, тылового обеспечения оперативно-криминалистических подразделений (далее – ОКП) и информатизации и связи (далее – ИС) ДП(Т). Возглавляются эти комиссии одним из заместителей начальников ДП(Т). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z95" w:id="72"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z95" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указанные комиссии осуществляют прием предметов вооружения на склады арттехвооружения ДП(Т) (далее – АТВ), а также проверки ДП(Т), горрайлинорганов по соблюдению требований настоящих Правил.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z96" w:id="73"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z96" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z97" w:id="74"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z97" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Порядок приема изъятого, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов в органах внутренних дел";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5265,70 +5161,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="75"/>
+    <w:bookmarkStart w:name="z99" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. Все незарегистрированное в органах внутренних дел (далее – ОВД) оружие направляется в ОКП для определения пригодности к выстрелу и отнесению его типа и вида, в случае отсутствия идентификационного номера, марки, модели или невозможности их определения (нечеткое отображение) оружие направляется в ОКП ДП(Т) для проведения криминалистических исследований по установлению уничтоженных заводских номеров, маркировки.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5341,70 +5237,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="76"/>
+    <w:bookmarkStart w:name="z101" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "42. Допускается передача добровольно сданного оружия по запросу ОКУ(О) – для создания, пополнения, замены в справочных коллекциях и музеев Министерства внутренних дел Республики Казахстан (далее – МВД РК), ДП(Т) – для экспонирования.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5417,90 +5313,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="77"/>
+    <w:bookmarkStart w:name="z103" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "45. Передача для создания, пополнения, замены в справочных коллекциях ОКП, экспонирования в музеях МВД РК, ДП(Т) производится только со склада АТВ сотрудниками УТО ДП на основании направления на передачу оружия по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, которое подписывается начальником УТО, регистрируется по журналу исходящей корреспонденции и скрепляется гербовой печатью ДП(Т).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5513,90 +5409,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="78"/>
+    <w:bookmarkStart w:name="z105" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "46. Информация о движении предметов вооружения (передача для создания, пополнения, замены в справочных коллекциях ОКП, экспонирования в музеях МВД РК, ДП(Т) заносятся заведующим складом в книгу учета изъятого, добровольно сданного, найденного оружия и боеприпасов поступивших на склад АТВ по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, по оружию незарегистрированному в ОВД в течении суток в подразделения информатизации  и связи направляется рапорт содержащий информацию о передвижении оружия, для внесения соответствующих корректировок в ИБД, по оружию зарегистрированному в ОВД в течении суток сотруднику КОГСО направляется рапорт содержащий информацию о передвижении оружия, для внесения соответствующих корректировок в ИБД.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5609,130 +5505,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="79"/>
+    <w:bookmarkStart w:name="z107" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "48. Огнестрельное оружие из числа изъятого, добровольно сданного, найденного, для создания, пополнения, замены в справочных коллекциях оперативно-криминалистических подразделений, экспонирования в музеях МВД РК, ДП(Т) выдается только со склада АТВ ДП(Т) по письменному указанию заместителя Министра внутренних дел Республики Казахстан, начальника ДП(Т).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z108" w:id="80"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z108" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац первый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z109" w:id="81"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z109" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "50. Оружие, передаваемое для экспонирования в музеи МВД, ДП(Т), сотрудниками службы вооружения приводится в состояние непригодное для производства выстрела:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5745,70 +5641,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="82"/>
+    <w:bookmarkStart w:name="z111" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "58. Для сдачи оружия и боеприпасов в УТО (ОТО) ДП направляется письмо подписанное начальником территориального подразделения внутренних дел, сдающего оружие и боеприпасы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5821,70 +5717,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="83"/>
+    <w:bookmarkStart w:name="z113" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "60. УТО (ОТО) ДП в течении двух рабочих дней направляет ответ о согласии или отказе в приеме предметов вооружения (в случае отказа прилагается мотивированное пояснение).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5917,110 +5813,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="84"/>
+    <w:bookmarkStart w:name="z115" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "62. Прием оружия и боеприпасов от юридических лиц непригодного к дальнейшему использованию служебного оружия и патронов к нему для дальнейшего уничтожения осуществляется по их письменному ходатайству о передаче оружия, боеприпасов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с разрешения начальника или заместителя начальника ДП(Т) после уведомления подразделения КОГСО по территориальности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z116" w:id="85"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z116" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Прием оружия и боеприпасов от юридических лиц пригодного  к дальнейшему использованию служебного оружия и патронов к нему для временного осуществляется по их письменному ходатайству о передаче оружия, боеприпасов по форме согласно приложению 14 к настоящим Правилам с разрешения начальника или заместителя начальника ДП(Т) после уведомления подразделения КОГСО по территориальности, в ходатайстве указывается срок хранения, с отметкой о том, что в случае если владелец оружия не обратился в ОВД с обращением о возврате оружия до окончания указанного в ходатайстве срока без уважительной причины (болезнь, длительная командировка) сданное оружие безвозмездно переходит в собственность государства.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6033,70 +5929,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="86"/>
+    <w:bookmarkStart w:name="z118" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "77. Служба вооружения ДП(Т) ежемесячно направляет отчет о принятых, находящихся на хранении и утилизированных предметах вооружения в Департамент тыла МВД РК.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6109,190 +6005,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="87"/>
+    <w:bookmarkStart w:name="z120" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "79. Транспортировка предметов вооружения от органа внутренних дел до склада государственного учреждения "База военного и специального снабжения "Южная" для утилизации осуществляется сотрудниками подразделений УТО, ОТО ДП(Т) на специализированном автотранспорте в сопровождении вооруженной охраны и экипажа патрульной полиции на патрульной машине.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z121" w:id="88"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z121" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z122" w:id="89"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z122" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 3. Порядок учета изъятого, добровольно сданного, найденного оружия и боеприпасов в органах внутренних дел";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z123" w:id="90"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z123" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z124" w:id="91"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z124" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 4. Хранение изъятого, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6305,210 +6201,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="92"/>
+    <w:bookmarkStart w:name="z126" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "98. Порядок приема, хранения, учета изъятого, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов в ОВД, на складах АТВ проверяется:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z127" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) начальниками городских, районных, линейных подразделений полиции в своих подразделениях - не реже одного раза в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z128" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) членами постоянно действующей комиссии ДП(Т) - не менее одного раза в квартал, а также по фактам чрезвычайных происшествий, связанных с недостачей, излишками, хищениями оружия и боеприпасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z129" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сотрудниками МВД РК – во время комплексных, инспекторских, контрольных проверок ДП(Т), а также по фактам чрезвычайных происшествий, связанных с недостачей, излишками, хищениями оружия и боеприпасов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z127" w:id="93"/>
-[...15 lines deleted...]
-      1) начальниками городских, районных, линейных подразделений полиции в своих подразделениях - не реже одного раза в месяц;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в соответствии с планами МВД РК, ДП(Т) один раз в год проводится документальная ревизия правильности учета, приема и передачи изъятого, добровольно сданного, найденного оружия и боеприпасов, взрывчатых материалов, а также инвентаризация всего хранящегося в органах внутренних дел, камерах вещественных доказательств, складах АТВ оружия и боеприпасов.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z128" w:id="94"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="97"/>
+    <w:bookmarkStart w:name="z131" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z132" w:id="98"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z132" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "в городских, районных, линейных подразделениях полиции – порядок оформления сотрудником КОГСО квитанций на сданное оружие и боеприпасы, взрывчатые материалы своевременность доклада руководству оперативным дежурным ОВД о принятых предметах, соблюдение правил перевозки и сроков сдачи оружия на склад АТВ ДП(Т);";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6521,131 +6417,131 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="99"/>
+    <w:bookmarkStart w:name="z134" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "103. О всех случаях недостач, излишков, утрат и порчи изъятого, добровольно сданного, найденного оружия, боеприпасов и взрывчатых материалов, а также фактах их сокрытия от учета, присвоения работниками ОВД, немедленно сообщается в установленном порядке в МВД РК, ДП(Т), а затем в течение одного месяца высылаются копии заключений по результатам служебных проверок, приказов о наказании виновных лиц.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z135" w:id="100"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z135" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 27 марта 2015 года № 266 "Об утверждении Правил добровольной возмездной сдачи гражданами незаконно хранящихся огнестрельного оружия, боеприпасов  и взрывчатых веществ" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10840, опубликованный 9 сентября 2015 года в информационно-правовой системе "Әділет", в газете "Казахстанская правда" 13 августа 2016 года № 155 (28281), "Егемен Қазақстан" 13 августа  2016 года № 155 (28883):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z136" w:id="101"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z136" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       преамбулу изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z137" w:id="102"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z137" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с подпунктом 8-3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6660,391 +6556,391 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 29 Закона Республики Казахстан от 30 декабря 1998 года "О государственном контроле за оборотом отдельных видов оружия", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z138" w:id="103"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z138" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> добровольной возмездной сдачи гражданами незаконно хранящихся огнестрельного оружия, боеприпасов и взрывчатых веществ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z139" w:id="104"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z139" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z140" w:id="105"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z140" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z141" w:id="106"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z141" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z142" w:id="107"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z142" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Антикварное оружие (огнестрельное оружие, изготовленное до 1899 года, за исключением огнестрельного оружия, изготовленного для стрельбы унитарными патронами центрального боя) и оружие, имеющее культурную ценность, по решению комиссии может передаваться в натурные коллекции оперативно-криминалистических подразделений или музеи Министерства внутренних дел, департаментов полиции областей, городов республиканского значения, столицы и на транспорте.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z143" w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z143" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z144" w:id="109"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z144" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Порядок сдачи и регистрации огнестрельного оружия, боеприпасов и взрывчатых веществ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z145" w:id="110"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z145" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z146" w:id="111"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z146" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 3. Порядок создания и работы комиссии по установлению вознаграждения за сданное огнестрельное оружие, боеприпасы и взрывчатые вещества";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z147" w:id="112"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z147" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z148" w:id="113"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z148" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Состав комиссий утверждается приказами начальников Департаментов полиции областей, городов республиканского значения, столицы и состоит из сотрудников подразделений тылового и финансового обеспечения, по контролю за оборотом гражданского и служебного оружия, криминальной полиции, собственной безопасности, оперативно-криминалистической, информатизации и связи.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7057,130 +6953,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="114"/>
+    <w:bookmarkStart w:name="z150" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12. Комиссии создаются в каждом ГОРОП Департаментов полиции областей, городов республиканского значения и столицы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z151" w:id="115"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z151" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z152" w:id="116"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z152" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Первый экземпляр заключения направляется в бухгалтерию Департаментов полиции областей, городов республиканского значения, столицы и является основанием для выплаты вознаграждения гражданину за сданное вооружение.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7193,270 +7089,270 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="117"/>
+    <w:bookmarkStart w:name="z154" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. Материалы работы комиссий ГОРОП еженедельно обобщаются департаментами полиции областей, городов республиканского значения и столицы, направляются в соответствующие службы (комитеты административной, криминальной полиции и Департамент финансового обеспечения) центрального аппарата Министерства внутренних дел по утвержденным формам отчетности.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z155" w:id="118"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z155" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z156" w:id="119"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z156" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 4. Порядок выплаты вознаграждений";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z157" w:id="120"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z157" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац первый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z158" w:id="121"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z158" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "21. Сотрудники подразделения по контролю за оборотом гражданского и служебного оружия ГОРОП (члены комиссий) для выплаты денежных средств направляют в службы финансового обеспечения (бухгалтерии) Департаментов полиции областей, городов республиканского значения и столицы следующие документы:".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z159" w:id="122"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z159" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 8 апреля 2015 года № 319 "Об утверждении Правил приобретения, хранения, учета, использования, перевозки, уничтожения, ввоза, вывоза гражданских пиротехнических веществ и изделий с их применением" (зарегистрированный  в Реестре государственной регистрации нормативных правовых актов за № 11193, опубликованный 9 сентября 2015 года в информационно-правовой системе "Әділет", в газете "Казахстанская правда" 3 сентября 2016 года № 169 (28295), "Егемен Қазақстан" 3 сентября 2016 года № 169 (28897):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z160" w:id="123"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z160" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приобретения, хранения, учета, использования, перевозки, уничтожения, ввоза, вывоза гражданских пиротехнических веществ и изделий с их применением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7469,150 +7365,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="124"/>
+    <w:bookmarkStart w:name="z162" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "20. Пиротехнические вещества и изделия IV класса опасности по месту их хранения реализуются со складов другим юридическим лицам, выданная по территориальности Департаментами полиции областей, городов республиканского значения, столицы и на транспорте.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z163" w:id="125"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z163" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 23 апреля 2015 года № 386 "Об утверждении Правил изготовления, хранения и учета бланков свидетельств о регистрации транспортных средств, присвоения и изготовления государственных регистрационных номерных знаков транспортных средств в подразделениях органов внутренних дел Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11186, опубликован 10 июня 2015 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z164" w:id="126"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z164" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изготовления, хранения и учета бланков свидетельств о регистрации транспортных средств, присвоения и изготовления государственных регистрационных номерных знаков транспортных средств в подразделениях органов внутренних дел Республики Казахстан, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7625,130 +7521,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="127"/>
+    <w:bookmarkStart w:name="z166" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12. Допускается повторное присвоение ГРНЗ, бывших в пользовании на транспортные средства прежним владельцам (в том числе бывших в пользовании государственных органов), при их соответствии требованиям национального стандарта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z167" w:id="128"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z167" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По волеизъявлению правопреемника (наследника) допускается повторная выдача прежних ГРНЗ на транспортное средство, являющееся предметом наследования, при их соответствии требованиям национального стандарта и государственной регистрации транспортного средства в пределах одного региона с уплатой государственных пошлин установленных Налоговым Кодексом.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z168" w:id="129"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z168" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан  от 29 декабря 2015 года № 1095 "Об утверждении Правил организации деятельности участковых инспекторов полиции, ответственных за организацию работы участкового пункта полиции, участковых инспекторов полиции и их помощников" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 13004, опубликованный 11 февраля 2016 года  в информационно-правовой системе "Әділет", в газете "Казахстанская правда" 1 сентября 2016 года № 167 (28293), "Егемен Қазақстан" 1 сентября 2016 года № 167 (28895):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7761,220 +7657,220 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнить подпунктом 19-1) следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="130"/>
+    <w:bookmarkStart w:name="z170" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "19-1) Участковый инспектор полиции в пределах своей компетенции осуществляет взаимодействие с подразделением по контролю за оборотом гражданского и служебного оружия по вопросу контроля за соблюдением владельцами гражданского оружия установленных требований по хранению принадлежащих им оружия и патронов к нему.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z171" w:id="131"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z171" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участковый инспектор полиции осуществляет проверку по месту жительства лиц, имеющих в личном пользовании огнестрельное оружие не реже одного раза в год, за исключением проверок, проводимых органами полиции в период проведения оперативно-профилактических мероприятий, а также по заданию сотрудника подразделения по контролю за оборотом гражданского и служебного оружия (далее – КОГСО) лиц претендующих на получение разрешений на приобретение, хранение, хранение и ношение оружия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z172" w:id="132"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z172" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам проверки участковый инспектор полиции составляет рапорт согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Инструкции по организации деятельности подразделений органов внутренних дел по контролю в сфере оборота гражданского и служебного оружия, утвержденной приказом Министра внутренних дел Республики Казахстан от 29 марта 2016 года № 313 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 13694), и в течении 5 рабочих дней направляет данный рапорт, а также в случае выявления нарушений правил хранения оружия проверочные материалы (копии протоколов об административном правонарушении, изъятия оружия и др.) сотруднику КОГСО.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z173" w:id="133"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z173" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 29 марта 2016 года № 313 "Об утверждении Инструкции по организации деятельности подразделений органов внутренних дел по контролю в сфере оборота гражданского и служебного оружия" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 13694, опубликованный 31 мая 2016 года в информационно-правовой системе "Әділет",</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в газете "Казахстанская правда" 23 мая 2017 года № 96 (28475), "Егемен Қазақстан" 23 мая 2017 года № 96 (29077):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z175" w:id="134"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z175" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инструкции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по организации деятельности подразделений органов внутренних дел по контролю в сфере оборота гражданского и служебного оружия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7987,70 +7883,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="135"/>
+    <w:bookmarkStart w:name="z177" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Единую систему контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением образуют подразделения КОГСО Комитета административной полиции (далее – КАП) Министерства внутренних дел Республики Казахстан (далее – МВД), Департаментов полиции областей, городов республиканского значения, столицы и на транспорте (далее – ДП(Т), городских, районных и линейных управлений, отделов полиции (далее – ГОРОП, ЛУ(О)П).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8063,310 +7959,310 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="136"/>
+    <w:bookmarkStart w:name="z179" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7. Ведомственный контроль, за деятельностью подразделений КОГСО осуществляют:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z180" w:id="137"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z180" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в центральном аппарате МВД – заместитель министра внутренних дел, курирующий КАП, заместитель председателя КАП курирующий Управление КОГСО;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z181" w:id="138"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z181" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в ДП(Т) заместители начальников ДП(Т) курирующие Управления административной полиции (далее – УАП), начальники УАП, заместители начальников УАП курирующие подразделения КОГСО;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z182" w:id="139"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z182" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в ГОРОП (ЛУ(О)П) заместители начальников ГОРОП (ЛУ(О)П) курирующие ОАП, начальники ОАП, заместители начальников ОАП курирующие подразделения КОГСО."; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z183" w:id="140"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z183" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подпункт 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z184" w:id="141"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z184" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1) оказывают государственные услуги в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Реестром</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных услуг, утвержденным постановлением Правительства Республики Казахстан от 18 сентября 2013 года № 983 (далее – Реестр).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z185" w:id="142"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z185" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В подразделениях КОГСО ДП(Т), ГОРОП и ЛУ(О)П приказом начальника ОВД назначается ответственный сотрудник за оказание государственных услуг в сфере оборота гражданского и служебного оружия и патронов к нему, а также гражданских пиротехнических веществ и изделий с их применением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z186" w:id="143"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z186" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       С целью выявления, устранения и недопущения нарушений требований законодательства Республики Казахстан в сфере оказания государственных услуг, подразделениями КОГСО МВД и ДП(Т), в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по делам государственной службы  и противодействию коррупции от 8 декабря 2016 года № 78 "Об утверждении Правил государственного контроля за качеством оказания государственных услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 14740) осуществляется внутренний контроль за качеством оказания государственных услуг в форме контрольного мероприятия и мониторинга качества оказания государственных услуг;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z187" w:id="144"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z187" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить пунктом 13-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z188" w:id="145"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z188" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13-1. Сотрудники КОГСО, оказывающие государственные услуги и закрепленные за качеством их исполнения, освобождаются от дежурства (нарядов), а также участия оперативно-профилактических мероприятий за исключением мероприятий по контролю за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, гражданских пиротехнических веществ и изделий с их применением.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8379,290 +8275,290 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="146"/>
+    <w:bookmarkStart w:name="z190" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. Управление по контролю за оборотом гражданского и служебного оружия КАП МВД (далее – УКОГСО) в рамках проводимой работы по осуществлению контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z191" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет ведомственный контроль за деятельностью подразделений КОГСО ДП(Т), ГОРОП и ЛУ(О)П по вопросам исполнения Решений Коллегий МВД, оперативных совещаний, указаний МВД, качества оказания государственных услуг, участия в проведении розыскных мероприятий по похищенному  и утерянному гражданскому и служебному оружию, организации проведения мероприятий по установлению владельцев гражданского оружия, местонахождение которых не известно, законности выдачи разрешительных документов в сферах оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий), формирования и ведения учета "Зарегистрированное оружие" ИБД МВД, формирования ГБД "Е-лицензирование" и осуществления контроля за деятельностью физических и юридических лиц, занятых в сферах оборота гражданского и служебного оружия, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z192" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет подбор кадров КОГСО ДП (Т), ГОРОП и ЛУ(О)П, вносит предложения об их поощрении, наказании, перемещения по службе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z193" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в соответствии с планами работы МВД или в порядке реагирования на недостатки в работе проводит инспектирование и целевые проверки подразделений КОГСО ДП (Т), ГОРОП и ЛУ(О)П.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z191" w:id="147"/>
-[...15 lines deleted...]
-      1) осуществляет ведомственный контроль за деятельностью подразделений КОГСО ДП(Т), ГОРОП и ЛУ(О)П по вопросам исполнения Решений Коллегий МВД, оперативных совещаний, указаний МВД, качества оказания государственных услуг, участия в проведении розыскных мероприятий по похищенному  и утерянному гражданскому и служебному оружию, организации проведения мероприятий по установлению владельцев гражданского оружия, местонахождение которых не известно, законности выдачи разрешительных документов в сферах оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий), формирования и ведения учета "Зарегистрированное оружие" ИБД МВД, формирования ГБД "Е-лицензирование" и осуществления контроля за деятельностью физических и юридических лиц, занятых в сферах оборота гражданского и служебного оружия, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);</w:t>
+    <w:bookmarkStart w:name="z194" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверки осуществляются на основе тщательного анализа состояния деятельности подразделений КОГСО ДП(Т), ГОРОП и ЛУ(О)П, особенностей регионов, количества контролируемых объектов и владельцев гражданского оружия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z192" w:id="148"/>
-[...15 lines deleted...]
-      2) осуществляет подбор кадров КОГСО ДП (Т), ГОРОП и ЛУ(О)П, вносит предложения об их поощрении, наказании, перемещения по службе;</w:t>
+    <w:bookmarkStart w:name="z195" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ходе проверок оказывается методическая и практическая помощь, в том числе по совершенствованию деятельности подразделений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z193" w:id="149"/>
-[...15 lines deleted...]
-      3) в соответствии с планами работы МВД или в порядке реагирования на недостатки в работе проводит инспектирование и целевые проверки подразделений КОГСО ДП (Т), ГОРОП и ЛУ(О)П.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на основании анализа состояния преступности, с применением зарегистрированного в ОВД гражданского и служебного оружия, результатов работы подразделений основанных на отчетных данных, материалов инспектирования, проверок, мониторинга оказываемых государственных услуг разрабатывает ежеквартальные планы работ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z194" w:id="150"/>
-[...15 lines deleted...]
-      Проверки осуществляются на основе тщательного анализа состояния деятельности подразделений КОГСО ДП(Т), ГОРОП и ЛУ(О)П, особенностей регионов, количества контролируемых объектов и владельцев гражданского оружия.</w:t>
+    <w:bookmarkStart w:name="z197" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с планами проводятся организационные и практические мероприятия, направленные на профилактику преступлений с применением зарегистрированного гражданского и служебного оружия, его краж и утерь, повышение качества осуществления контроля за оборотом, зарегистрированного  в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением, оказываемых государственных услуг и уровня ведомственного контроля, обеспечивается своевременное принятие решений и практических мер по устранению недостатков  в работе подразделений КОГСО;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z195" w:id="151"/>
-[...15 lines deleted...]
-      В ходе проверок оказывается методическая и практическая помощь, в том числе по совершенствованию деятельности подразделений;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) на основании предложений подразделений КОГСО ДП(Т) формирует предложения по совершенствованию контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением, и качества оказываемых государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z196" w:id="152"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z199" w:id="155"/>
+    <w:bookmarkStart w:name="z199" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) разрабатывает, издает и ведет Государственный кадастр гражданского и служебного оружия и патронов к нему в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 31 марта 2015 года № 283 "Об утверждении Правил разработки, издания и ведения Государственного кадастра гражданского и служебного оружия и патронов к нему" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11045);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z200" w:id="156"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z200" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) разрабатывает предложения по внесению изменений и дополнений в международные нормативные правовые акты и Республики Казахстан по вопросам контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8675,190 +8571,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="157"/>
+    <w:bookmarkStart w:name="z202" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "17. УКОГСО в пределах своей компетенции выдает разрешения на приобретение, хранение, хранение и ношение, перевозку служебного оружия  и патронов к нему предназначенного для использования в целях обеспечения личной безопасности должностных лиц государственных органов, должности которых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года "О государственной службе Республики Казахстан" отнесены к политическим, депутатами Парламента Республики Казахстан, а также наградного оружия гражданам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z203" w:id="158"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z203" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       УКГСО согласовывает заявления на лицензию на импорт (экспорт) гражданских пиротехнических веществ и изделий с их применением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z204" w:id="159"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z204" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Все виды вышеуказанных разрешений подписываются председателем КАП МВД и его заместителями.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z205" w:id="160"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z205" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфа 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z206" w:id="161"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z206" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Параграф 2. Организация работы подразделений КОГСО ДП(Т)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8871,1090 +8767,1090 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="162"/>
+    <w:bookmarkStart w:name="z208" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "20. Подразделения КОГСО УАП ДП(Т) в процессе осуществления контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z209" w:id="163"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z209" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формируют учет "Зарегистрированное оружие" ИБД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z210" w:id="164"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z210" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осуществляют ввод, корректировку и снятие с учета "Зарегистрированное оружие" ИБД гражданского, служебного и наградного оружия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z211" w:id="165"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z211" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проверяют представленные субъектами, имеющими право на приобретение оружия (государственные органы, должностные лица которых наделены правом хранения и ношения служебного оружия, юридические лица с особыми уставными задачами, охотохозяйственные организации, спортивные организации  и организации образования) сведения об имеющемся и потребном количестве оружия и патронов к нему, которые оформляются в двух экземплярах по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам оборота оружия и патронов к нему в Республике Казахстан, утвержденной постановлением Правительства от 3 августа 2000 года № 1176, на служебное нарезное, гладкоствольное, огнестрельное бесствольное, газовое с возможностью стрельбы патронами травматического действия и электрическое оружие;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z212" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Первый экземпляр хранится в контрольно-наблюдательном деле, находящемся в подразделениях КОГСО, второй экземпляр у ответственного за приобретение и сохранность оружия и патронов к нему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z213" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При производстве расчета на единицу оружия и количества патронов на неснижаемый запас на единицу оружия, практические стрельбы на одного человека, проверке боя на единицу оружия, необходимо руководствоваться штатной численностью сотрудников организаций, допущенных к хранению и ношению служебного оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z214" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На вакантные должности расчет потребного количества оружия и патронов не производится.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z212" w:id="166"/>
-[...15 lines deleted...]
-      3) Первый экземпляр хранится в контрольно-наблюдательном деле, находящемся в подразделениях КОГСО, второй экземпляр у ответственного за приобретение и сохранность оружия и патронов к нему.</w:t>
+    <w:bookmarkStart w:name="z215" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Штатное расписание сотрудников юридических лиц, с указанием Ф.И.О. (при его наличии) и должности допущенных к хранению и ношению служебного оружия, представляется в произвольной форме, заверенной подписью руководителя и печатью юридического лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z213" w:id="167"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z216" w:id="170"/>
+    <w:bookmarkStart w:name="z216" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субъекты охранной деятельности, заключившие с заказчиками договора на охрану дополнительно указывают количество вооруженных постов и режим охраны (круглосуточные посты.). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z217" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для вооружения работников охранных организаций, учрежденных национальными компаниями, осуществляющими свою деятельность по охране магистральных железнодорожных сетей, магистральных трубопроводов, нефтеперерабатывающего производства и атомной энергии, для производства расчета, ответственным лицом закрепленным за сохранность служебного оружия предоставляется дислокация постов охраняемых объектов с копиями действующих договоров (контрактов) на их охрану (за исключением сведений, составляющих государственные секреты).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z218" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получение филиалом и представительством разрешения на приобретение гражданского и служебного оружия не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z219" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При возникновении обстоятельств у юридического лица в приобретении дополнительной единицы оружия, расчет оружия и патронов к нему производится только на дополнительную единицу оружия и патронов к нему.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z217" w:id="171"/>
-[...15 lines deleted...]
-      Для вооружения работников охранных организаций, учрежденных национальными компаниями, осуществляющими свою деятельность по охране магистральных железнодорожных сетей, магистральных трубопроводов, нефтеперерабатывающего производства и атомной энергии, для производства расчета, ответственным лицом закрепленным за сохранность служебного оружия предоставляется дислокация постов охраняемых объектов с копиями действующих договоров (контрактов) на их охрану (за исключением сведений, составляющих государственные секреты).</w:t>
+    <w:bookmarkStart w:name="z220" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После списания израсходованных патронов на практические стрельбы и для проверки боя на единицу оружия по акту списания боевых припасов по форме согласно приложению 2 к настоящей Инструкции, юридические лица приобретают патроны по разрешениям, выдаваемым ОВД;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z218" w:id="172"/>
-[...15 lines deleted...]
-      Получение филиалом и представительством разрешения на приобретение гражданского и служебного оружия не требуется.</w:t>
+    <w:bookmarkStart w:name="z221" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организовывают проведение региональных оперативно-профилактических мероприятий, направленных на соблюдение физическими и юридическими лицами требований законодательства в сфере оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z219" w:id="173"/>
-[...15 lines deleted...]
-      При возникновении обстоятельств у юридического лица в приобретении дополнительной единицы оружия, расчет оружия и патронов к нему производится только на дополнительную единицу оружия и патронов к нему.</w:t>
+    <w:bookmarkStart w:name="z222" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет ведомственный контроль за деятельностью подразделений КОГСО ГОРОП (ЛУ(О)П) по вопросам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z220" w:id="174"/>
-[...15 lines deleted...]
-      После списания израсходованных патронов на практические стрельбы и для проверки боя на единицу оружия по акту списания боевых припасов по форме согласно приложению 2 к настоящей Инструкции, юридические лица приобретают патроны по разрешениям, выдаваемым ОВД;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполнения Решений Коллегии МВД, оперативных совещаний, указаний МВД, ДП(Т);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z221" w:id="175"/>
-[...15 lines deleted...]
-      4) организовывают проведение региональных оперативно-профилактических мероприятий, направленных на соблюдение физическими и юридическими лицами требований законодательства в сфере оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      качества оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z222" w:id="176"/>
-[...15 lines deleted...]
-      5) осуществляет ведомственный контроль за деятельностью подразделений КОГСО ГОРОП (ЛУ(О)П) по вопросам:</w:t>
+    <w:bookmarkStart w:name="z225" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участия в проведении розыскных мероприятий по похищенному и утерянному гражданскому и служебному оружию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z223" w:id="177"/>
-[...15 lines deleted...]
-      исполнения Решений Коллегии МВД, оперативных совещаний, указаний МВД, ДП(Т);</w:t>
+    <w:bookmarkStart w:name="z226" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организации проведения мероприятий по установлению владельцев гражданского оружия, местонахождение которых не известно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z224" w:id="178"/>
-[...15 lines deleted...]
-      качества оказания государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      законности выдачи подразделениями разрешительных документов в сферах оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z225" w:id="179"/>
-[...15 lines deleted...]
-      участия в проведении розыскных мероприятий по похищенному и утерянному гражданскому и служебному оружию;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирования и ведения учета "Зарегистрированное оружие" ИБД МВД;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z226" w:id="180"/>
-[...15 lines deleted...]
-      организации проведения мероприятий по установлению владельцев гражданского оружия, местонахождение которых не известно;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирования ГБД "Е-лицензирование";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z227" w:id="181"/>
-[...15 lines deleted...]
-      законности выдачи подразделениями разрешительных документов в сферах оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);</w:t>
+    <w:bookmarkStart w:name="z230" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществления контроля за деятельностью юридических лиц, занятых  в сферах оборота гражданского и служебного оружия, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z228" w:id="182"/>
-[...15 lines deleted...]
-      формирования и ведения учета "Зарегистрированное оружие" ИБД МВД;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляют подбор кадров КОГСО ГОРОП (ЛУ(О)П), вносят предложения об их поощрении либо наказании, перемещения по службе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z229" w:id="183"/>
-[...15 lines deleted...]
-      формирования ГБД "Е-лицензирование";</w:t>
+    <w:bookmarkStart w:name="z232" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) на постоянной основе осуществляют анализ информации о состоянии преступности с применением зарегистрированного в ОВД гражданского и служебного оружия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z230" w:id="184"/>
-[...15 lines deleted...]
-      осуществления контроля за деятельностью юридических лиц, занятых  в сферах оборота гражданского и служебного оружия, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);</w:t>
+    <w:bookmarkStart w:name="z233" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация по каждому факту совершения преступления с применением зарегистрированного в ОВД гражданского и служебного оружия сотрудниками КОГСО УАП ДП(Т) в течении суток направляется в КАП МВД и организуется служебная проверка, заключение которой в 10-дневный срок представляется в МВД.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z231" w:id="185"/>
-[...15 lines deleted...]
-      6) осуществляют подбор кадров КОГСО ГОРОП (ЛУ(О)П), вносят предложения об их поощрении либо наказании, перемещения по службе;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По фактам хищений зарегистрированного гражданского и служебного оружия сотрудники подразделений КОГСО УАП ДП(Т) осуществляют выезды с целью установления соблюдения владельцем всех требований законодательства по сохранности оружия и принятия мер по привлечению владельца к ответственности, в случае нарушения правил хранения оружия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z232" w:id="186"/>
-[...15 lines deleted...]
-      7) на постоянной основе осуществляют анализ информации о состоянии преступности с применением зарегистрированного в ОВД гражданского и служебного оружия.</w:t>
+    <w:bookmarkStart w:name="z235" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По фактам совершения преступлений с применением незарегистрированного оружия, а также о нераскрытых преступлениях с применением оружия подразделениями криминальной полиции ДП(Т), в течении суток, информация направляется в Департамент криминальной полиции МВД;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z233" w:id="187"/>
-[...15 lines deleted...]
-      Информация по каждому факту совершения преступления с применением зарегистрированного в ОВД гражданского и служебного оружия сотрудниками КОГСО УАП ДП(Т) в течении суток направляется в КАП МВД и организуется служебная проверка, заключение которой в 10-дневный срок представляется в МВД.</w:t>
+    <w:bookmarkStart w:name="z236" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) в соответствии с планами работы ДП(Т) или в порядке реагирования на недостатки в работе проводят инспектирование и целевые проверки подразделений КОГСО ГОРОП (ЛУ(О)П).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z234" w:id="188"/>
-[...15 lines deleted...]
-      По фактам хищений зарегистрированного гражданского и служебного оружия сотрудники подразделений КОГСО УАП ДП(Т) осуществляют выезды с целью установления соблюдения владельцем всех требований законодательства по сохранности оружия и принятия мер по привлечению владельца к ответственности, в случае нарушения правил хранения оружия.</w:t>
+    <w:bookmarkStart w:name="z237" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверки осуществляются на основе тщательного анализа состояния деятельности подразделений КОГСО ГОРОП (ЛУ(О)П), особенностей регионов, количества контролируемых объектов и владельцев гражданского оружия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z235" w:id="189"/>
-[...15 lines deleted...]
-      По фактам совершения преступлений с применением незарегистрированного оружия, а также о нераскрытых преступлениях с применением оружия подразделениями криминальной полиции ДП(Т), в течении суток, информация направляется в Департамент криминальной полиции МВД;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ходе проверок оказывается методическая и практическая помощь, в том числе по совершенствованию деятельности подразделений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z236" w:id="190"/>
-[...15 lines deleted...]
-      8) в соответствии с планами работы ДП(Т) или в порядке реагирования на недостатки в работе проводят инспектирование и целевые проверки подразделений КОГСО ГОРОП (ЛУ(О)П).</w:t>
+    <w:bookmarkStart w:name="z239" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) на основании комплексного анализа состояния преступности с применением зарегистрированного в ОВД гражданского и служебного оружия, результатов работы подразделений основанных на отчетных данных, материалов инспектирования, проверок, мониторинга оказываемых государственных услуг разрабатываются ежеквартальные планы работ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z237" w:id="191"/>
-[...15 lines deleted...]
-      Проверки осуществляются на основе тщательного анализа состояния деятельности подразделений КОГСО ГОРОП (ЛУ(О)П), особенностей регионов, количества контролируемых объектов и владельцев гражданского оружия.</w:t>
+    <w:bookmarkStart w:name="z240" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с планами проводятся организационные и практические мероприятия, направленные на профилактику преступлений с применением зарегистрированного гражданского и служебного оружия, его краж и утерь, повышение качества осуществления контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением, оказываемых государственных услуг и уровня ведомственного контроля, обеспечивается своевременное принятие решений и практических мер по устранению недостатков  в работе подразделений КОГСО;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z238" w:id="192"/>
-[...15 lines deleted...]
-      В ходе проверок оказывается методическая и практическая помощь, в том числе по совершенствованию деятельности подразделений;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) на основе предложений подразделений КОГСО ГОРОП (ЛУ(О)П) формируют предложения по совершенствованию контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением и качества оказываемых государственных услуг, которые направляют в КАП МВД.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z239" w:id="193"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z242" w:id="196"/>
+    <w:bookmarkStart w:name="z242" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z243" w:id="197"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z243" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       абзац первый изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z244" w:id="198"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z244" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "21. Подразделения КОГСО УАП ДП в пределах своей компетенции выдают:";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z245" w:id="199"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z245" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подпункт 1) изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z246" w:id="200"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z246" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) лицензии на осуществление деятельности по разработке, производству, ремонту, торговле, коллекционированию, экспонированию гражданского и служебного оружия и патронов к нему, на осуществление деятельности по разработке, производству, торговле и использованию гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z247" w:id="201"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z247" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подпункт 3) изложить в новой редакции: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z248" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3) заключения: на ввоз на территорию Республики Казахстан, вывоз с территории Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z249" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иностранцам, пребывающим на территорию Республики Казахстан по ходатайствам охотхозяйственных организации с целью охоты, а также приобретенного в установленном порядке на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z250" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданского и служебного оружия физическими лицами приобретенного  в третьей стране для личного пользования;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z248" w:id="202"/>
-[...15 lines deleted...]
-      "3) заключения: на ввоз на территорию Республики Казахстан, вывоз с территории Республики Казахстан:</w:t>
+    <w:bookmarkStart w:name="z251" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      спортивного огнестрельного оружия и патронов к нему физическими лицами или спортивными организациями для участия в спортивных мероприятиях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z249" w:id="203"/>
-[...15 lines deleted...]
-      иностранцам, пребывающим на территорию Республики Казахстан по ходатайствам охотхозяйственных организации с целью охоты, а также приобретенного в установленном порядке на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      единичных экземпляров гражданского оружия физическими лицами, выезжающими на постоянное место жительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z250" w:id="204"/>
-[...15 lines deleted...]
-      гражданского и служебного оружия физическими лицами приобретенного  в третьей стране для личного пользования;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      единичных экземпляров гражданского оружия физическими лицами, въезжающими на постоянное место жительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z251" w:id="205"/>
-[...15 lines deleted...]
-      спортивного огнестрельного оружия и патронов к нему физическими лицами или спортивными организациями для участия в спортивных мероприятиях;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданского и служебного оружия и патронов к нему физическими или юридическими лицами для участия в выставках;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z252" w:id="206"/>
-[...15 lines deleted...]
-      единичных экземпляров гражданского оружия физическими лицами, выезжающими на постоянное место жительства;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      единичных экземпляров гражданского оружия и патронов к нему для физических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z253" w:id="207"/>
-[...15 lines deleted...]
-      единичных экземпляров гражданского оружия физическими лицами, въезжающими на постоянное место жительства;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на транзит по территории Республики Казахстан единичных экземпляров гражданского и служебного оружия, его основных (составных) частей и патронов  к нему для физических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z254" w:id="208"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z257" w:id="211"/>
+    <w:bookmarkStart w:name="z257" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       юридическим лицам заключения на ввоз на территорию Республики Казахстан, вывоз с территории Республики Казахстан гражданского и служебного оружия, его основных (составных) частей, и патронов к нему, а также гражданского и служебного оружия и патронов к нему для проведения испытаний в целях подтверждения соответствия (сертификации или декларирования соответствия), на транзит по территории Республики Казахстан гражданского и служебного оружия, его основных (составных) частей и патронов к нему;"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9967,70 +9863,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="212"/>
+    <w:bookmarkStart w:name="z259" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "22. При непосредственном обращении юридических и физических лиц по вопросам получения иных государственных услуг оказываемых территориальными подразделениями КОГСО ГОРОП, допускается их оказание УАП ДП.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10043,130 +9939,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="213"/>
+    <w:bookmarkStart w:name="z261" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "23. Лицензии на осуществление деятельности по разработке, производству, ремонту и торговле гражданского и служебного оружия и патронов к нему, на осуществление деятельности по разработке, производству, торговле  и использованию гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий), разрешения на приобретение, хранение и ношение гражданского огнестрельного оружия с нарезным стволом, на приобретение гражданского оружия иностранцам, прибывшим в Республику Казахстан по туристическим путевкам, частным и служебным делам и зарегистрированным в ОВД, для проживания на территории Республики Казахстан, при условии его вывоза за пределы Республики Казахстан в течение 7 (семи) дней со дня приобретения, на приобретение, хранение и ношение, перевозку иностранцам, зарегистрированным в ОВД для проживания на территории Республики Казахстан на срок не менее одного года подписываются начальниками ДП и их заместителями, курирующими подразделения КОГСО.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z262" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Остальные виды вышеуказанных разрешений подписываются начальником УАП ДП или лицом исполняющим его обязанности.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z263" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      абзац первый пункта 24 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z264" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "24. Подразделения КОГСО УАП ДПТ в рамках своей компетенции выдают:";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z262" w:id="214"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10179,150 +10075,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z266" w:id="217"/>
+    <w:bookmarkStart w:name="z266" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "25. При непосредственном обращении юридических и физических лиц по вопросам получения иных разрешений выдаваемых территориальными подразделениями КОГСО ЛУ(О)П, допускается их выдача УАП ДПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z267" w:id="218"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z267" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Все виды вышеуказанных разрешений подписываются начальником УАП ДПТ или лицом, исполняющим его обязанности.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z268" w:id="219"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z268" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфа 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z269" w:id="220"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z269" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Параграф 3. Организация работы подразделений КОГСО ГОРОП и ЛУ(О)П.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10335,70 +10231,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z271" w:id="221"/>
+    <w:bookmarkStart w:name="z271" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "26. Организация работы в ГОРОП и ЛУ(О)П возлагается на подразделения (отделения и группы) или инспекторов (старших инспекторов) КОГСО в составе подразделений административной полиции ГОРОП и ЛУ(О)П.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10411,70 +10307,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="222"/>
+    <w:bookmarkStart w:name="z273" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "27. Назначение сотрудников КОГСО ГОРОП и ЛУ(О)П осуществляется после прохождения ими десятидневной стажировки в УАП ДП(Т), изучения нормативных правовых актов в сфере оборота гражданского и служебного оружия, взрывчатых материалов, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий) и сдачи по ним зачетов.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10487,350 +10383,350 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z275" w:id="223"/>
+    <w:bookmarkStart w:name="z275" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "28. Подразделения КОГСО (отделов и отделений) административной полиции (далее – ОАП) ГОРОП и ЛУ(О)П в процессе осуществления контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z276" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формируют учет "Зарегистрированное оружие" Интегрированного банка данных МВД (далее – ИБД).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z277" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осуществляют ввод, корректировку и снятие с учета "Зарегистрированное оружие" ИБД гражданского, служебного (кроме нарезного);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z278" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организуют взаимодействие с заинтересованными службами ГОРОП (ЛУ(О)П) по вопросам:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z276" w:id="224"/>
-[...15 lines deleted...]
-      1) формируют учет "Зарегистрированное оружие" Интегрированного банка данных МВД (далее – ИБД).</w:t>
+    <w:bookmarkStart w:name="z279" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участия в проведении розыскных мероприятий по похищенному и утерянному гражданскому и служебному оружию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z277" w:id="225"/>
-[...15 lines deleted...]
-      Осуществляют ввод, корректировку и снятие с учета "Зарегистрированное оружие" ИБД гражданского, служебного (кроме нарезного);</w:t>
+    <w:bookmarkStart w:name="z280" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организации проведения мероприятий по установлению владельцев гражданского оружия, местонахождение которых не известно (ГОРОП);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z278" w:id="226"/>
-[...15 lines deleted...]
-      2) организуют взаимодействие с заинтересованными службами ГОРОП (ЛУ(О)П) по вопросам:</w:t>
+    <w:bookmarkStart w:name="z281" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществления контроля за деятельностью юридических лиц, занятых  в сферах оборота гражданского и служебного оружия, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z279" w:id="227"/>
-[...15 lines deleted...]
-      участия в проведении розыскных мероприятий по похищенному и утерянному гражданскому и служебному оружию;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) готовят на согласование в ДП(Т) сведения об имеющемся и потребном количестве оружия на служебное гладкоствольное, огнестрельное бесствольное, газовое с возможностью стрельбы патронами травматического действия и электрическое оружие юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z280" w:id="228"/>
-[...15 lines deleted...]
-      организации проведения мероприятий по установлению владельцев гражданского оружия, местонахождение которых не известно (ГОРОП);</w:t>
+    <w:bookmarkStart w:name="z283" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на постоянной основе осуществляют сбор и накопление информации о состоянии преступности с применением зарегистрированного в ОВД гражданского и служебного оружия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z281" w:id="229"/>
-[...15 lines deleted...]
-      осуществления контроля за деятельностью юридических лиц, занятых  в сферах оборота гражданского и служебного оружия, гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий);</w:t>
+    <w:bookmarkStart w:name="z284" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация по каждому факту совершения преступления с применением зарегистрированного в ОВД гражданского и служебного оружия сотрудниками КОГСО ГОРОП (ЛУ(О)П) в течении суток направляется в УАП ДП(Т) и незамедлительно проводится служебная проверка, заключение которой в 10-дневный срок представляется в УАП ДП(Т).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z282" w:id="230"/>
-[...15 lines deleted...]
-      3) готовят на согласование в ДП(Т) сведения об имеющемся и потребном количестве оружия на служебное гладкоствольное, огнестрельное бесствольное, газовое с возможностью стрельбы патронами травматического действия и электрическое оружие юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По фактам хищений зарегистрированного гражданского и служебного оружия сотрудники подразделений КОГСО осуществляют выезды с целью установления соблюдения владельцем всех требований законодательства по сохранности оружия и принятия мер по привлечению владельца к ответственности, в случае нарушения правил хранения оружия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z283" w:id="231"/>
-[...15 lines deleted...]
-      4) на постоянной основе осуществляют сбор и накопление информации о состоянии преступности с применением зарегистрированного в ОВД гражданского и служебного оружия.</w:t>
+    <w:bookmarkStart w:name="z286" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По каждому факту совершения преступлений с применением незарегистрированного оружия, а также о нераскрытых преступлениях с применением оружия подразделениями криминальной полиции ГОРОП (ЛУ(О)П в течении суток информация направляется в управления криминальной полиции ДП(Т);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z284" w:id="232"/>
-[...15 lines deleted...]
-      Информация по каждому факту совершения преступления с применением зарегистрированного в ОВД гражданского и служебного оружия сотрудниками КОГСО ГОРОП (ЛУ(О)П) в течении суток направляется в УАП ДП(Т) и незамедлительно проводится служебная проверка, заключение которой в 10-дневный срок представляется в УАП ДП(Т).</w:t>
+    <w:bookmarkStart w:name="z287" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) на основании комплексного анализа состояния преступности, с применением зарегистрированного в ОВД гражданского и служебного оружия, результатов работы подразделений основанных на отчетных данных мониторинга оказываемых государственных услуг разрабатывают ежеквартальные планы работ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z285" w:id="233"/>
-[...15 lines deleted...]
-      По фактам хищений зарегистрированного гражданского и служебного оружия сотрудники подразделений КОГСО осуществляют выезды с целью установления соблюдения владельцем всех требований законодательства по сохранности оружия и принятия мер по привлечению владельца к ответственности, в случае нарушения правил хранения оружия.</w:t>
+    <w:bookmarkStart w:name="z288" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с ними проводятся мероприятия, направленные повышение качества осуществления контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением и оказываемых государственных услуг и уровня ведомственного контроля, обеспечивается своевременное принятие решений и практических мер по устранению недостатков в работе подразделений КОГСО;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z286" w:id="234"/>
-[...15 lines deleted...]
-      По каждому факту совершения преступлений с применением незарегистрированного оружия, а также о нераскрытых преступлениях с применением оружия подразделениями криминальной полиции ГОРОП (ЛУ(О)П в течении суток информация направляется в управления криминальной полиции ДП(Т);</w:t>
+    <w:bookmarkStart w:name="z289" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) на основе анализа проводимой работы формируют предложения по совершенствованию контроля за оборотом, зарегистрированного в ОВД гражданского, служебного и наградного оружия, а также гражданских пиротехнических веществ и изделий с их применением, качества оказываемых государственных услуг и направляют в УАП ДП(Т).";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z287" w:id="235"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10883,251 +10779,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z291" w:id="238"/>
+    <w:bookmarkStart w:name="z291" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "29. Подразделения КОГСО ОАП ГОРОП в пределах компетенции выдают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z292" w:id="239"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z292" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) разрешения физическим и юридическим лицам на приобретение, хранение, хранение и ношение, перевозку гражданского и служебного оружия и патронов к нему, за исключением нарезного и предназначенного для использования в целях обеспечения личной безопасности должностных лиц государственных органов, должности которых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года "О государственной службе Республики Казахстан" отнесены  к политическим, депутатами Парламента Республики Казахстан, а также наградного оружия гражданам Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z293" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) направления физическим и юридическим лицам на комиссионную продажу гражданского и служебного оружия и патронов к нему за исключением нарезного и предназначенного для использования в целях обеспечения личной безопасности должностных лиц государственных органов, должности которых в соответствии с Законом Республики Казахстан от 23 ноября 2015 года "О государственной службе Республики Казахстан" отнесены к политическим, депутатами Парламента Республики Казахстан, а также наградного оружия гражданам Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z294" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Все виды вышеуказанных разрешений подписываются начальником ГОРОП и его заместителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z295" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Подразделения КОГСО ОАП ЛУ(О)П в пределах своей компетенции выдают:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z293" w:id="240"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z296" w:id="243"/>
+    <w:bookmarkStart w:name="z296" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) разрешения юридическим лицам на хранение, хранение и ношение, перевозку служебного оружия и патронов к нему, за исключением нарезного и предназначенного для использования в целях обеспечения личной безопасности должностных лиц государственных органов, должности которых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года "О государственной службе Республики Казахстан" отнесены к политическим, депутатами Парламента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z297" w:id="244"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z297" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) направления юридическим лицам на комиссионную продажу служебного оружия и патронов к нему, за исключением нарезного и предназначенного для использования в целях обеспечения личной безопасности должностных лиц государственных органов, должности которых в соответствии с Законом Республики Казахстан от 23 ноября 2015 года "О государственной службе Республики Казахстан" отнесены к политическим, депутатами Парламента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z298" w:id="245"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z298" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Все виды вышеуказанных разрешений подписываются начальником ЛУ(О)П и его заместителями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z299" w:id="246"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z299" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Разрешения указанные в подпункте 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11162,51 +11058,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 24 апреля 2015 года № 395 "Об утверждении стандартов государственных услуг в сферах оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11211) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра внутренних дел от 23 мая 2015 года № 474 "Об утверждении регламентов государственных услуг в сфере оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11514) в электронном формате через портал "электронного правительства".";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11275,150 +11171,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z302" w:id="247"/>
+    <w:bookmarkStart w:name="z302" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "33. Выдача разрешений осуществляется в электронном виде, а также бумажном носителе, формата А-4, путем распечатывания выходной формы (документа) сформированной в ИС ГБД ЕЛ, заверяется печатью и подписью уполномоченного лица.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z303" w:id="248"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z303" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       абзац четвертый и пятый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z304" w:id="249"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z304" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "в ДП(Т) – в кабинете у начальника отдела (отделения) или старшего группы КОГСО, в сейфе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z305" w:id="250"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z305" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в ГОРОП, ЛУ(О)П – в кабинете у заместителя начальника ГОРОП, ЛУ(О)П курирующего ОАП, в сейфе.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11431,90 +11327,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="251"/>
+    <w:bookmarkStart w:name="z307" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "36. Регистрация заявлений физических и юридических лиц по вопросам выдачи разрешений в сферах оборота гражданского и служебного оружия и патронов к нему, а также гражданских пиротехнических веществ и изделий с их применением (салютов, фейерверков при проведении культурно-массовых мероприятий), осуществляется сотрудником УАП и ГОРОП в ИС ГБД ЕЛ с момента поступления обращения на Портале в поступивших заявках (в течении рабочего дня).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z308" w:id="252"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z308" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявления физических и юридических лиц о выдаче направлений на комиссионную продажу гражданского и служебного оружия, поступившие через Государственную корпорацию "Правительство для граждан" регистрируется по входящей корреспонденции.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11527,70 +11423,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="253"/>
+    <w:bookmarkStart w:name="z310" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "50. Учету подлежат выдаваемые подразделениями КОГСО направления.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11603,70 +11499,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="254"/>
+    <w:bookmarkStart w:name="z312" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "51. Бланки направлений на комиссионную продажу гражданского и служебного оружия, являются документами строгой отчетности и пронумеровываются типографским способом. Направления на комиссионную продажу гражданского и служебного оружия и патронов к нему сброшюровываются и скрепляются печатью ОВД с оттиском "Лицензионно-разрешительная система".";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11679,70 +11575,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="255"/>
+    <w:bookmarkStart w:name="z314" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "52. Формирование лицензии, заключений и остальных разрешений выдаваемых подразделениями КОГСО осуществляется в ИС ГБД ЕЛ.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11755,51 +11651,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="256"/>
+    <w:bookmarkStart w:name="z316" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "53. Выданные лицензии, заключения, разрешения выданные посредством ИС ГБД ЕЛ и направления заносятся в книги учета по формам согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11854,51 +11750,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции. Книги учета пронумеровываются, прошнуровываются и скрепляются печатью ОВД.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11911,70 +11807,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z318" w:id="257"/>
+    <w:bookmarkStart w:name="z318" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "60. УАП ДП(Т) заводят на каждый ГОРОП (ЛУ(О)П) учетное дело, в котором содержатся данные о сотрудниках КОГСО ОВД, сведения об объектах КОГСО, с указанием их ведомственной принадлежности, обслуживаемых данным ОВД.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11987,150 +11883,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="258"/>
+    <w:bookmarkStart w:name="z320" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "68. Личные дела владельцев нарезного огнестрельного оружия ведутся в управлениях административной полиции ДП, а на владельцев огнестрельного гладкоствольного, газового и электрического оружия – в ГОРОП.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z321" w:id="259"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z321" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 22 июля 2016 года № 757 "Об утверждении Инструкции по организации деятельности подразделений административной полиции в области дорожной безопасности и соблюдения регламентов, нормативов и стандартов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 14161, опубликован 19 сентября 2016 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z322" w:id="260"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z322" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инструкции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по организации деятельности подразделений административной полиции в области дорожной безопасности и соблюдения регламентов, нормативов и стандартов, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12143,180 +12039,180 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z324" w:id="261"/>
+    <w:bookmarkStart w:name="z324" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8. Комплексное обследование проводится владельцами дорог, дорожными и местными исполнительными органами при участии:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z325" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сотрудников отдела (отделения, группы) административной полиции ДП городов Нур-Султан, Алматы, Шымкент и областей - автомобильных дорог общего пользования международного, республиканского и областного значения, платных автодорог и дорожных сооружений на них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z326" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сотрудников подразделения административной полиции районов (городов) - автомобильных дорог и дорожных сооружений на них,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за исключением дорог, указанных в подпункте 1) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z328" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) территориальные подразделения уполномоченного органа по указанию вышестоящего уполномоченного органа обследуют дороги международного, республиканского и областного значения, в пределах границ городов, районов и населенных пунктов.".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z325" w:id="262"/>
-[...69 lines deleted...]
-    <w:bookmarkStart w:name="z329" w:id="265"/>
+    <w:bookmarkStart w:name="z329" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 19 февраля 2018 года №133 "Об утверждении форм разрешений и (или) приложений к ним, в сферах оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением, на открытие и функционирование стрелковых тиров (стрельбищ) и стендов, а также о внесении изменений в некоторые приказы Министра внутренних дел Республики Казахстан" (зарегистрированный в Министерстве юстиции Республики Казахстан 10 апреля 2018 года № 16733, опубликованный 16 апреля 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде, в газете "Казахстанская правда" от 17 мая 2018 года № 90 (28719):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13045,112 +12941,112 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">"____"______________ 20___г. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z369" w:id="266"/>
+    <w:bookmarkStart w:name="z369" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                ПОСТАНОВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       о задержании лица, не имеющего определенного места жительства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   и(или) документов, удостоверяющих личность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z370" w:id="267"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z370" w:id="264"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____" ___________ 20__г. "____" час. "___" мин. гор. (пос.) __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Я, ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13328,128 +13224,128 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпись задержанного:________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z371" w:id="268"/>
+    <w:bookmarkStart w:name="z371" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании изложенного и руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 46-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О порядке и условиях содержания лиц в специальных учреждениях, специальных помещениях обеспечивающих временную изоляцию от общества".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z372" w:id="269"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z372" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                ПОСТАНОВИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z373" w:id="270"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z373" w:id="267"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Гр. ___________________________________________ задержать и водворить </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в приемник-распределитель _______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13959,534 +13855,534 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"_____"_____________ 20___г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z378" w:id="271"/>
+    <w:bookmarkStart w:name="z378" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                ПОСТАНОВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> о применении превентивного ограничения свободы передвижения в отношении лица,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> не имеющего определенного места жительства и (или) документов, удостоверяющих личность</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z379" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" _____________ 20__г. "_____" час. "____" мин. гор. (пос.)_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z380" w:id="270"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Я, ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (должность, наименование органа внутренних дел, звание, фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрев материалы на гр._______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии), год и место</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     рождения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z381" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      УСТАНОВИЛ:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z379" w:id="272"/>
-[...15 lines deleted...]
-      "____" _____________ 20__г. "_____" час. "____" мин. гор. (пос.)_________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z382" w:id="272"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гр. _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z380" w:id="273"/>
-[...9 lines deleted...]
-      Я, ________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии) (со слов))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         не имеет документов, удостоверяющих личность,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         определенного места жительства)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В своем объяснении гражданин _________сообщил, что________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На основании изложенного и руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О профилактики правонарушений".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z383" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      ПОСТАНОВИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...126 lines deleted...]
-        <w:t xml:space="preserve">                                      УСТАНОВИЛ:</w:t>
+      <w:bookmarkStart w:name="z384" w:id="274"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Применить в отношении гр.___________________превентивное ограничение свободы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:p>
-[...263 lines deleted...]
-    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>передвижения сроком на 30 (тридцать) суток и водворить в приемник-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14896,112 +14792,112 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z388" w:id="278"/>
+    <w:bookmarkStart w:name="z388" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      ПРОТОКОЛ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       личного досмотра и досмотра вещей, находящихся при лице помещенного в</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               специальный приемник</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z389" w:id="279"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z389" w:id="276"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" _________ 20__г. _____часов____мин. место составления_________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мною, ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15633,64 +15529,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Понятых: 1. _________________________2. _________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z390" w:id="280"/>
+      <w:bookmarkStart w:name="z390" w:id="277"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Копию протокола получил (а)_________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (ф.и.о. (при наличии), подпись лица подвергнутого личному досмотру)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -15981,110 +15877,110 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z394" w:id="281"/>
+    <w:bookmarkStart w:name="z394" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Образец водительского удостоверения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z395" w:id="282"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z395" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицевая сторона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z396" w:id="283"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z396" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4902200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -16120,90 +16016,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z397" w:id="284"/>
+    <w:bookmarkStart w:name="z397" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оборотная сторона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z398" w:id="285"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z398" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4914900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -16239,350 +16135,350 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z399" w:id="286"/>
+    <w:bookmarkStart w:name="z399" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Интегральная микросхема водительского удостоверения содержит следующие сведения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z400" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о водительском удостоверении: серия и номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z401" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата выдачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z402" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование органа, выдавшего водительское удостоверение;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z400" w:id="287"/>
-[...15 lines deleted...]
-      1) о водительском удостоверении: серия и номер;</w:t>
+    <w:bookmarkStart w:name="z403" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) о водителе: фамилия, имя, отчество;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z401" w:id="288"/>
-[...15 lines deleted...]
-      дата выдачи;</w:t>
+    <w:bookmarkStart w:name="z404" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата и место рождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z402" w:id="289"/>
-[...15 lines deleted...]
-      наименование органа, выдавшего водительское удостоверение;</w:t>
+    <w:bookmarkStart w:name="z405" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      место жительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z403" w:id="290"/>
-[...15 lines deleted...]
-      2) о водителе: фамилия, имя, отчество;</w:t>
+    <w:bookmarkStart w:name="z406" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальный идентификационный номер (ИИН);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z404" w:id="291"/>
-[...15 lines deleted...]
-      дата и место рождения;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тип, серия, номер и дата выдачи документа, удостоверяющего личность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z405" w:id="292"/>
-[...15 lines deleted...]
-      место жительства;</w:t>
+    <w:bookmarkStart w:name="z408" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фотография;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z406" w:id="293"/>
-[...15 lines deleted...]
-      индивидуальный идентификационный номер (ИИН);</w:t>
+    <w:bookmarkStart w:name="z409" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) о допуске к управлению транспортным средством:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z407" w:id="294"/>
-[...15 lines deleted...]
-      тип, серия, номер и дата выдачи документа, удостоверяющего личность;</w:t>
+    <w:bookmarkStart w:name="z410" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрешенные категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z408" w:id="295"/>
-[...15 lines deleted...]
-      фотография;</w:t>
+    <w:bookmarkStart w:name="z411" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      срок окончания действия водительского удостоверения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z409" w:id="296"/>
-[...15 lines deleted...]
-      3) о допуске к управлению транспортным средством:</w:t>
+    <w:bookmarkStart w:name="z412" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      особые отметки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z410" w:id="297"/>
-[...15 lines deleted...]
-      разрешенные категории;</w:t>
+    <w:bookmarkStart w:name="z413" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: За городами Нур-Султан, Алматы, Шымкент и областями Республики Казахстан для обозначения серий бланков водительских удостоверений закрепляются следующие буквенные обозначения в латинской транскрипции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z411" w:id="298"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="300"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18707,90 +18603,90 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 G, Q, W</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z414" w:id="301"/>
+    <w:bookmarkStart w:name="z414" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Водительские удостоверения в соответствии с настоящим образцом выдаются с 1 января 2020 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z415" w:id="302"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z415" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Водительские удостоверения, изготовленные и выданные до 1 января 2020 года, являются действительными до истечения срока их действия или замены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19064,539 +18960,539 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z419" w:id="303"/>
+    <w:bookmarkStart w:name="z419" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Министерство внутренних дел Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   _____________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование органа внутренних дел)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z420" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Разрешение №_____</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             на перевозку гражданского оружия и патронов к нему физическим лицам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z421" w:id="302"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдано ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), серия, номер уд. личности или паспорта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проживающему __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z422" w:id="303"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на перевозку ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z420" w:id="304"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">             на перевозку гражданского оружия и патронов к нему физическим лицам</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (вид транспорта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от _____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (пункт отправления)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>до _____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (пункт прибытия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>следующего груза ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование груза и количество предметов указывается цифрами и прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер доверенности на перевозку оружия ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Разрешение на хранение владельца оружия __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (номер, дата выдачи, фамилия, имя,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         отчество (при его наличии) владельца оружия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Виды, типы и количество гражданского оружия и патронов к нему указаны в приложении к настоящему разрешению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Действительно по " ___" __________________ 20___ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Начальник ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М.П. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" ___ " __________________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z423" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Срок действия разрешения на перевозку устанавливается из расчета реального времени, необходимого для доставки оружия и патронов к месту назначения, с учетом совмещаемых перевозок, но не более одного месяца</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:p>
-[...415 lines deleted...]
-    <w:bookmarkEnd w:id="307"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19675,70 +19571,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>служебного оружия и патронов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к нему юридическим лицам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z425" w:id="308"/>
+    <w:bookmarkStart w:name="z425" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Виды, типы и количество служебного оружия и патронов к нему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="305"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -20443,77 +20339,879 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z426" w:id="309"/>
+    <w:bookmarkStart w:name="z426" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        (наименование груза и количество предметов указывается цифрами и прописью)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7 к Перечню</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>некоторых приказов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства внутренних дел</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в которые вносятся</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>изменения и дополнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 9 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра внутренних дел</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 19 февраля 2018 года № 133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z430" w:id="307"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерство внутренних дел Республики Казахстан ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование органа внутренних дел)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Разрешение № _____ на перевозку гражданского и служебного оружия и патронов к нему юридическим лицам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выдано ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование организации, учреждения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>находящемуся __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на перевозку ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (вид  транспорта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от _____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (пункт отправления)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>до _____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (пункт прибытия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Виды, типы и количество гражданского и служебного оружия и патронов к нему указаны в приложении к настоящему разрешению </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z431" w:id="308"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ответственным за перевозку является _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), серия, номер уд. личности или паспорта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лица, охраняющие груз в пути следования (указываются фамилия, имя, отчество </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии), должность и наименование охранной организации):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Действительно по " ___ " __________________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Начальник _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" ___ " __________________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z432" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Срок действия разрешения на перевозку устанавливается из расчета реального времени, необходимого для доставки оружия и патронов к месту назначения, с учетом совмещаемых перевозок, но не более одного месяца</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20550,917 +21248,115 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7 к Перечню</w:t>
+              <w:t>Приложение к разрешению № __</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>некоторых приказов</w:t>
+              <w:t>на перевозку гражданского и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министерства внутренних дел</w:t>
+              <w:t>служебного оружия и патронов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан,</w:t>
-[...194 lines deleted...]
-              <w:t>форма</w:t>
+              <w:t>к нему юридическим лицам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      Министерство внутренних дел Республики Казахстан ___________________________</w:t>
+    <w:bookmarkStart w:name="z434" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Виды, типы и количество служебного оружия и патронов к нему:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:p>
-[...605 lines deleted...]
-    <w:bookmarkEnd w:id="313"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -22157,134 +22053,134 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z435" w:id="314"/>
+    <w:bookmarkStart w:name="z435" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        (наименование груза и количество предметов указывается цифрами и прописью)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22610,31 +22506,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>