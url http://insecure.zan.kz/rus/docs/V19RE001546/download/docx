--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d8c5abe" w14:textId="d8c5abe">
+    <w:p w14:paraId="c81cbb7" w14:textId="c81cbb7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -695,51 +695,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 04</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2092,1206 +2112,1266 @@
         <w:t>участок № 340 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 103", город Алматы, улица Кыдырбекулы, дом № 158)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы: от переулка Баянаульская на север по восточной стороне улицы Кыдырбекулы до улицы Баянаульская; по северной стороне улицы Баянаульская до улицы Шемякина; по восточной стороне улицы Шемякина до улицы Семиреченская; по южной стороне улицы Семиреченская до улицы Гурьевская; по восточной стороне улицы Гурьевская до улицы Айтыкова; по восточной стороне улицы Айтыкова до проспекта Рыскулова; по южной стороне проспекта Рыскулова до речки малая Алматинка; вдоль западного берега речки малая Алматинка до улицы Станиславского; по западной стороне улицы Станиславского до улицы Омская; по восточной стороне улицы Омская до улицы Баянаульская; по улице Баянаульская до улицы Кыдырбекулы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 341 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 102", город Алматы, улица Потанина, дом № 226)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Герцена на запад по северной стороне улицы Баянаульская до проспекта Суюнбая; по восточной стороне проспекта Суюнбая до проспекта Рыскулова; по южной стороне проспекта Рыскулова на восток до улицы Герцена; по западной стороне улицы Герцена на юг до улицы Баянаульская.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z26" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 342 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 102", город Алматы, улица Потанина, дом № 226)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z27" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Герцена на юг по восточной стороне до улицы Баянаульская; от улицы Баянаульская на восток по северной стороне до улицы Семиреченская; от улицы Семиреченская на север по западной стороне далее по улице Гурьевская, Айтыкова до проспекта Рыскулова; от проспекта Рыскулова по южной стороне на запад до улицы Герцена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 343 (центр: Коммунальное государственное учреждение </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Общеобразовательная школа № 43", город Алматы, улица Шилова, дом № 5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от проспекта Суюнбая на запад по северной стороне улицы Ломоносова до улицы Ботанической; по восточной стороне улицы Ботанической до проспекта Рыскулова; по южной стороне проспекта Рыскулова до проспекта Суюнбая; по западной стороне проспекта Суюнбая до улицы Ломоносова.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 341 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 102", город Алматы, улица Потанина, дом № 226)</w:t>
-[...109 lines deleted...]
-      Границы: от проспекта Суюнбая на запад по северной стороне улицы Ломоносова до улицы Ботанической; по восточной стороне улицы Ботанической до проспекта Рыскулова; по южной стороне проспекта Рыскулова до проспекта Суюнбая; по западной стороне проспекта Суюнбая до улицы Ломоносова.</w:t>
+        <w:t>Избирательный участок № 344 (центр: "Общеобразовательная школа № 80",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>город Алматы, улица Жайсаң, дом № 22)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Бурундайская по шоссе Северное кольцо на восток до пересечения с речкой Есентай; вдоль речки Есентай (восточная сторона) на север до улицы Дыбенко; от улицы Дыбенко на восток по улице Ақсуат (южная сторона); по улице Ақсуат на юг до улицы Бурундайская; по улице Бурундайская (по западной стороне) на юго-запад до шоссе Северное кольцо.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Избирательный участок № 344 (центр: </w:t>
-[...44 lines deleted...]
-      Границы: от улицы Бурундайская по шоссе Северное кольцо на восток до пересечения с речкой Есентай; вдоль речки Есентай (восточная сторона) на север до улицы Дыбенко; от улицы Дыбенко на восток по улице Ақсуат (южная сторона); по улице Ақсуат на юг до улицы Бурундайская; по улице Бурундайская (по западной стороне) на юго-запад до шоссе Северное кольцо.</w:t>
+        <w:t>Избирательный участок № 344 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 80", город Алматы, улица Жайсаң, дом № 22)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Бурундайская по шоссе Северное кольцо на запад до улицы Жайсан (северная сторона); от шоссе Северное кольцо в северном направлении до улицы Венеры (восточная сторона); от улицы Венеры в северном направлении до улицы Феоктистова (восточная сторона); от улицы Венеры по улице Феоктистова в западном направлении до речки Есентай; по руслу речки Есентай в северном направлении до улицы Дыбенко; от улицы Дыбенко на восток по улице Аксуат на юг до улицы Бурундайская; по улице Бурундайская (по западной стороне) на юго-запад до шоссе Северное кольцо.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 344 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 80", город Алматы, улица Жайсаң, дом № 22)</w:t>
-[...17 lines deleted...]
-      Границы: от улицы Бурундайская по шоссе Северное кольцо на запад до улицы Жайсан (северная сторона); от шоссе Северное кольцо в северном направлении до улицы Венеры (восточная сторона); от улицы Венеры в северном направлении до улицы Феоктистова (восточная сторона); от улицы Венеры по улице Феоктистова в западном направлении до речки Есентай; по руслу речки Есентай в северном направлении до улицы Дыбенко; от улицы Дыбенко на восток по улице Аксуат на юг до улицы Бурундайская; по улице Бурундайская (по западной стороне) на юго-запад до шоссе Северное кольцо.</w:t>
+        <w:t>Избирательный участок № 345 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 80", город Алматы, улица Жайсаң, дом № 22)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от речки Есентай по улице Бурундайская на запад до границы города Алматы; по границе города Алматы на север до улицы Талант; по улице Талант (обе стороны) по границе микрорайона Кокжиек на восток до речки Есентай; от речки Есентай по улицы Феоктистова в восточном направлении (южная сторона) до улицы Венера; от улицы Феоктистова по улице Венера в южном направлении до улицы Жайсан (западная сторона); от улицы Венера по улице Жайсан в южном направлении до шоссе Северное кольцо; от улицы Жайсан по шоссе Северное кольцо в восточном направлении (южная сторона) до улицы Бурундайская, до пересечения с речкой Есентай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 346 (центр: Коммунальное государственное учреждение "Школа-гимназия № 101", город Алматы, улица Жансугурова, дом № 352)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от речки Султанкарасу по улице Бурундайская на юг до улицы Жансугурова; по западной стороне улицы Жансугурова до улицы Палладина; от улицы Жансугурова по северной стороне улицы Палладина до восточной границы микрорайона Айнабулак-3; вдоль границы микрорайона Айнабулак-3 на север до улицы Ермоловой; по западной стороне улицы Ермоловой до улицы Мещерского; по улице Мещерского далее вдоль речки Султанкарасу до улицы Бурундайская.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z30" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 347 (центр: Коммунальное государственное учреждение "Школа-гимназия № 101", город Алматы, улица Жансугурова, дом № 352)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z31" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Палладина дом 110/1 по восточной стороне границы микрорайона Айнабулак-3, до улицы Палладина дом 174; от улицы Палладина дом 174 по северной стороне далее на восток по улице Анны Никольской до улицы Жансугурова; от улицы Жансугурова по западной стороне на север до улицы Жансугурова дом 392; от улицы Жансугурова дом 352 по южной стороне на запад до улицы Палладина дом 110/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 348 (центр: Воинская часть 2468, город Алматы, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>микрорайон "Көкмайса", дом № 26А</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: в границах воинской части 2468.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 345 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 80", город Алматы, улица Жайсаң, дом № 22)</w:t>
-[...17 lines deleted...]
-      Границы: от речки Есентай по улице Бурундайская на запад до границы города Алматы; по границе города Алматы на север до улицы Талант; по улице Талант (обе стороны) по границе микрорайона Кокжиек на восток до речки Есентай; от речки Есентай по улицы Феоктистова в восточном направлении (южная сторона) до улицы Венера; от улицы Феоктистова по улице Венера в южном направлении до улицы Жайсан (западная сторона); от улицы Венера по улице Жайсан в южном направлении до шоссе Северное кольцо; от улицы Жайсан по шоссе Северное кольцо в восточном направлении (южная сторона) до улицы Бурундайская, до пересечения с речкой Есентай.</w:t>
+        <w:t>Избирательный участок № 349 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 109", город Алматы, улица Гончарова, дом № 23)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Брюсова по улице Казакова на северо-восток (юго- восточная, восточная сторона) до улицы Ниязбекова; от улицы Ниязбекова до проспекта Райымбека; от проспекта Райымбека на запад (северная сторона) до улицы Брюсова; по улице Брюсова на север (восточная сторона) до улицы Казакова.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 346 (центр: Коммунальное государственное учреждение "Школа-гимназия № 101", город Алматы, улица Жансугурова, дом № 352)</w:t>
-[...17 lines deleted...]
-      Границы: от речки Султанкарасу по улице Бурундайская на юг (западная сторона) далее по улице Жансугурова (западная сторона) до дома № 53 улицы Великолукская; от дома №53 улицы Великолукская в западном направлении до улицы Хожамьярова (северная сторона); от улицы Хожамьярова в южном направлении до улицы Сельская (западная сторона); по улице Сельская до домов №№ 27Б, 27А, 27; от домов №№ 27Б, 27А, 27 улицы Сельская до дома № 172А улицы Палладина; от дома № 172А улицы Палладина в северном направлении до дома № 78 улицы Ермоловой; от дома № 78 улицы Ермоловой в восточном направлении (южная сторона) до речки Султанкарасу включая дома №№ 231, 221, 223, 173А/1 улицы Бурундайская; от дома № 173А/1 улицы Бурундайская по речке Султанкарасу в северном направлении (восточная сторона) до улицы Бурундайская.</w:t>
+        <w:t>Избирательный участок № 350 (центр: Алматинский автомеханический колледж, город</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы, улица Казыбаева, дом № 270)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Тихова по улице Жансугурова на юг до проспекта Рыскулова (западная сторона); по проспекту Рыскулова на запад (северная сторона) до улицы Казыбаева; по улице Казыбаева на север (исключая дом № 65А проспекта Рыскулова, дом № 7Г улицы Казыбаева) (восточная сторона) до улицы Серикова; по улице Серикова на восток (южная сторона) до дома № 45 улицы Серикова; по переулку на север (восточная сторона) до дома № 95А микрорайона Кулагер; от дома № 95А микрорайона Кулагер на восток до улицы Омарова (южная сторона); по улице Омарова на север до улицы Тихова (восточная сторона); по улице Тихова на восток (южная сторона) до улицы Жансугурова.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 351 (центр: Коммунальное государственное учреждение </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Общеобразовательная школа № 2", город Алматы, улица </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Черкасской обороны, дом № 71)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Станиславского по северной стороне улицы Болтирик Шешена до улицы Жангельдина; по западной стороне улицы Жангельдина до улицы Бондаренко; по южной стороне улицы Бондаренко до улицы Черкасской обороны; по улице Черкасской обороны до улицы Леваневского; по улице Леваневского до улицы Кыдырбекулы; по восточной стороне улицы Кыдырбекулы до переулка Баянаульская; по южной стороне улицы Баянаульская до улицы Омской; по западной стороне улицы Омской до улицы Станиславского; по улице Станиславского до речки малая Алматинка; вдоль западного берега речки малая Алматинка до проспекта Райымбека; по северной стороне проспекта Райымбека до улицы Жетысуская; по восточной стороне улицы Жетысуская, переходящей в улицу Колпаковского до Станиславского и далее с переходом в улицу Татибекова до улицы Болтирик Шешена.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 347 (центр: Коммунальное государственное учреждение "Школа-гимназия № 101", город Алматы, улица Жансугурова, дом № 352)</w:t>
-[...63 lines deleted...]
-      Границы: в границах воинской части 2468.</w:t>
+        <w:t>Избирательный участок № 352 (центр: Коммунальное государственное учреждение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Управление государственных доходов по Жетысускому району город Алматы", город</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы, проспект Абылай хана, дом № 2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: по северной стороне проспекта Райымбека от проспекта Суюнбая до улицы Желтоксан; по восточной стороне улицы Желтоксан до железнодорожной линии; по южной стороне железнодорожной линии до проспекта Назарбаева; по южной стороне проспекта Назарбаева до проспекта Суюнбая; по западной стороне проспекта Суюнбая до проспекта Райымбека.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 349 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 109", город Алматы, улица Гончарова, дом № 23)</w:t>
-[...17 lines deleted...]
-      Границы: от улицы Брюсова по улице Казакова на северо-восток (юго- восточная, восточная сторона) до улицы Ниязбекова; от улицы Ниязбекова до проспекта Райымбека; от проспекта Райымбека на запад (северная сторона) до улицы Брюсова; по улице Брюсова на север (восточная сторона) до улицы Казакова.</w:t>
+        <w:t>Избирательный участок № 353 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 129", город Алматы, микрорайон "Айнабулак-3", дом № 165А)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от речки Есентай по южной стороне улицы Бурундайская, далее на юг по западной стороне улицы Бурундайская до речки Султанкарасу; от улицы Бурундайская по руслу реки Султанкарасу до дома № 173/20 улицы Бурундайская в западном направлении включая дома № № 207А, 219, 235А улицы Бурундайская (южная сторона) до дома № 75 улицы Павлодарская; по улице Павлодарская в западном направлении до речки Есентай (северная сторона) включая дом № 77 улицы Мещерского, дом № № 106, 133А улицы Павлодарская, дом № 56А улицы Воронежская; от речки Есентай в северном направлении до улицы Бурундайская.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 354 (центр: Коммунальное государственное учреждение </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Школа-гимназия № 148", город Алматы, микрорайон Кулагер, дом № 52)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Тихова по улицы Жансугурова на север (западная сторона) до улицы Омарова; по улице Омарова на запад до улицы Беспакова (южная сторона) до дома № 57; по улице Беспакова на север (западная сторона) до улицы Жумабаева; по улице Жумабаева на запад (южная сторон) до улицы Палладина(южная сторона); по улице Палладина на юг до дома № 42В микрорайона Айнабулак-2; от дома № 42В микрорайона Айнабулак-2 вдоль речки Султанка на восток до улицы Омарова (до дома № 83, восточная сторона); от улицы Омарова на запад до дома № 34 микрорайона Кулагер (южная сторона); от дома № 34 микрорайона Кулагер на юг до дома № 14 микрорайона Кулагер (восточная сторона); от дома № 14 микрорайона Кулагер на восток (северная сторона) до улицы Омарова; по улице Омарова на север (западная сторона) до улицы Тихова; по улице Тихова на восток (северная сторона) до улицы Жансугурова дом № 256.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 350 (центр: Алматинский автомеханический колледж, город</w:t>
-[...92 lines deleted...]
-      Границы: от улицы Станиславского по северной стороне улицы Болтирик Шешена до улицы Жангельдина; по западной стороне улицы Жангельдина до улицы Бондаренко; по южной стороне улицы Бондаренко до улицы Черкасской обороны; по улице Черкасской обороны до улицы Леваневского; по улице Леваневского до улицы Кыдырбекулы; по восточной стороне улицы Кыдырбекулы до переулка Баянаульская; по южной стороне улицы Баянаульская до улицы Омской; по западной стороне улицы Омской до улицы Станиславского; по улице Станиславского до речки малая Алматинка; вдоль западного берега речки малая Алматинка до проспекта Райымбека; по северной стороне проспекта Райымбека до улицы Жетысуская; по восточной стороне улицы Жетысуская, переходящей в улицу Колпаковского до Станиславского и далее с переходом в улицу Татибекова до улицы Болтирик Шешена.</w:t>
+        <w:t>Избирательный участок № 355 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 177", город Алматы, микрорайон "Кокжиек", дом № 63)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Геологов по улице Талант в западном направлении (северная сторона) до дома № 58Б микрорайона Кокжиек включительно; от дома № 58Б микрорайона Кокжиек по межквартальной улице в северном направлении (восточная сторона) до дома № 60А микрорайона Кокжиек включительно; от дома №60А микрорайона Кокжиек по межквартальной улице в восточном направлении (южная сторона) до дома №43А микрорайона Кокжиек включительно; от дома №43А микрорайона Кокжиек по межквартальной улице в юго-восточном направлении до ул. Геологов; от улицы Геологов в южном направлении до ул. Талант.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 352 (центр: Коммунальное государственное учреждение</w:t>
-[...51 lines deleted...]
-      Границы: по северной стороне проспекта Райымбека от проспекта Суюнбая до улицы Желтоксан; по восточной стороне улицы Желтоксан до железнодорожной линии; по южной стороне железнодорожной линии до проспекта Назарбаева; по южной стороне проспекта Назарбаева до проспекта Суюнбая; по западной стороне проспекта Суюнбая до проспекта Райымбека.</w:t>
+        <w:t>Избирательный участок № 356 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 177", город Алматы, микрорайон "Кокжиек", дом № 63)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: по границе города Алматы (от улицы Талант) на север (восточная сторона) до речки Есентай; от речки Есентай по западной стороне до дома №18 микрорайона Кокжиек; далее вдоль домов №№ 19, 14, 7А, 7, 8Б микрорайона Кокжиек по западной стороне до улицы Талант; вдоль улицы Талант на запад (северная сторона) до границы города Алматы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 496 (центр: Коммунальное государственное учреждение </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Общеобразовательная школа № 193", город Алматы, микрорайон "Кемел", улица </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Жар-жар, дом № 54)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: границы микрорайона Кемел: улицы Қазанат с домов №1по №5, улицы Октябрьская с домов № 1 по № 13, улицы Перекрестная с домов № 4 по № 10, улицы Жоламан с домов № 1 по № 7, улицы Әлқисса с домов № 1 по № 19, улицы Ақсуат с домов № 1 по № 30, улицы Өрлеу с домов № 1 по № 21, улицы Еламан с домов № 1 по № 31 (нечетная сторона), с домов № 2 по № 26 (четная сторона), улицы Космическая с домов № 1 по № 31, улицы Юности с домов № 1 по № 46, № 46А, улицы Жадаукөк с домов № 1 по № 12, улицы Веселая с домов № 1 по № 17, улицы Есім хан с домов № 1 по № 35 (нечетная сторона), с домов № 2 по № 38 (четная сторона), улицы Гамарника с домов № 47А по № 62.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 353 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 129", город Алматы, микрорайон "Айнабулак-3", дом № 165А)</w:t>
-[...17 lines deleted...]
-      Границы: от речки Есентай по южной стороне улицы Бурундайская, далее на юг по западной стороне улицы Бурундайская до речки Султанкарасу; от улицы Бурундайская по руслу реки Султанкарасу до дома № 173/20 улицы Бурундайская в западном направлении включая дома № № 207А, 219, 235А улицы Бурундайская (южная сторона) до дома № 75 улицы Павлодарская; по улице Павлодарская в западном направлении до речки Есентай (северная сторона) включая дом № 77 улицы Мещерского, дом № № 106, 133А улицы Павлодарская, дом № 56А улицы Воронежская; от речки Есентай в северном направлении до улицы Бурундайская.</w:t>
+        <w:t>Избирательный участок № 497 (центр: Дом культуры, город Алматы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>микрорайон "Кемел", улица Есим хана, дом № 127)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: границы микрорайона Кемел: улица Мұхамеджан Сералина с домов № 1 по № 23, улица Национальная с домов № 1 по № 57, улица Жанбота с домов № 1 по № 24, улица Жидебай с домов № 1 по № 79, № 79А, улица Жолымбет с домов № 1 по № 51, № 51А, улица Дәурен Құдабайұлы с домов № 1 по № 164, улица Кеңсуат с домов № 1 по № 70, улицы Жар-жар с домов № 1 по № 75, улица Дауылпаз с домов № 1 по № 26, улица Көкшолақ с домов № 1 по № 34, улицы Қартқожа с домов № 1 по № 21, улица Қоңыртөбе с домов № 1 по № 8, № 8а, улица Бидайық с домов № 1 по № 19; переулки: улица Акбөбек с домов № 1 по № 17, улица Насихат с домов № 1 по № 14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 354 (центр: Коммунальное государственное учреждение </w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 498 (центр: Коммунальное государственное учреждение </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Школа-гимназия № 148", город Алматы, микрорайон Кулагер, дом № 52)</w:t>
-[...25 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">"Общеобразовательная школа № 193", город Алматы, микрорайон "Кемел", улица </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Жар-жар, дом № 54)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: границы микрорайона Кемел: улица Еламан с домов № 33 по № 231, улица Әділет с домов № 1 по № 184, улица Космическая с домов № 32 по № 86 (четная сторона), с домов № 33 по № 47 (нечетная сторона), улицы Арлан с домов № 1 по № 208, улицы Есім хан с домов № 79 по № 217 (нечетная сторона), с домов № 40 по № 204 (четная сторона), улица Дулыға с домов № 1 по № 16, № 1Б, № 15, № 15А, № 17, № 18, с домов № 19 по № 25, улица Серпін с домов № 1 по № 15, улица Майдақоңыр с домов № 6 по № 18, улица Аралтөбе с домов № 1 по № 29, улица Торғай с домов № 1 по № 20; переулок: улица Ақжүрек с домов № 1 по № 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z5" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 355 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 177", город Алматы, микрорайон "Кокжиек", дом № 63)</w:t>
-[...17 lines deleted...]
-      Границы: от улицы Геологов по улице Талант в западном направлении (северная сторона) до дома № 58Б микрорайона Кокжиек включительно; от дома № 58Б микрорайона Кокжиек по межквартальной улице в северном направлении (восточная сторона) до дома № 60А микрорайона Кокжиек включительно; от дома №60А микрорайона Кокжиек по межквартальной улице в восточном направлении (южная сторона) до дома №43А микрорайона Кокжиек включительно; от дома №43А микрорайона Кокжиек по межквартальной улице в юго-восточном направлении до ул. Геологов; от улицы Геологов в южном направлении до ул. Талант.</w:t>
+        <w:t>Избирательный участок № 536 (центр: Коммунальное государственное учреждение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Школа-гимназия № 148", город Алматы, микрорайон "Кулагер", дом № 52)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: по речке Султанка в северо-западном направлении (западная сторона) до улицы Казыбаева; по улице Казыбаева в южном направлении (восточная сторона) до дома № 26 микрорайона "Кулагер"; исключая дома № 25, № 26, № 37 микрорайона "Кулагер" по переулку в северо-восточном направлении (северная сторона) до дома № 36 микрорайона "Кулагер"; включая дом № 36 микрорайона "Кулагер" по переулку в северном направлении (западная сторона) до дома № 34 микрорайона "Кулагер"; включая дом № 34 микрорайона "Кулагер" по переулку в восточном направлении (северная сторона) до речки Султанка.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Избирательный участок № 356 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 177", город Алматы, микрорайон "Кокжиек", дом № 63)</w:t>
-[...17 lines deleted...]
-      Границы: по границе города Алматы (от улицы Талант) на север (восточная сторона) до речки Есентай; от речки Есентай по западной стороне до дома №18 микрорайона Кокжиек; далее вдоль домов №№ 19, 14, 7А, 7, 8Б микрорайона Кокжиек по западной стороне до улицы Талант; вдоль улицы Талант на запад (северная сторона) до границы города Алматы.</w:t>
+        <w:t>Избирательный участок № 653 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 177", город Алматы, микрорайон Кокжиек, дом № 63)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: по границе города Алматы (восточная сторона) до речки Есентай; по речке Есентай на юг (западная сторона) до дома № 41А микрорайона Кокжиек; от дома № 41А микрорайона Кокжиек по межквартальной улице в западном направлении (северная стороная), включая дома №№ 42, 42А микрорайона Кокжиек до дома № 14 микрорайона Кокжиек; от дома № 14 микрорайона Кокжиек в северном направлении по межквартальной улице, включая дома № 20, 20А микрорайона Кокжиек до границы города Алматы (восточная сторона).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 496 (центр: Коммунальное государственное учреждение </w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 675 (центр: Коммунальное государственное учреждение "Общеобразовательная школа № 102", город Алматы, улица Потанина, дом № 226)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы: от улицы Бондаренко по восточной стороне улицы Жангельдина до улицы Баянаульская; от улицы Баянаульская по южной стороне до улицы Кыдырбекулы; по западной стороне улицы Кыдырбекулы до улицы Леваневского; от улицы Леваневского до улицы Шерхан Муртазы; по западной стороне улицы Шерхан Муртазы до улицы Бондаренко; по северной стороне улицы Бондаренко до улицы Жангельдина. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z39" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 676 (центр: Коммунальное государственное учреждение "Школа-гимназия № 101", город Алматы, улица Жансугурова, дом № 352)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z40" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы: от улицы Палладина дом 184 вдоль восточной границы микрорайона Айнабулак до улицы Магжана Жумабаева; от улицы Магжана Жумабаева по северной стороне на восток до улицы Мукатая Беспакова; от улицы Мукатая Беспакова по восточной стороне на юг до улицы Омарова; от улицы Омарова по северной стороне на восток до улицы Жансугурова; от улицы Жансугурова по западной стороне на север до улицы Анны Никольской; от улицы Анны Никольской по южной стороне на запад, далее по улице сельская до улицы Палладина дом 184.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...265 lines deleted...]
-      Границы: по границе города Алматы (восточная сторона) до речки Есентай; по речке Есентай на юг (западная сторона) до дома № 41А микрорайона Кокжиек; от дома № 41А микрорайона Кокжиек по межквартальной улице в западном направлении (северная стороная), включая дома №№ 42, 42А микрорайона Кокжиек до дома № 14 микрорайона Кокжиек; от дома № 14 микрорайона Кокжиек в северном направлении по межквартальной улице, включая дома № 20, 20А микрорайона Кокжиек до границы города Алматы (восточная сторона).</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3653,55 +3733,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4027,31 +4107,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>